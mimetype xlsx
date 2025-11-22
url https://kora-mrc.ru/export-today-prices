--- v0 (2025-10-08)
+++ v1 (2025-11-22)
@@ -20,79 +20,72 @@
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Цены" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -417,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ251"/>
+  <dimension ref="A1:AZ274"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Бренд</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -731,113 +724,121 @@
       <c r="E2" t="n">
         <v>0</v>
       </c>
       <c r="F2" t="n">
         <v>0</v>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="n">
         <v>0</v>
       </c>
       <c r="I2" t="n">
         <v>0</v>
       </c>
       <c r="J2" t="inlineStr"/>
       <c r="K2" t="n">
         <v>0</v>
       </c>
       <c r="L2" t="n">
         <v>0</v>
       </c>
       <c r="M2" t="inlineStr"/>
       <c r="N2" t="n">
         <v>0</v>
       </c>
       <c r="O2" t="n">
-        <v>1975</v>
+        <v>0</v>
       </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-6-year-old-korean-red-ginsengvit-c-superpower-jelly-sticks-superpauer-zhelejnye-palochki-s-6-letnim-korejskim-krasnym-zhenshenem-i-vitaminom-s-15/</t>
         </is>
       </c>
       <c r="Q2" t="n">
         <v>0</v>
       </c>
       <c r="R2" t="n">
         <v>0</v>
       </c>
       <c r="S2" t="inlineStr"/>
       <c r="T2" t="n">
         <v>0</v>
       </c>
       <c r="U2" t="n">
         <v>0</v>
       </c>
       <c r="V2" t="inlineStr"/>
       <c r="W2" t="n">
         <v>0</v>
       </c>
       <c r="X2" t="n">
         <v>0</v>
       </c>
       <c r="Y2" t="inlineStr"/>
       <c r="Z2" t="n">
         <v>0</v>
       </c>
       <c r="AA2" t="n">
         <v>0</v>
       </c>
-      <c r="AB2" t="inlineStr"/>
+      <c r="AB2" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000322031-ekstrakt-krasnogo-zen-sena-40-mg-vitamin-s-10-mg</t>
+        </is>
+      </c>
       <c r="AC2" t="n">
         <v>0</v>
       </c>
       <c r="AD2" t="n">
         <v>0</v>
       </c>
       <c r="AE2" t="inlineStr"/>
       <c r="AF2" t="n">
         <v>0</v>
       </c>
       <c r="AG2" t="n">
         <v>0</v>
       </c>
       <c r="AH2" t="inlineStr"/>
       <c r="AI2" t="n">
         <v>0</v>
       </c>
       <c r="AJ2" t="n">
         <v>0</v>
       </c>
       <c r="AK2" t="inlineStr"/>
       <c r="AL2" t="n">
         <v>0</v>
       </c>
       <c r="AM2" t="n">
         <v>0</v>
       </c>
-      <c r="AN2" t="inlineStr"/>
+      <c r="AN2" t="inlineStr">
+        <is>
+          <t>https://randewoo.ru/product/zhele-s-ekstraktom-krasnogo-koreyskogo-zhenshenya-i-vitaminom-s-v-stikah-6-year-oil-korean-red-ginseng-vit-c-superpower-jelly-sticks-15-15g?preferred=488679</t>
+        </is>
+      </c>
       <c r="AO2" t="n">
         <v>0</v>
       </c>
       <c r="AP2" t="n">
         <v>0</v>
       </c>
       <c r="AQ2" t="inlineStr"/>
       <c r="AR2" t="n">
         <v>0</v>
       </c>
       <c r="AS2" t="n">
         <v>0</v>
       </c>
       <c r="AT2" t="inlineStr"/>
       <c r="AU2" t="n">
         <v>0</v>
       </c>
       <c r="AV2" t="n">
         <v>0</v>
       </c>
       <c r="AW2" t="inlineStr"/>
       <c r="AX2" t="n">
         <v>0</v>
       </c>
       <c r="AY2" t="n">
@@ -867,147 +868,147 @@
       <c r="E3" t="n">
         <v>0</v>
       </c>
       <c r="F3" t="n">
         <v>0</v>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="n">
         <v>0</v>
       </c>
       <c r="I3" t="n">
         <v>0</v>
       </c>
       <c r="J3" t="inlineStr"/>
       <c r="K3" t="n">
         <v>0</v>
       </c>
       <c r="L3" t="n">
         <v>0</v>
       </c>
       <c r="M3" t="inlineStr"/>
       <c r="N3" t="n">
         <v>0</v>
       </c>
       <c r="O3" t="n">
-        <v>1975</v>
+        <v>0</v>
       </c>
       <c r="P3" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-marine-collagen-abc-juice-apple-beet-carrot-superpower-jelly-sticks-kollagenovye-zhelejnye-palochki-so-vkusom-yabloka-i-s-organich/</t>
         </is>
       </c>
       <c r="Q3" t="n">
         <v>0</v>
       </c>
       <c r="R3" t="n">
         <v>0</v>
       </c>
       <c r="S3" t="inlineStr"/>
       <c r="T3" t="n">
         <v>0</v>
       </c>
       <c r="U3" t="n">
         <v>0</v>
       </c>
       <c r="V3" t="inlineStr"/>
       <c r="W3" t="n">
         <v>0</v>
       </c>
       <c r="X3" t="n">
         <v>0</v>
       </c>
       <c r="Y3" t="inlineStr"/>
       <c r="Z3" t="n">
         <v>0</v>
       </c>
       <c r="AA3" t="n">
-        <v>1788</v>
+        <v>0</v>
       </c>
       <c r="AB3" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000322032-morskoj-kollagen-750-mg-vitamin-c-40-mg</t>
         </is>
       </c>
       <c r="AC3" t="n">
         <v>0</v>
       </c>
       <c r="AD3" t="n">
         <v>0</v>
       </c>
       <c r="AE3" t="inlineStr"/>
       <c r="AF3" t="n">
         <v>0</v>
       </c>
       <c r="AG3" t="n">
         <v>0</v>
       </c>
       <c r="AH3" t="inlineStr"/>
       <c r="AI3" t="n">
         <v>0</v>
       </c>
       <c r="AJ3" t="n">
         <v>0</v>
       </c>
       <c r="AK3" t="inlineStr"/>
-      <c r="AL3" s="1" t="n">
-[...3 lines deleted...]
-        <v>1578</v>
+      <c r="AL3" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM3" t="n">
+        <v>0</v>
       </c>
       <c r="AN3" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/kollagenovoe-zhele-so-vkusom-yabloka-i-s-organicheskim-yablochno-morkovno-svekolnym-sokom-v-stikah-marine-collagen-abc-juice-superpower-jelly-sticks-15g</t>
         </is>
       </c>
       <c r="AO3" t="n">
         <v>0</v>
       </c>
       <c r="AP3" t="n">
         <v>0</v>
       </c>
       <c r="AQ3" t="inlineStr"/>
       <c r="AR3" t="n">
         <v>0</v>
       </c>
       <c r="AS3" t="n">
         <v>0</v>
       </c>
       <c r="AT3" t="inlineStr"/>
       <c r="AU3" t="n">
         <v>0</v>
       </c>
       <c r="AV3" t="n">
         <v>0</v>
       </c>
       <c r="AW3" t="inlineStr"/>
       <c r="AX3" t="n">
-        <v>1590</v>
+        <v>0</v>
       </c>
       <c r="AY3" t="n">
-        <v>3975</v>
+        <v>0</v>
       </c>
       <c r="AZ3" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/pitanie/mistic-mistik-kollagenovoe-zhele-v-stikakh-s-vitaminom-s-i-organicheskim-sokom-yabloka-morkovi-i-sve/</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>150213-CH</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>MISTIC MARINE COLLAGEN + ABC JUICE (Apple, Beet, Carrot) SUPERPOWER JELLY STICKS Натуральный коллаген в желе с соком яблока, моркови и свеклы 15шт*15г</t>
         </is>
       </c>
       <c r="D4" t="n">
         <v>1579</v>
@@ -1015,113 +1016,121 @@
       <c r="E4" t="n">
         <v>0</v>
       </c>
       <c r="F4" t="n">
         <v>0</v>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="n">
         <v>0</v>
       </c>
       <c r="I4" t="n">
         <v>0</v>
       </c>
       <c r="J4" t="inlineStr"/>
       <c r="K4" t="n">
         <v>0</v>
       </c>
       <c r="L4" t="n">
         <v>0</v>
       </c>
       <c r="M4" t="inlineStr"/>
       <c r="N4" t="n">
         <v>0</v>
       </c>
       <c r="O4" t="n">
-        <v>1975</v>
+        <v>0</v>
       </c>
       <c r="P4" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-marine-collagen-abc-juice-apple-beet-carrot-superpower-jelly-sticks-kollagenovye-zhelejnye-palochki-so-vkusom-yabloka-i-s-organich/</t>
         </is>
       </c>
       <c r="Q4" t="n">
         <v>0</v>
       </c>
       <c r="R4" t="n">
         <v>0</v>
       </c>
       <c r="S4" t="inlineStr"/>
       <c r="T4" t="n">
         <v>0</v>
       </c>
       <c r="U4" t="n">
         <v>0</v>
       </c>
       <c r="V4" t="inlineStr"/>
       <c r="W4" t="n">
         <v>0</v>
       </c>
       <c r="X4" t="n">
         <v>0</v>
       </c>
       <c r="Y4" t="inlineStr"/>
       <c r="Z4" t="n">
         <v>0</v>
       </c>
       <c r="AA4" t="n">
         <v>0</v>
       </c>
-      <c r="AB4" t="inlineStr"/>
+      <c r="AB4" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000322032-morskoj-kollagen-750-mg-vitamin-c-40-mg</t>
+        </is>
+      </c>
       <c r="AC4" t="n">
         <v>0</v>
       </c>
       <c r="AD4" t="n">
         <v>0</v>
       </c>
       <c r="AE4" t="inlineStr"/>
       <c r="AF4" t="n">
         <v>0</v>
       </c>
       <c r="AG4" t="n">
         <v>0</v>
       </c>
       <c r="AH4" t="inlineStr"/>
       <c r="AI4" t="n">
         <v>0</v>
       </c>
       <c r="AJ4" t="n">
         <v>0</v>
       </c>
       <c r="AK4" t="inlineStr"/>
       <c r="AL4" t="n">
         <v>0</v>
       </c>
       <c r="AM4" t="n">
         <v>0</v>
       </c>
-      <c r="AN4" t="inlineStr"/>
+      <c r="AN4" t="inlineStr">
+        <is>
+          <t>https://randewoo.ru/product/kollagenovoe-zhele-so-vkusom-yabloka-i-s-organicheskim-yablochno-morkovno-svekolnym-sokom-v-stikah-marine-collagen-abc-juice-superpower-jelly-sticks-15g?preferred=488678</t>
+        </is>
+      </c>
       <c r="AO4" t="n">
         <v>0</v>
       </c>
       <c r="AP4" t="n">
         <v>0</v>
       </c>
       <c r="AQ4" t="inlineStr"/>
       <c r="AR4" t="n">
         <v>0</v>
       </c>
       <c r="AS4" t="n">
         <v>0</v>
       </c>
       <c r="AT4" t="inlineStr"/>
       <c r="AU4" t="n">
         <v>0</v>
       </c>
       <c r="AV4" t="n">
         <v>0</v>
       </c>
       <c r="AW4" t="inlineStr"/>
       <c r="AX4" t="n">
         <v>0</v>
       </c>
       <c r="AY4" t="n">
@@ -1151,113 +1160,121 @@
       <c r="E5" t="n">
         <v>0</v>
       </c>
       <c r="F5" t="n">
         <v>0</v>
       </c>
       <c r="G5" t="inlineStr"/>
       <c r="H5" t="n">
         <v>0</v>
       </c>
       <c r="I5" t="n">
         <v>0</v>
       </c>
       <c r="J5" t="inlineStr"/>
       <c r="K5" t="n">
         <v>0</v>
       </c>
       <c r="L5" t="n">
         <v>0</v>
       </c>
       <c r="M5" t="inlineStr"/>
       <c r="N5" t="n">
         <v>0</v>
       </c>
       <c r="O5" t="n">
-        <v>1975</v>
+        <v>0</v>
       </c>
       <c r="P5" t="inlineStr">
         <is>
           <t>https://aumishop.ru/kollagenovye-zhelejnye-palochki-so-vkusom-vinograda-i-s-vitaminom-s-mistic-marine-collagen-vit-c-grape-superpower-jelly-sticks-15g15/</t>
         </is>
       </c>
       <c r="Q5" t="n">
         <v>0</v>
       </c>
       <c r="R5" t="n">
         <v>0</v>
       </c>
       <c r="S5" t="inlineStr"/>
       <c r="T5" t="n">
         <v>0</v>
       </c>
       <c r="U5" t="n">
         <v>0</v>
       </c>
       <c r="V5" t="inlineStr"/>
       <c r="W5" t="n">
         <v>0</v>
       </c>
       <c r="X5" t="n">
         <v>0</v>
       </c>
       <c r="Y5" t="inlineStr"/>
       <c r="Z5" t="n">
         <v>0</v>
       </c>
       <c r="AA5" t="n">
         <v>0</v>
       </c>
-      <c r="AB5" t="inlineStr"/>
+      <c r="AB5" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000322033-morskoj-kollagen-750-mg-vitamin-c-10-mg</t>
+        </is>
+      </c>
       <c r="AC5" t="n">
         <v>0</v>
       </c>
       <c r="AD5" t="n">
         <v>0</v>
       </c>
       <c r="AE5" t="inlineStr"/>
       <c r="AF5" t="n">
         <v>0</v>
       </c>
       <c r="AG5" t="n">
         <v>0</v>
       </c>
       <c r="AH5" t="inlineStr"/>
       <c r="AI5" t="n">
         <v>0</v>
       </c>
       <c r="AJ5" t="n">
         <v>0</v>
       </c>
       <c r="AK5" t="inlineStr"/>
       <c r="AL5" t="n">
         <v>0</v>
       </c>
       <c r="AM5" t="n">
         <v>0</v>
       </c>
-      <c r="AN5" t="inlineStr"/>
+      <c r="AN5" t="inlineStr">
+        <is>
+          <t>https://randewoo.ru/product/kollagenovoe-zhele-so-vkusom-vinograda-i-vitaminom-s-v-stikah-marine-collagen-vit-c-grape-superpower-jelly-sticks-15g?preferred=488677</t>
+        </is>
+      </c>
       <c r="AO5" t="n">
         <v>0</v>
       </c>
       <c r="AP5" t="n">
         <v>0</v>
       </c>
       <c r="AQ5" t="inlineStr"/>
       <c r="AR5" t="n">
         <v>0</v>
       </c>
       <c r="AS5" t="n">
         <v>0</v>
       </c>
       <c r="AT5" t="inlineStr"/>
       <c r="AU5" t="n">
         <v>0</v>
       </c>
       <c r="AV5" t="n">
         <v>0</v>
       </c>
       <c r="AW5" t="inlineStr"/>
       <c r="AX5" t="n">
         <v>0</v>
       </c>
       <c r="AY5" t="n">
@@ -1287,83 +1304,83 @@
       <c r="E6" t="n">
         <v>0</v>
       </c>
       <c r="F6" t="n">
         <v>0</v>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="n">
         <v>0</v>
       </c>
       <c r="I6" t="n">
         <v>0</v>
       </c>
       <c r="J6" t="inlineStr"/>
       <c r="K6" t="n">
         <v>0</v>
       </c>
       <c r="L6" t="n">
         <v>0</v>
       </c>
       <c r="M6" t="inlineStr"/>
       <c r="N6" t="n">
         <v>0</v>
       </c>
       <c r="O6" t="n">
-        <v>1975</v>
+        <v>0</v>
       </c>
       <c r="P6" t="inlineStr">
         <is>
           <t>https://aumishop.ru/kollagenovye-zhelejnye-palochki-so-vkusom-vinograda-i-s-vitaminom-s-mistic-marine-collagen-vit-c-grape-superpower-jelly-sticks-15g15/</t>
         </is>
       </c>
       <c r="Q6" t="n">
         <v>0</v>
       </c>
       <c r="R6" t="n">
         <v>0</v>
       </c>
       <c r="S6" t="inlineStr"/>
       <c r="T6" t="n">
         <v>0</v>
       </c>
       <c r="U6" t="n">
         <v>0</v>
       </c>
       <c r="V6" t="inlineStr"/>
       <c r="W6" t="n">
         <v>0</v>
       </c>
       <c r="X6" t="n">
         <v>0</v>
       </c>
       <c r="Y6" t="inlineStr"/>
       <c r="Z6" t="n">
         <v>0</v>
       </c>
       <c r="AA6" t="n">
-        <v>1788</v>
+        <v>0</v>
       </c>
       <c r="AB6" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000322033-morskoj-kollagen-750-mg-vitamin-c-10-mg</t>
         </is>
       </c>
       <c r="AC6" t="n">
         <v>0</v>
       </c>
       <c r="AD6" t="n">
         <v>0</v>
       </c>
       <c r="AE6" t="inlineStr"/>
       <c r="AF6" t="n">
         <v>0</v>
       </c>
       <c r="AG6" t="n">
         <v>0</v>
       </c>
       <c r="AH6" t="inlineStr"/>
       <c r="AI6" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" t="n">
         <v>0</v>
@@ -1380,356 +1397,360 @@
           <t>https://randewoo.ru/product/kollagenovoe-zhele-so-vkusom-vinograda-i-vitaminom-s-v-stikah-marine-collagen-vit-c-grape-superpower-jelly-sticks-15g</t>
         </is>
       </c>
       <c r="AO6" t="n">
         <v>0</v>
       </c>
       <c r="AP6" t="n">
         <v>0</v>
       </c>
       <c r="AQ6" t="inlineStr"/>
       <c r="AR6" t="n">
         <v>0</v>
       </c>
       <c r="AS6" t="n">
         <v>0</v>
       </c>
       <c r="AT6" t="inlineStr"/>
       <c r="AU6" t="n">
         <v>0</v>
       </c>
       <c r="AV6" t="n">
         <v>0</v>
       </c>
       <c r="AW6" t="inlineStr"/>
       <c r="AX6" t="n">
-        <v>1590</v>
+        <v>0</v>
       </c>
       <c r="AY6" t="n">
-        <v>3975</v>
+        <v>0</v>
       </c>
       <c r="AZ6" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/pitanie/mistic-mistik-kollagenovoe-zhele-v-stikakh-s-vinogradom-i-vitaminom-marine-collagen-vit-c-grape-supe/</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>044272</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>MISTIC SPONGILLA &amp; MARINE COLLAGEN COOLING EYE PATCH Охлаждающие патчи с морским коллагеном и экстрактом бадяги 84г (60шт/30пар)</t>
         </is>
       </c>
       <c r="D7" t="n">
         <v>1362</v>
       </c>
       <c r="E7" t="n">
         <v>0</v>
       </c>
       <c r="F7" t="n">
         <v>0</v>
       </c>
       <c r="G7" t="inlineStr"/>
       <c r="H7" t="n">
         <v>0</v>
       </c>
       <c r="I7" t="n">
         <v>0</v>
       </c>
       <c r="J7" t="inlineStr"/>
       <c r="K7" t="n">
-        <v>1522</v>
+        <v>0</v>
       </c>
       <c r="L7" t="n">
-        <v>1790</v>
+        <v>0</v>
       </c>
       <c r="M7" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_patchi_okhlazhdayushchie_s_morskim_kollagenom_i_ekstr_badyagi_60_sht/</t>
         </is>
       </c>
       <c r="N7" t="n">
         <v>0</v>
       </c>
       <c r="O7" t="n">
-        <v>1695</v>
+        <v>0</v>
       </c>
       <c r="P7" t="inlineStr">
         <is>
           <t>https://aumishop.ru/ohlazhdayuschie-patchi-s-morskim-kollagenom-i-ekstraktom-badyagi/</t>
         </is>
       </c>
       <c r="Q7" t="n">
         <v>0</v>
       </c>
       <c r="R7" t="n">
         <v>0</v>
       </c>
       <c r="S7" t="inlineStr"/>
       <c r="T7" t="n">
         <v>0</v>
       </c>
       <c r="U7" t="n">
         <v>0</v>
       </c>
       <c r="V7" t="inlineStr"/>
       <c r="W7" t="n">
         <v>0</v>
       </c>
       <c r="X7" t="n">
         <v>0</v>
       </c>
       <c r="Y7" t="inlineStr"/>
       <c r="Z7" t="n">
         <v>0</v>
       </c>
       <c r="AA7" t="n">
-        <v>1927</v>
+        <v>0</v>
       </c>
       <c r="AB7" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000167210-spongilla-marine-collagen-cooling-eye-patch</t>
         </is>
       </c>
-      <c r="AC7" s="1" t="n">
-[...3 lines deleted...]
-        <v>1339</v>
+      <c r="AC7" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD7" t="n">
+        <v>0</v>
       </c>
       <c r="AE7" t="inlineStr">
         <is>
           <t>https://mm.ru/product/okhlazhdayuschie-patchi-mistic-2806446?skuId=8038910</t>
         </is>
       </c>
       <c r="AF7" t="n">
         <v>0</v>
       </c>
       <c r="AG7" t="n">
         <v>0</v>
       </c>
       <c r="AH7" t="inlineStr"/>
       <c r="AI7" t="n">
         <v>0</v>
       </c>
       <c r="AJ7" t="n">
         <v>0</v>
       </c>
       <c r="AK7" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/89/p/patci-mistic-ohlazdausie-s-morskim-kollagenom-i-ekstraktom-badagi-84g-4358359</t>
         </is>
       </c>
       <c r="AL7" t="n">
         <v>0</v>
       </c>
       <c r="AM7" t="n">
         <v>0</v>
       </c>
       <c r="AN7" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/ohlazhdayuschie-patchi-s-morskim-kollagenom-i-ekstraktom-badyagi-spongilla-marine-collagen-cooling-eye-patch-60sht</t>
         </is>
       </c>
       <c r="AO7" t="n">
         <v>0</v>
       </c>
       <c r="AP7" t="n">
         <v>0</v>
       </c>
       <c r="AQ7" t="inlineStr"/>
       <c r="AR7" t="n">
-        <v>1569</v>
+        <v>0</v>
       </c>
       <c r="AS7" t="n">
-        <v>1960</v>
+        <v>0</v>
       </c>
       <c r="AT7" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-spongilla-marine-collagen-cooling-eye-patch</t>
         </is>
       </c>
       <c r="AU7" t="n">
         <v>0</v>
       </c>
       <c r="AV7" t="n">
         <v>0</v>
       </c>
       <c r="AW7" t="inlineStr"/>
-      <c r="AX7" s="1" t="n">
-        <v>1086</v>
+      <c r="AX7" t="n">
+        <v>0</v>
       </c>
       <c r="AY7" t="n">
-        <v>2715</v>
+        <v>0</v>
       </c>
       <c r="AZ7" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/patchi_maski_vokrug_glaz/mistic_okhlazhdayushchie_patchi_s_morskim_kollagenom_i_ekstraktom_badyagi_spongilla_marine_collagen_/</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>044265</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>MISTIC PURPLE POTATO &amp; ARTICHOKE COOLING EYE PATCH Охлаждающие патчи с экcтрактами артишока и фиолетового батата 84г (60шт/30пар)</t>
         </is>
       </c>
       <c r="D8" t="n">
         <v>1362</v>
       </c>
       <c r="E8" t="n">
         <v>0</v>
       </c>
       <c r="F8" t="n">
         <v>0</v>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="n">
         <v>0</v>
       </c>
       <c r="I8" t="n">
         <v>0</v>
       </c>
       <c r="J8" t="inlineStr"/>
-      <c r="K8" s="1" t="n">
-[...3 lines deleted...]
-        <v>1350</v>
+      <c r="K8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L8" t="n">
+        <v>0</v>
       </c>
       <c r="M8" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_patchi_okhlazhdayushchie_s_ekstr_artishoka_60_sht/</t>
         </is>
       </c>
       <c r="N8" t="n">
         <v>0</v>
       </c>
       <c r="O8" t="n">
-        <v>1695</v>
+        <v>0</v>
       </c>
       <c r="P8" t="inlineStr">
         <is>
           <t>https://aumishop.ru/ohlazhdayuschie-patchi-s-ekctraktami-artishoka-i-fioletovogo-batata/</t>
         </is>
       </c>
       <c r="Q8" t="n">
         <v>0</v>
       </c>
       <c r="R8" t="n">
         <v>0</v>
       </c>
       <c r="S8" t="inlineStr"/>
       <c r="T8" t="n">
         <v>0</v>
       </c>
       <c r="U8" t="n">
         <v>0</v>
       </c>
       <c r="V8" t="inlineStr"/>
       <c r="W8" t="n">
         <v>0</v>
       </c>
       <c r="X8" t="n">
         <v>0</v>
       </c>
       <c r="Y8" t="inlineStr"/>
       <c r="Z8" t="n">
         <v>0</v>
       </c>
       <c r="AA8" t="n">
-        <v>1927</v>
+        <v>0</v>
       </c>
       <c r="AB8" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000167209-purple-potato-artichoke-cooling-eye-patch</t>
         </is>
       </c>
       <c r="AC8" t="n">
         <v>0</v>
       </c>
       <c r="AD8" t="n">
         <v>0</v>
       </c>
       <c r="AE8" t="inlineStr"/>
       <c r="AF8" t="n">
         <v>0</v>
       </c>
       <c r="AG8" t="n">
         <v>0</v>
       </c>
       <c r="AH8" t="inlineStr"/>
       <c r="AI8" t="n">
         <v>0</v>
       </c>
       <c r="AJ8" t="n">
         <v>0</v>
       </c>
-      <c r="AK8" t="inlineStr"/>
-[...4 lines deleted...]
-        <v>1072</v>
+      <c r="AK8" t="inlineStr">
+        <is>
+          <t>https://www.perekrestok.ru/cat/89/p/patci-mistic-ohlazdausie-s-ekctraktami-artisoka-i-fioletovogo-batata-84g-4358356</t>
+        </is>
+      </c>
+      <c r="AL8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM8" t="n">
+        <v>0</v>
       </c>
       <c r="AN8" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/ohlazhdayuschie-patchi-s-ekctraktami-artishoka-i-fioletovogo-batata-purple-potato-artichoke-cooling-eye-patch-60sht?preferred=450096</t>
         </is>
       </c>
       <c r="AO8" t="n">
         <v>0</v>
       </c>
       <c r="AP8" t="n">
         <v>0</v>
       </c>
       <c r="AQ8" t="inlineStr"/>
       <c r="AR8" t="n">
-        <v>1569</v>
+        <v>0</v>
       </c>
       <c r="AS8" t="n">
-        <v>1960</v>
+        <v>0</v>
       </c>
       <c r="AT8" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-purple-potato-artichoke-cooling-eye-patch</t>
         </is>
       </c>
       <c r="AU8" t="n">
         <v>0</v>
       </c>
       <c r="AV8" t="n">
         <v>0</v>
       </c>
       <c r="AW8" t="inlineStr"/>
       <c r="AX8" t="n">
         <v>0</v>
       </c>
       <c r="AY8" t="n">
         <v>0</v>
       </c>
       <c r="AZ8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>150381</t>
@@ -1751,133 +1772,133 @@
       <c r="E9" t="n">
         <v>0</v>
       </c>
       <c r="F9" t="n">
         <v>0</v>
       </c>
       <c r="G9" t="inlineStr"/>
       <c r="H9" t="n">
         <v>0</v>
       </c>
       <c r="I9" t="n">
         <v>0</v>
       </c>
       <c r="J9" t="inlineStr"/>
       <c r="K9" t="n">
         <v>0</v>
       </c>
       <c r="L9" t="n">
         <v>0</v>
       </c>
       <c r="M9" t="inlineStr"/>
       <c r="N9" t="n">
         <v>0</v>
       </c>
       <c r="O9" t="n">
-        <v>1960</v>
+        <v>0</v>
       </c>
       <c r="P9" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uspokaivayuschaya-syvorotka-c-centelloj-i-pantenolom-protiv-nesovershenstv-kozhi/</t>
         </is>
       </c>
       <c r="Q9" t="n">
         <v>0</v>
       </c>
       <c r="R9" t="n">
         <v>0</v>
       </c>
       <c r="S9" t="inlineStr"/>
       <c r="T9" t="n">
         <v>0</v>
       </c>
       <c r="U9" t="n">
         <v>0</v>
       </c>
       <c r="V9" t="inlineStr"/>
       <c r="W9" t="n">
         <v>0</v>
       </c>
       <c r="X9" t="n">
         <v>0</v>
       </c>
       <c r="Y9" t="inlineStr"/>
       <c r="Z9" t="n">
         <v>0</v>
       </c>
-      <c r="AA9" s="1" t="n">
-        <v>1377</v>
+      <c r="AA9" t="n">
+        <v>0</v>
       </c>
       <c r="AB9" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000359242-d-pantenol-cica-blemish</t>
         </is>
       </c>
       <c r="AC9" t="n">
         <v>0</v>
       </c>
       <c r="AD9" t="n">
         <v>0</v>
       </c>
       <c r="AE9" t="inlineStr"/>
       <c r="AF9" t="n">
         <v>0</v>
       </c>
       <c r="AG9" t="n">
         <v>0</v>
       </c>
       <c r="AH9" t="inlineStr"/>
       <c r="AI9" t="n">
         <v>0</v>
       </c>
       <c r="AJ9" t="n">
         <v>0</v>
       </c>
       <c r="AK9" t="inlineStr"/>
-      <c r="AL9" s="1" t="n">
-[...3 lines deleted...]
-        <v>1410</v>
+      <c r="AL9" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM9" t="n">
+        <v>0</v>
       </c>
       <c r="AN9" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uspokaivayuschaya-syvorotka-dlya-litsa-ekstraktom-tsentelly-c-i-pantenolom-super-aqua-d-panthenol-cica-blemish-ampule-250ml</t>
         </is>
       </c>
       <c r="AO9" t="n">
         <v>0</v>
       </c>
       <c r="AP9" t="n">
         <v>0</v>
       </c>
       <c r="AQ9" t="inlineStr"/>
-      <c r="AR9" s="1" t="n">
-        <v>1369</v>
+      <c r="AR9" t="n">
+        <v>0</v>
       </c>
       <c r="AS9" t="n">
-        <v>1722</v>
+        <v>0</v>
       </c>
       <c r="AT9" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-super-aqua-d-pantenol-cica-blemish-ampoule</t>
         </is>
       </c>
       <c r="AU9" t="n">
         <v>0</v>
       </c>
       <c r="AV9" t="n">
         <v>0</v>
       </c>
       <c r="AW9" t="inlineStr"/>
       <c r="AX9" t="n">
         <v>0</v>
       </c>
       <c r="AY9" t="n">
         <v>0</v>
       </c>
       <c r="AZ9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>044203</t>
@@ -1899,143 +1920,147 @@
       <c r="E10" t="n">
         <v>0</v>
       </c>
       <c r="F10" t="n">
         <v>0</v>
       </c>
       <c r="G10" t="inlineStr"/>
       <c r="H10" t="n">
         <v>0</v>
       </c>
       <c r="I10" t="n">
         <v>0</v>
       </c>
       <c r="J10" t="inlineStr"/>
       <c r="K10" t="n">
         <v>0</v>
       </c>
       <c r="L10" t="n">
         <v>0</v>
       </c>
       <c r="M10" t="inlineStr"/>
       <c r="N10" t="n">
         <v>0</v>
       </c>
       <c r="O10" t="n">
-        <v>1960</v>
+        <v>0</v>
       </c>
       <c r="P10" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic_super_aqua_multi_vitamin_ampoule_250_/</t>
         </is>
       </c>
       <c r="Q10" t="n">
         <v>0</v>
       </c>
       <c r="R10" t="n">
         <v>0</v>
       </c>
       <c r="S10" t="inlineStr"/>
       <c r="T10" t="n">
         <v>0</v>
       </c>
       <c r="U10" t="n">
         <v>0</v>
       </c>
       <c r="V10" t="inlineStr"/>
       <c r="W10" t="n">
         <v>0</v>
       </c>
       <c r="X10" t="n">
         <v>0</v>
       </c>
       <c r="Y10" t="inlineStr"/>
       <c r="Z10" t="n">
         <v>0</v>
       </c>
-      <c r="AA10" s="1" t="n">
-        <v>1379</v>
+      <c r="AA10" t="n">
+        <v>0</v>
       </c>
       <c r="AB10" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000248456-super-aqua-multi-vitamin</t>
         </is>
       </c>
-      <c r="AC10" s="1" t="n">
-        <v>650</v>
+      <c r="AC10" t="n">
+        <v>0</v>
       </c>
       <c r="AD10" t="n">
-        <v>2153</v>
+        <v>0</v>
       </c>
       <c r="AE10" t="inlineStr">
         <is>
           <t>https://mm.ru/product/multivitaminnaya-uvlazhnyayuschaya-syvorotka-2806419?skuId=8038883</t>
         </is>
       </c>
       <c r="AF10" t="n">
         <v>0</v>
       </c>
       <c r="AG10" t="n">
         <v>0</v>
       </c>
       <c r="AH10" t="inlineStr"/>
       <c r="AI10" t="n">
         <v>0</v>
       </c>
       <c r="AJ10" t="n">
         <v>0</v>
       </c>
       <c r="AK10" t="inlineStr"/>
-      <c r="AL10" s="1" t="n">
-[...3 lines deleted...]
-        <v>1410</v>
+      <c r="AL10" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM10" t="n">
+        <v>0</v>
       </c>
       <c r="AN10" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/multivitaminnaya-syvorotka-dlya-litsa-super-aqua-multi-vitamin-ampoule-250ml</t>
         </is>
       </c>
       <c r="AO10" t="n">
         <v>0</v>
       </c>
-      <c r="AP10" s="1" t="n">
-        <v>1410</v>
+      <c r="AP10" t="n">
+        <v>0</v>
       </c>
       <c r="AQ10" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/143534</t>
         </is>
       </c>
       <c r="AR10" t="n">
         <v>0</v>
       </c>
       <c r="AS10" t="n">
         <v>0</v>
       </c>
-      <c r="AT10" t="inlineStr"/>
+      <c r="AT10" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-super-aqua-multi-vitamin-ampoule</t>
+        </is>
+      </c>
       <c r="AU10" t="n">
         <v>0</v>
       </c>
       <c r="AV10" t="n">
         <v>0</v>
       </c>
       <c r="AW10" t="inlineStr"/>
       <c r="AX10" t="n">
         <v>0</v>
       </c>
       <c r="AY10" t="n">
         <v>0</v>
       </c>
       <c r="AZ10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>070690</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -2051,51 +2076,51 @@
       <c r="E11" t="n">
         <v>0</v>
       </c>
       <c r="F11" t="n">
         <v>0</v>
       </c>
       <c r="G11" t="inlineStr"/>
       <c r="H11" t="n">
         <v>0</v>
       </c>
       <c r="I11" t="n">
         <v>0</v>
       </c>
       <c r="J11" t="inlineStr"/>
       <c r="K11" t="n">
         <v>0</v>
       </c>
       <c r="L11" t="n">
         <v>0</v>
       </c>
       <c r="M11" t="inlineStr"/>
       <c r="N11" t="n">
         <v>0</v>
       </c>
       <c r="O11" t="n">
-        <v>1675</v>
+        <v>0</v>
       </c>
       <c r="P11" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-last-cherry-shower-gel/</t>
         </is>
       </c>
       <c r="Q11" t="n">
         <v>0</v>
       </c>
       <c r="R11" t="n">
         <v>0</v>
       </c>
       <c r="S11" t="inlineStr"/>
       <c r="T11" t="n">
         <v>0</v>
       </c>
       <c r="U11" t="n">
         <v>0</v>
       </c>
       <c r="V11" t="inlineStr"/>
       <c r="W11" t="n">
         <v>0</v>
       </c>
       <c r="X11" t="n">
         <v>0</v>
@@ -2131,51 +2156,55 @@
       <c r="AK11" t="inlineStr"/>
       <c r="AL11" t="n">
         <v>0</v>
       </c>
       <c r="AM11" t="n">
         <v>0</v>
       </c>
       <c r="AN11" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/gel-dlya-dusha-s-ekstraktami-solodki-i-romashki-last-cherry-shower-gel</t>
         </is>
       </c>
       <c r="AO11" t="n">
         <v>0</v>
       </c>
       <c r="AP11" t="n">
         <v>0</v>
       </c>
       <c r="AQ11" t="inlineStr"/>
       <c r="AR11" t="n">
         <v>0</v>
       </c>
       <c r="AS11" t="n">
         <v>0</v>
       </c>
-      <c r="AT11" t="inlineStr"/>
+      <c r="AT11" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-last-cherry-shower-gel-400</t>
+        </is>
+      </c>
       <c r="AU11" t="n">
         <v>0</v>
       </c>
       <c r="AV11" t="n">
         <v>0</v>
       </c>
       <c r="AW11" t="inlineStr"/>
       <c r="AX11" t="n">
         <v>0</v>
       </c>
       <c r="AY11" t="n">
         <v>0</v>
       </c>
       <c r="AZ11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>044050</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -2191,133 +2220,133 @@
       <c r="E12" t="n">
         <v>0</v>
       </c>
       <c r="F12" t="n">
         <v>0</v>
       </c>
       <c r="G12" t="inlineStr"/>
       <c r="H12" t="n">
         <v>0</v>
       </c>
       <c r="I12" t="n">
         <v>0</v>
       </c>
       <c r="J12" t="inlineStr"/>
       <c r="K12" t="n">
         <v>0</v>
       </c>
       <c r="L12" t="n">
         <v>0</v>
       </c>
       <c r="M12" t="inlineStr"/>
       <c r="N12" t="n">
         <v>0</v>
       </c>
       <c r="O12" t="n">
-        <v>1395</v>
+        <v>0</v>
       </c>
       <c r="P12" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic_exotic_fruits_vitamins_soothing_gel_250_/</t>
         </is>
       </c>
       <c r="Q12" t="n">
         <v>0</v>
       </c>
       <c r="R12" t="n">
         <v>0</v>
       </c>
       <c r="S12" t="inlineStr"/>
       <c r="T12" t="n">
         <v>0</v>
       </c>
       <c r="U12" t="n">
         <v>0</v>
       </c>
       <c r="V12" t="inlineStr"/>
       <c r="W12" t="n">
         <v>0</v>
       </c>
       <c r="X12" t="n">
         <v>0</v>
       </c>
       <c r="Y12" t="inlineStr"/>
       <c r="Z12" t="n">
         <v>0</v>
       </c>
       <c r="AA12" t="n">
-        <v>1255</v>
+        <v>0</v>
       </c>
       <c r="AB12" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000345002-exotic-fruits-vitamins</t>
         </is>
       </c>
       <c r="AC12" t="n">
         <v>0</v>
       </c>
       <c r="AD12" t="n">
         <v>0</v>
       </c>
       <c r="AE12" t="inlineStr"/>
       <c r="AF12" t="n">
         <v>0</v>
       </c>
       <c r="AG12" t="n">
         <v>0</v>
       </c>
       <c r="AH12" t="inlineStr"/>
       <c r="AI12" t="n">
         <v>0</v>
       </c>
       <c r="AJ12" t="n">
         <v>0</v>
       </c>
       <c r="AK12" t="inlineStr"/>
-      <c r="AL12" s="1" t="n">
-[...3 lines deleted...]
-        <v>1000</v>
+      <c r="AL12" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM12" t="n">
+        <v>0</v>
       </c>
       <c r="AN12" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/gel-dlya-dusha-s-ekstraktami-fruktovi-vitaminami-exotic-fruits-vitamins-shower-gel-250ml</t>
         </is>
       </c>
       <c r="AO12" t="n">
         <v>0</v>
       </c>
       <c r="AP12" t="n">
         <v>0</v>
       </c>
       <c r="AQ12" t="inlineStr"/>
-      <c r="AR12" s="1" t="n">
-        <v>1099</v>
+      <c r="AR12" t="n">
+        <v>0</v>
       </c>
       <c r="AS12" t="n">
-        <v>1406</v>
+        <v>0</v>
       </c>
       <c r="AT12" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-exotic-fruits-vitamins-soothing-gel</t>
         </is>
       </c>
       <c r="AU12" t="n">
         <v>0</v>
       </c>
       <c r="AV12" t="n">
         <v>0</v>
       </c>
       <c r="AW12" t="inlineStr"/>
       <c r="AX12" t="n">
         <v>0</v>
       </c>
       <c r="AY12" t="n">
         <v>0</v>
       </c>
       <c r="AZ12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>044074</t>
@@ -2339,159 +2368,159 @@
       <c r="E13" t="n">
         <v>0</v>
       </c>
       <c r="F13" t="n">
         <v>0</v>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="n">
         <v>0</v>
       </c>
       <c r="I13" t="n">
         <v>0</v>
       </c>
       <c r="J13" t="inlineStr"/>
       <c r="K13" t="n">
         <v>0</v>
       </c>
       <c r="L13" t="n">
         <v>0</v>
       </c>
       <c r="M13" t="inlineStr"/>
       <c r="N13" t="n">
         <v>0</v>
       </c>
       <c r="O13" t="n">
-        <v>1395</v>
+        <v>0</v>
       </c>
       <c r="P13" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic_exotic_fruits_vitamins_soothing_gel_250_/</t>
         </is>
       </c>
       <c r="Q13" t="n">
         <v>0</v>
       </c>
       <c r="R13" t="n">
-        <v>1190</v>
+        <v>0</v>
       </c>
       <c r="S13" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/46884733/</t>
         </is>
       </c>
       <c r="T13" t="n">
         <v>0</v>
       </c>
       <c r="U13" t="n">
         <v>0</v>
       </c>
       <c r="V13" t="inlineStr"/>
       <c r="W13" t="n">
         <v>0</v>
       </c>
       <c r="X13" t="n">
         <v>0</v>
       </c>
       <c r="Y13" t="inlineStr"/>
       <c r="Z13" t="n">
         <v>0</v>
       </c>
       <c r="AA13" t="n">
-        <v>1408</v>
+        <v>0</v>
       </c>
       <c r="AB13" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000248446-exotic-fruits-vitamins</t>
         </is>
       </c>
-      <c r="AC13" s="1" t="n">
-        <v>530</v>
+      <c r="AC13" t="n">
+        <v>0</v>
       </c>
       <c r="AD13" t="n">
-        <v>1214</v>
+        <v>0</v>
       </c>
       <c r="AE13" t="inlineStr">
         <is>
           <t>https://mm.ru/product/uspokaivayuschij-gel-mistic-2806416?skuId=8038880</t>
         </is>
       </c>
       <c r="AF13" t="n">
         <v>0</v>
       </c>
       <c r="AG13" t="n">
         <v>0</v>
       </c>
       <c r="AH13" t="inlineStr"/>
       <c r="AI13" t="n">
         <v>0</v>
       </c>
       <c r="AJ13" t="n">
         <v>0</v>
       </c>
       <c r="AK13" t="inlineStr"/>
       <c r="AL13" t="n">
         <v>0</v>
       </c>
       <c r="AM13" t="n">
         <v>0</v>
       </c>
       <c r="AN13" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uspokaivayuschiy-gel-dlya-litsa-i-tela-s-ekstraktami-fruktov-i-vitaminami-exotic-fruits-vitamins-soothing-gel-250ml</t>
         </is>
       </c>
       <c r="AO13" t="n">
         <v>0</v>
       </c>
       <c r="AP13" t="n">
         <v>0</v>
       </c>
       <c r="AQ13" t="inlineStr"/>
-      <c r="AR13" s="1" t="n">
-        <v>1099</v>
+      <c r="AR13" t="n">
+        <v>0</v>
       </c>
       <c r="AS13" t="n">
-        <v>1406</v>
+        <v>0</v>
       </c>
       <c r="AT13" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-exotic-fruits-vitamins-soothing-gel</t>
         </is>
       </c>
       <c r="AU13" t="n">
         <v>0</v>
       </c>
       <c r="AV13" t="n">
         <v>0</v>
       </c>
       <c r="AW13" t="inlineStr"/>
-      <c r="AX13" s="1" t="n">
-        <v>1054</v>
+      <c r="AX13" t="n">
+        <v>0</v>
       </c>
       <c r="AY13" t="n">
-        <v>2635</v>
+        <v>0</v>
       </c>
       <c r="AZ13" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_tela_i_zagara/geli_dlya_tela/mistic_uspokaivayushchiy_gel_s_ekstraktami_fruktov_i_vitaminami_exotic_fruits_vitamins_soothing_gel_/</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>070706</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>MISTIC Wild Aqua Hydrating Gel Увлажняющий Гель "Родниковая Вода" c комплексом гиалуроновых кислот и пептидов 400мл</t>
         </is>
       </c>
       <c r="D14" t="n">
         <v>1260</v>
@@ -2499,51 +2528,51 @@
       <c r="E14" t="n">
         <v>0</v>
       </c>
       <c r="F14" t="n">
         <v>0</v>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="n">
         <v>0</v>
       </c>
       <c r="I14" t="n">
         <v>0</v>
       </c>
       <c r="J14" t="inlineStr"/>
       <c r="K14" t="n">
         <v>0</v>
       </c>
       <c r="L14" t="n">
         <v>0</v>
       </c>
       <c r="M14" t="inlineStr"/>
       <c r="N14" t="n">
         <v>0</v>
       </c>
       <c r="O14" t="n">
-        <v>1575</v>
+        <v>0</v>
       </c>
       <c r="P14" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-wild-aqua-hydrating-gel/</t>
         </is>
       </c>
       <c r="Q14" t="n">
         <v>0</v>
       </c>
       <c r="R14" t="n">
         <v>0</v>
       </c>
       <c r="S14" t="inlineStr"/>
       <c r="T14" t="n">
         <v>0</v>
       </c>
       <c r="U14" t="n">
         <v>0</v>
       </c>
       <c r="V14" t="inlineStr"/>
       <c r="W14" t="n">
         <v>0</v>
       </c>
       <c r="X14" t="n">
         <v>0</v>
@@ -2579,51 +2608,55 @@
       <c r="AK14" t="inlineStr"/>
       <c r="AL14" t="n">
         <v>0</v>
       </c>
       <c r="AM14" t="n">
         <v>0</v>
       </c>
       <c r="AN14" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschiy-gel-dlya-litsa-i-tela-c-kompleksom-gialuronovyh-kislot-i-peptidov-wild-aqua-hydrating-gel?preferred=513760</t>
         </is>
       </c>
       <c r="AO14" t="n">
         <v>0</v>
       </c>
       <c r="AP14" t="n">
         <v>0</v>
       </c>
       <c r="AQ14" t="inlineStr"/>
       <c r="AR14" t="n">
         <v>0</v>
       </c>
       <c r="AS14" t="n">
         <v>0</v>
       </c>
-      <c r="AT14" t="inlineStr"/>
+      <c r="AT14" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-wild-aqua-hydrating-gel-400</t>
+        </is>
+      </c>
       <c r="AU14" t="n">
         <v>0</v>
       </c>
       <c r="AV14" t="n">
         <v>0</v>
       </c>
       <c r="AW14" t="inlineStr"/>
       <c r="AX14" t="n">
         <v>0</v>
       </c>
       <c r="AY14" t="n">
         <v>0</v>
       </c>
       <c r="AZ14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>430243</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -2639,87 +2672,87 @@
       <c r="E15" t="n">
         <v>0</v>
       </c>
       <c r="F15" t="n">
         <v>0</v>
       </c>
       <c r="G15" t="inlineStr"/>
       <c r="H15" t="n">
         <v>0</v>
       </c>
       <c r="I15" t="n">
         <v>0</v>
       </c>
       <c r="J15" t="inlineStr"/>
       <c r="K15" t="n">
         <v>0</v>
       </c>
       <c r="L15" t="n">
         <v>0</v>
       </c>
       <c r="M15" t="inlineStr"/>
       <c r="N15" t="n">
         <v>0</v>
       </c>
       <c r="O15" t="n">
-        <v>1395</v>
+        <v>0</v>
       </c>
       <c r="P15" t="inlineStr">
         <is>
           <t>https://aumishop.ru/gel-dlya-dusha-poslednyaya-vishnya-s-ekstraktami-solodki-i-romashki/</t>
         </is>
       </c>
       <c r="Q15" t="n">
         <v>0</v>
       </c>
       <c r="R15" t="n">
         <v>0</v>
       </c>
       <c r="S15" t="inlineStr"/>
       <c r="T15" t="n">
         <v>0</v>
       </c>
       <c r="U15" t="n">
         <v>0</v>
       </c>
       <c r="V15" t="inlineStr"/>
       <c r="W15" t="n">
         <v>0</v>
       </c>
-      <c r="X15" s="1" t="n">
-        <v>999</v>
+      <c r="X15" t="n">
+        <v>0</v>
       </c>
       <c r="Y15" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/873847_ST/?sphrase_id=15604025</t>
         </is>
       </c>
       <c r="Z15" t="n">
         <v>0</v>
       </c>
       <c r="AA15" t="n">
-        <v>1345</v>
+        <v>0</v>
       </c>
       <c r="AB15" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000388564-last-cherry</t>
         </is>
       </c>
       <c r="AC15" t="n">
         <v>0</v>
       </c>
       <c r="AD15" t="n">
         <v>0</v>
       </c>
       <c r="AE15" t="inlineStr"/>
       <c r="AF15" t="n">
         <v>0</v>
       </c>
       <c r="AG15" t="n">
         <v>0</v>
       </c>
       <c r="AH15" t="inlineStr"/>
       <c r="AI15" t="n">
         <v>0</v>
       </c>
       <c r="AJ15" t="n">
         <v>0</v>
@@ -2727,51 +2760,55 @@
       <c r="AK15" t="inlineStr"/>
       <c r="AL15" t="n">
         <v>0</v>
       </c>
       <c r="AM15" t="n">
         <v>0</v>
       </c>
       <c r="AN15" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/gel-dlya-dusha-s-ekstraktami-solodki-i-romashki-last-cherry-shower-gel?preferred=509408</t>
         </is>
       </c>
       <c r="AO15" t="n">
         <v>0</v>
       </c>
       <c r="AP15" t="n">
         <v>0</v>
       </c>
       <c r="AQ15" t="inlineStr"/>
       <c r="AR15" t="n">
         <v>0</v>
       </c>
       <c r="AS15" t="n">
         <v>0</v>
       </c>
-      <c r="AT15" t="inlineStr"/>
+      <c r="AT15" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-last-cherry-shower-gel-250</t>
+        </is>
+      </c>
       <c r="AU15" t="n">
         <v>0</v>
       </c>
       <c r="AV15" t="n">
         <v>0</v>
       </c>
       <c r="AW15" t="inlineStr"/>
       <c r="AX15" t="n">
         <v>0</v>
       </c>
       <c r="AY15" t="n">
         <v>0</v>
       </c>
       <c r="AZ15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>430229</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -2787,143 +2824,147 @@
       <c r="E16" t="n">
         <v>0</v>
       </c>
       <c r="F16" t="n">
         <v>0</v>
       </c>
       <c r="G16" t="inlineStr"/>
       <c r="H16" t="n">
         <v>0</v>
       </c>
       <c r="I16" t="n">
         <v>0</v>
       </c>
       <c r="J16" t="inlineStr"/>
       <c r="K16" t="n">
         <v>0</v>
       </c>
       <c r="L16" t="n">
         <v>0</v>
       </c>
       <c r="M16" t="inlineStr"/>
       <c r="N16" t="n">
         <v>0</v>
       </c>
       <c r="O16" t="n">
-        <v>1395</v>
+        <v>0</v>
       </c>
       <c r="P16" t="inlineStr">
         <is>
           <t>https://aumishop.ru/gel-superfud-s-allantoinom-i-tripeptidnym-kompleksom/</t>
         </is>
       </c>
-      <c r="Q16" s="1" t="n">
-        <v>1071</v>
+      <c r="Q16" t="n">
+        <v>0</v>
       </c>
       <c r="R16" t="n">
-        <v>1190</v>
+        <v>0</v>
       </c>
       <c r="S16" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/46884727/</t>
         </is>
       </c>
       <c r="T16" t="n">
         <v>0</v>
       </c>
       <c r="U16" t="n">
         <v>0</v>
       </c>
       <c r="V16" t="inlineStr"/>
       <c r="W16" t="n">
         <v>0</v>
       </c>
-      <c r="X16" s="1" t="n">
-        <v>999</v>
+      <c r="X16" t="n">
+        <v>0</v>
       </c>
       <c r="Y16" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/873848_ST/?sphrase_id=15604025</t>
         </is>
       </c>
       <c r="Z16" t="n">
         <v>0</v>
       </c>
       <c r="AA16" t="n">
-        <v>1680</v>
+        <v>0</v>
       </c>
       <c r="AB16" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000388569-super-food</t>
         </is>
       </c>
       <c r="AC16" t="n">
         <v>0</v>
       </c>
       <c r="AD16" t="n">
         <v>0</v>
       </c>
       <c r="AE16" t="inlineStr"/>
       <c r="AF16" t="n">
         <v>0</v>
       </c>
       <c r="AG16" t="n">
         <v>0</v>
       </c>
       <c r="AH16" t="inlineStr"/>
       <c r="AI16" t="n">
         <v>0</v>
       </c>
       <c r="AJ16" t="n">
         <v>0</v>
       </c>
       <c r="AK16" t="inlineStr"/>
-      <c r="AL16" s="1" t="n">
-[...3 lines deleted...]
-        <v>1000</v>
+      <c r="AL16" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM16" t="n">
+        <v>0</v>
       </c>
       <c r="AN16" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/antioksidantnyy-gel-dlya-litsa-i-tela-s-allantoinom-i-tripeptidnym-kompleksom-super-food-antioxidant-gel-250ml</t>
         </is>
       </c>
       <c r="AO16" t="n">
         <v>0</v>
       </c>
       <c r="AP16" t="n">
         <v>0</v>
       </c>
       <c r="AQ16" t="inlineStr"/>
       <c r="AR16" t="n">
         <v>0</v>
       </c>
       <c r="AS16" t="n">
         <v>0</v>
       </c>
-      <c r="AT16" t="inlineStr"/>
+      <c r="AT16" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-super-food-antioxidant-gel</t>
+        </is>
+      </c>
       <c r="AU16" t="n">
         <v>0</v>
       </c>
       <c r="AV16" t="n">
         <v>0</v>
       </c>
       <c r="AW16" t="inlineStr"/>
       <c r="AX16" t="n">
         <v>0</v>
       </c>
       <c r="AY16" t="n">
         <v>0</v>
       </c>
       <c r="AZ16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>430236</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -2939,143 +2980,147 @@
       <c r="E17" t="n">
         <v>0</v>
       </c>
       <c r="F17" t="n">
         <v>0</v>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="n">
         <v>0</v>
       </c>
       <c r="I17" t="n">
         <v>0</v>
       </c>
       <c r="J17" t="inlineStr"/>
       <c r="K17" t="n">
         <v>0</v>
       </c>
       <c r="L17" t="n">
         <v>0</v>
       </c>
       <c r="M17" t="inlineStr"/>
       <c r="N17" t="n">
         <v>0</v>
       </c>
       <c r="O17" t="n">
-        <v>1395</v>
+        <v>0</v>
       </c>
       <c r="P17" t="inlineStr">
         <is>
           <t>https://aumishop.ru/gel-dlya-dusha-orhideya-vanda-s-ekstraktami-centelly-i-zelenogo-chaya/</t>
         </is>
       </c>
-      <c r="Q17" s="1" t="n">
-        <v>1071</v>
+      <c r="Q17" t="n">
+        <v>0</v>
       </c>
       <c r="R17" t="n">
-        <v>1190</v>
+        <v>0</v>
       </c>
       <c r="S17" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/46884730/</t>
         </is>
       </c>
       <c r="T17" t="n">
         <v>0</v>
       </c>
       <c r="U17" t="n">
         <v>0</v>
       </c>
       <c r="V17" t="inlineStr"/>
       <c r="W17" t="n">
         <v>0</v>
       </c>
-      <c r="X17" s="1" t="n">
-        <v>999</v>
+      <c r="X17" t="n">
+        <v>0</v>
       </c>
       <c r="Y17" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/873849_ST/?sphrase_id=15604025</t>
         </is>
       </c>
       <c r="Z17" t="n">
         <v>0</v>
       </c>
       <c r="AA17" t="n">
-        <v>1680</v>
+        <v>0</v>
       </c>
       <c r="AB17" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000388570-vanda-orchid</t>
         </is>
       </c>
       <c r="AC17" t="n">
         <v>0</v>
       </c>
       <c r="AD17" t="n">
         <v>0</v>
       </c>
       <c r="AE17" t="inlineStr"/>
       <c r="AF17" t="n">
         <v>0</v>
       </c>
       <c r="AG17" t="n">
         <v>0</v>
       </c>
       <c r="AH17" t="inlineStr"/>
       <c r="AI17" t="n">
         <v>0</v>
       </c>
       <c r="AJ17" t="n">
         <v>0</v>
       </c>
       <c r="AK17" t="inlineStr"/>
-      <c r="AL17" s="1" t="n">
-[...3 lines deleted...]
-        <v>1000</v>
+      <c r="AL17" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM17" t="n">
+        <v>0</v>
       </c>
       <c r="AN17" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/gel-dlya-dusha-s-ekstraktami-tsentelly-i-zelenogo-chaya-vanda-orchid-shower-gel-250ml</t>
         </is>
       </c>
       <c r="AO17" t="n">
         <v>0</v>
       </c>
       <c r="AP17" t="n">
         <v>0</v>
       </c>
       <c r="AQ17" t="inlineStr"/>
       <c r="AR17" t="n">
         <v>0</v>
       </c>
       <c r="AS17" t="n">
         <v>0</v>
       </c>
-      <c r="AT17" t="inlineStr"/>
+      <c r="AT17" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-vanda-orchid-shower-gel</t>
+        </is>
+      </c>
       <c r="AU17" t="n">
         <v>0</v>
       </c>
       <c r="AV17" t="n">
         <v>0</v>
       </c>
       <c r="AW17" t="inlineStr"/>
       <c r="AX17" t="n">
         <v>0</v>
       </c>
       <c r="AY17" t="n">
         <v>0</v>
       </c>
       <c r="AZ17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>430250</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -3091,83 +3136,83 @@
       <c r="E18" t="n">
         <v>0</v>
       </c>
       <c r="F18" t="n">
         <v>0</v>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="n">
         <v>0</v>
       </c>
       <c r="I18" t="n">
         <v>0</v>
       </c>
       <c r="J18" t="inlineStr"/>
       <c r="K18" t="n">
         <v>0</v>
       </c>
       <c r="L18" t="n">
         <v>0</v>
       </c>
       <c r="M18" t="inlineStr"/>
       <c r="N18" t="n">
         <v>0</v>
       </c>
       <c r="O18" t="n">
-        <v>1395</v>
+        <v>0</v>
       </c>
       <c r="P18" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uvlazhnyayuschij-gel-rodnikovaya-voda-c-kompleksom-gialuronovyh-kislot-i-peptidov/</t>
         </is>
       </c>
       <c r="Q18" t="n">
         <v>0</v>
       </c>
       <c r="R18" t="n">
         <v>0</v>
       </c>
       <c r="S18" t="inlineStr"/>
       <c r="T18" t="n">
         <v>0</v>
       </c>
       <c r="U18" t="n">
         <v>0</v>
       </c>
       <c r="V18" t="inlineStr"/>
       <c r="W18" t="n">
         <v>0</v>
       </c>
       <c r="X18" t="n">
         <v>0</v>
       </c>
       <c r="Y18" t="inlineStr"/>
       <c r="Z18" t="n">
         <v>0</v>
       </c>
       <c r="AA18" t="n">
-        <v>1345</v>
+        <v>0</v>
       </c>
       <c r="AB18" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000388571-wild-aqua</t>
         </is>
       </c>
       <c r="AC18" t="n">
         <v>0</v>
       </c>
       <c r="AD18" t="n">
         <v>0</v>
       </c>
       <c r="AE18" t="inlineStr"/>
       <c r="AF18" t="n">
         <v>0</v>
       </c>
       <c r="AG18" t="n">
         <v>0</v>
       </c>
       <c r="AH18" t="inlineStr"/>
       <c r="AI18" t="n">
         <v>0</v>
       </c>
       <c r="AJ18" t="n">
         <v>0</v>
@@ -3175,51 +3220,55 @@
       <c r="AK18" t="inlineStr"/>
       <c r="AL18" t="n">
         <v>0</v>
       </c>
       <c r="AM18" t="n">
         <v>0</v>
       </c>
       <c r="AN18" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschiy-gel-dlya-litsa-i-tela-c-kompleksom-gialuronovyh-kislot-i-peptidov-wild-aqua-hydrating-gel</t>
         </is>
       </c>
       <c r="AO18" t="n">
         <v>0</v>
       </c>
       <c r="AP18" t="n">
         <v>0</v>
       </c>
       <c r="AQ18" t="inlineStr"/>
       <c r="AR18" t="n">
         <v>0</v>
       </c>
       <c r="AS18" t="n">
         <v>0</v>
       </c>
-      <c r="AT18" t="inlineStr"/>
+      <c r="AT18" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-wild-aqua-hydrating-gel-250</t>
+        </is>
+      </c>
       <c r="AU18" t="n">
         <v>0</v>
       </c>
       <c r="AV18" t="n">
         <v>0</v>
       </c>
       <c r="AW18" t="inlineStr"/>
       <c r="AX18" t="n">
         <v>0</v>
       </c>
       <c r="AY18" t="n">
         <v>0</v>
       </c>
       <c r="AZ18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>044197</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -3234,52 +3283,52 @@
       </c>
       <c r="E19" t="n">
         <v>0</v>
       </c>
       <c r="F19" t="n">
         <v>0</v>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="n">
         <v>0</v>
       </c>
       <c r="I19" t="n">
         <v>0</v>
       </c>
       <c r="J19" t="inlineStr"/>
       <c r="K19" t="n">
         <v>0</v>
       </c>
       <c r="L19" t="n">
         <v>0</v>
       </c>
       <c r="M19" t="inlineStr"/>
       <c r="N19" t="n">
         <v>0</v>
       </c>
-      <c r="O19" s="1" t="n">
-        <v>1495</v>
+      <c r="O19" t="n">
+        <v>0</v>
       </c>
       <c r="P19" t="inlineStr">
         <is>
           <t>https://aumishop.ru/glubokouvlazhnyayuschaya-syvorotka-s-gialuronovoj-kislotoj-i-kollagenom/</t>
         </is>
       </c>
       <c r="Q19" t="n">
         <v>0</v>
       </c>
       <c r="R19" t="n">
         <v>0</v>
       </c>
       <c r="S19" t="inlineStr"/>
       <c r="T19" t="n">
         <v>0</v>
       </c>
       <c r="U19" t="n">
         <v>0</v>
       </c>
       <c r="V19" t="inlineStr"/>
       <c r="W19" t="n">
         <v>0</v>
       </c>
       <c r="X19" t="n">
         <v>0</v>
@@ -3371,453 +3420,453 @@
       <c r="E20" t="n">
         <v>0</v>
       </c>
       <c r="F20" t="n">
         <v>0</v>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="n">
         <v>0</v>
       </c>
       <c r="I20" t="n">
         <v>0</v>
       </c>
       <c r="J20" t="inlineStr"/>
       <c r="K20" t="n">
         <v>0</v>
       </c>
       <c r="L20" t="n">
         <v>0</v>
       </c>
       <c r="M20" t="inlineStr"/>
       <c r="N20" t="n">
         <v>0</v>
       </c>
       <c r="O20" t="n">
-        <v>1230</v>
+        <v>0</v>
       </c>
       <c r="P20" t="inlineStr">
         <is>
           <t>https://aumishop.ru/nabor-kremov-dlya-ruk/</t>
         </is>
       </c>
       <c r="Q20" t="n">
         <v>0</v>
       </c>
       <c r="R20" t="n">
         <v>0</v>
       </c>
       <c r="S20" t="inlineStr"/>
       <c r="T20" t="n">
         <v>0</v>
       </c>
       <c r="U20" t="n">
         <v>0</v>
       </c>
       <c r="V20" t="inlineStr"/>
       <c r="W20" t="n">
         <v>0</v>
       </c>
       <c r="X20" t="n">
         <v>0</v>
       </c>
       <c r="Y20" t="inlineStr"/>
       <c r="Z20" t="n">
         <v>0</v>
       </c>
-      <c r="AA20" s="1" t="n">
-        <v>838</v>
+      <c r="AA20" t="n">
+        <v>0</v>
       </c>
       <c r="AB20" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000351718-hand-cream-set</t>
         </is>
       </c>
       <c r="AC20" t="n">
         <v>0</v>
       </c>
       <c r="AD20" t="n">
         <v>0</v>
       </c>
       <c r="AE20" t="inlineStr"/>
       <c r="AF20" t="n">
         <v>0</v>
       </c>
       <c r="AG20" t="n">
         <v>0</v>
       </c>
       <c r="AH20" t="inlineStr"/>
       <c r="AI20" t="n">
         <v>0</v>
       </c>
       <c r="AJ20" t="n">
         <v>0</v>
       </c>
       <c r="AK20" t="inlineStr"/>
-      <c r="AL20" s="1" t="n">
-[...3 lines deleted...]
-        <v>884</v>
+      <c r="AL20" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM20" t="n">
+        <v>0</v>
       </c>
       <c r="AN20" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/nabor-kremov-dlya-ruk-hand-cream-set-3-50ml-sweet-mango-fashion-fruits-hyaluronic-acid</t>
         </is>
       </c>
       <c r="AO20" t="n">
         <v>0</v>
       </c>
       <c r="AP20" t="n">
         <v>0</v>
       </c>
       <c r="AQ20" t="inlineStr"/>
-      <c r="AR20" s="1" t="n">
-        <v>869</v>
+      <c r="AR20" t="n">
+        <v>0</v>
       </c>
       <c r="AS20" t="n">
-        <v>1080</v>
+        <v>0</v>
       </c>
       <c r="AT20" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-hand-cream-set</t>
         </is>
       </c>
       <c r="AU20" t="n">
         <v>0</v>
       </c>
       <c r="AV20" t="n">
         <v>0</v>
       </c>
       <c r="AW20" t="inlineStr"/>
-      <c r="AX20" s="1" t="n">
-        <v>942</v>
+      <c r="AX20" t="n">
+        <v>0</v>
       </c>
       <c r="AY20" t="n">
-        <v>2355</v>
+        <v>0</v>
       </c>
       <c r="AZ20" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_tela_i_zagara/krem_dlya_ruk/mistic_nabor_kremov_dlya_ruk_hand_cream_set_3_kh_50_ml/</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>044180</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>MISTIC PEPTIDE 3D CONTOUR LIFTING Ampoule Cream Антивозрастной лифтинг-крем для лица с пептидами 50мл</t>
         </is>
       </c>
       <c r="D21" t="n">
         <v>965</v>
       </c>
       <c r="E21" t="n">
         <v>0</v>
       </c>
       <c r="F21" t="n">
         <v>0</v>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="n">
         <v>0</v>
       </c>
       <c r="I21" t="n">
         <v>0</v>
       </c>
       <c r="J21" t="inlineStr"/>
-      <c r="K21" s="1" t="n">
-        <v>825</v>
+      <c r="K21" t="n">
+        <v>0</v>
       </c>
       <c r="L21" t="n">
-        <v>970</v>
+        <v>0</v>
       </c>
       <c r="M21" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_lifting_krem_d_litsa_s_peptidami_50ml/</t>
         </is>
       </c>
       <c r="N21" t="n">
         <v>0</v>
       </c>
       <c r="O21" t="n">
-        <v>1225</v>
+        <v>0</v>
       </c>
       <c r="P21" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic_peptide_3d_contour_lifting_ampoule_cream_50_/</t>
         </is>
       </c>
       <c r="Q21" t="n">
         <v>0</v>
       </c>
       <c r="R21" t="n">
         <v>0</v>
       </c>
       <c r="S21" t="inlineStr"/>
       <c r="T21" t="n">
         <v>0</v>
       </c>
       <c r="U21" t="n">
         <v>0</v>
       </c>
       <c r="V21" t="inlineStr"/>
       <c r="W21" t="n">
         <v>0</v>
       </c>
       <c r="X21" t="n">
         <v>0</v>
       </c>
       <c r="Y21" t="inlineStr"/>
       <c r="Z21" t="n">
         <v>0</v>
       </c>
       <c r="AA21" t="n">
-        <v>1193</v>
+        <v>0</v>
       </c>
       <c r="AB21" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000248449-peptide-3d</t>
         </is>
       </c>
-      <c r="AC21" s="1" t="n">
-        <v>874</v>
+      <c r="AC21" t="n">
+        <v>0</v>
       </c>
       <c r="AD21" t="n">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="AE21" t="inlineStr">
         <is>
           <t>https://mm.ru/product/antivozrastnoj-lifting-krem-dlya-2806428?skuId=8038892</t>
         </is>
       </c>
       <c r="AF21" t="n">
         <v>0</v>
       </c>
       <c r="AG21" t="n">
         <v>0</v>
       </c>
       <c r="AH21" t="inlineStr"/>
       <c r="AI21" t="n">
         <v>0</v>
       </c>
       <c r="AJ21" t="n">
         <v>0</v>
       </c>
       <c r="AK21" t="inlineStr"/>
       <c r="AL21" t="n">
         <v>0</v>
       </c>
       <c r="AM21" t="n">
         <v>0</v>
       </c>
       <c r="AN21" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/antivozrastnoy-lifting-krem-dlya-litsa-s-peptidami-peptide-3d-contour-lifting-ampoule-cream-50ml</t>
         </is>
       </c>
       <c r="AO21" t="n">
         <v>0</v>
       </c>
       <c r="AP21" t="n">
         <v>0</v>
       </c>
       <c r="AQ21" t="inlineStr"/>
-      <c r="AR21" s="1" t="n">
-        <v>849</v>
+      <c r="AR21" t="n">
+        <v>0</v>
       </c>
       <c r="AS21" t="n">
-        <v>1060</v>
+        <v>0</v>
       </c>
       <c r="AT21" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-peptide-3d-contour-lifting-ampoule-cream</t>
         </is>
       </c>
       <c r="AU21" t="n">
         <v>0</v>
       </c>
       <c r="AV21" t="n">
         <v>0</v>
       </c>
       <c r="AW21" t="inlineStr"/>
-      <c r="AX21" s="1" t="n">
-        <v>946</v>
+      <c r="AX21" t="n">
+        <v>0</v>
       </c>
       <c r="AY21" t="n">
-        <v>2365</v>
+        <v>0</v>
       </c>
       <c r="AZ21" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/kremy/mistic_antivozrastnoy_lifting_krem_dlya_litsa_s_peptidami_peptide_3d_contour_lifting_ampoule_cream_5/</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>044173</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>MISTIC WATER DROP HYALURONIC Moisturizing Cream Увлажняющий крем для лица с гиалуроновой кислотой 50мл</t>
         </is>
       </c>
       <c r="D22" t="n">
         <v>965</v>
       </c>
       <c r="E22" t="n">
         <v>0</v>
       </c>
       <c r="F22" t="n">
         <v>0</v>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="n">
         <v>0</v>
       </c>
       <c r="I22" t="n">
         <v>0</v>
       </c>
       <c r="J22" t="inlineStr"/>
-      <c r="K22" s="1" t="n">
-        <v>825</v>
+      <c r="K22" t="n">
+        <v>0</v>
       </c>
       <c r="L22" t="n">
-        <v>970</v>
+        <v>0</v>
       </c>
       <c r="M22" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_krem_d_litsa_s_gialuronovoy_kislotoy_50ml/</t>
         </is>
       </c>
       <c r="N22" t="n">
         <v>0</v>
       </c>
       <c r="O22" t="n">
-        <v>1225</v>
+        <v>0</v>
       </c>
       <c r="P22" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic_water_drop_hyaluronic_moisturizing_cream_50_/</t>
         </is>
       </c>
       <c r="Q22" t="n">
         <v>0</v>
       </c>
       <c r="R22" t="n">
         <v>0</v>
       </c>
       <c r="S22" t="inlineStr"/>
       <c r="T22" t="n">
         <v>0</v>
       </c>
       <c r="U22" t="n">
         <v>0</v>
       </c>
       <c r="V22" t="inlineStr"/>
       <c r="W22" t="n">
         <v>0</v>
       </c>
       <c r="X22" t="n">
         <v>0</v>
       </c>
       <c r="Y22" t="inlineStr"/>
       <c r="Z22" t="n">
         <v>0</v>
       </c>
       <c r="AA22" t="n">
-        <v>1325</v>
+        <v>0</v>
       </c>
       <c r="AB22" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000248448-water-drop-hyaluronic</t>
         </is>
       </c>
-      <c r="AC22" s="1" t="n">
-        <v>400</v>
+      <c r="AC22" t="n">
+        <v>0</v>
       </c>
       <c r="AD22" t="n">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="AE22" t="inlineStr">
         <is>
           <t>https://mm.ru/product/uvlazhnyayuschij-krem-dlya-2806441?skuId=8038905</t>
         </is>
       </c>
       <c r="AF22" t="n">
         <v>0</v>
       </c>
       <c r="AG22" t="n">
         <v>0</v>
       </c>
       <c r="AH22" t="inlineStr"/>
       <c r="AI22" t="n">
         <v>0</v>
       </c>
       <c r="AJ22" t="n">
         <v>0</v>
       </c>
       <c r="AK22" t="inlineStr"/>
-      <c r="AL22" s="1" t="n">
-[...3 lines deleted...]
-        <v>868</v>
+      <c r="AL22" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM22" t="n">
+        <v>0</v>
       </c>
       <c r="AN22" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschiy-krem-dlya-litsa-s-gialuronovoy-kislotoy-water-drop-hyaluronic-moisturizing-cream-50ml</t>
         </is>
       </c>
       <c r="AO22" t="n">
         <v>0</v>
       </c>
       <c r="AP22" t="n">
         <v>0</v>
       </c>
       <c r="AQ22" t="inlineStr"/>
-      <c r="AR22" s="1" t="n">
-        <v>849</v>
+      <c r="AR22" t="n">
+        <v>0</v>
       </c>
       <c r="AS22" t="n">
-        <v>1060</v>
+        <v>0</v>
       </c>
       <c r="AT22" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-water-drop-hyaluronic-moisturizing-cream</t>
         </is>
       </c>
       <c r="AU22" t="n">
         <v>0</v>
       </c>
       <c r="AV22" t="n">
         <v>0</v>
       </c>
       <c r="AW22" t="inlineStr"/>
       <c r="AX22" t="n">
         <v>0</v>
       </c>
       <c r="AY22" t="n">
         <v>0</v>
       </c>
       <c r="AZ22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>107199</t>
@@ -3828,66 +3877,66 @@
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>MISTIC Brightening Yuzu Toner Осветляющий тонер с экстрактом юдзу 250мл</t>
         </is>
       </c>
       <c r="D23" t="n">
         <v>895</v>
       </c>
       <c r="E23" t="n">
         <v>0</v>
       </c>
       <c r="F23" t="n">
         <v>0</v>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="n">
         <v>0</v>
       </c>
       <c r="I23" t="n">
         <v>0</v>
       </c>
       <c r="J23" t="inlineStr"/>
-      <c r="K23" s="1" t="n">
-        <v>765</v>
+      <c r="K23" t="n">
+        <v>0</v>
       </c>
       <c r="L23" t="n">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="M23" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_toner_osvetlyayushchiy_s_ekstraktom_yudzu_250ml/</t>
         </is>
       </c>
       <c r="N23" t="n">
         <v>0</v>
       </c>
       <c r="O23" t="n">
-        <v>1125</v>
+        <v>0</v>
       </c>
       <c r="P23" t="inlineStr">
         <is>
           <t>https://aumishop.ru/osvetlyayuschij-toner-s-ekstraktom-yudzu/</t>
         </is>
       </c>
       <c r="Q23" t="n">
         <v>0</v>
       </c>
       <c r="R23" t="n">
         <v>0</v>
       </c>
       <c r="S23" t="inlineStr"/>
       <c r="T23" t="n">
         <v>0</v>
       </c>
       <c r="U23" t="n">
         <v>0</v>
       </c>
       <c r="V23" t="inlineStr"/>
       <c r="W23" t="n">
         <v>0</v>
       </c>
       <c r="X23" t="n">
         <v>0</v>
@@ -3899,229 +3948,233 @@
       <c r="AA23" t="n">
         <v>0</v>
       </c>
       <c r="AB23" t="inlineStr"/>
       <c r="AC23" t="n">
         <v>0</v>
       </c>
       <c r="AD23" t="n">
         <v>0</v>
       </c>
       <c r="AE23" t="inlineStr"/>
       <c r="AF23" t="n">
         <v>0</v>
       </c>
       <c r="AG23" t="n">
         <v>0</v>
       </c>
       <c r="AH23" t="inlineStr"/>
       <c r="AI23" t="n">
         <v>0</v>
       </c>
       <c r="AJ23" t="n">
         <v>0</v>
       </c>
       <c r="AK23" t="inlineStr"/>
-      <c r="AL23" s="1" t="n">
-[...3 lines deleted...]
-        <v>806</v>
+      <c r="AL23" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM23" t="n">
+        <v>0</v>
       </c>
       <c r="AN23" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/osvetlyayuschiy-toner-dlya-litsa-s-ekstraktom-yudzu-brightening-yuzu-toner-250ml</t>
         </is>
       </c>
       <c r="AO23" t="n">
         <v>0</v>
       </c>
       <c r="AP23" t="n">
         <v>0</v>
       </c>
       <c r="AQ23" t="inlineStr"/>
       <c r="AR23" t="n">
         <v>0</v>
       </c>
       <c r="AS23" t="n">
         <v>0</v>
       </c>
-      <c r="AT23" t="inlineStr"/>
+      <c r="AT23" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-brightening-yuzu-toner</t>
+        </is>
+      </c>
       <c r="AU23" t="n">
         <v>0</v>
       </c>
       <c r="AV23" t="n">
         <v>0</v>
       </c>
       <c r="AW23" t="inlineStr"/>
       <c r="AX23" t="n">
         <v>0</v>
       </c>
       <c r="AY23" t="n">
         <v>0</v>
       </c>
       <c r="AZ23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>044166</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>MISTIC MULTI AQUA Ultra Toner Глубокоувлажняющий тонер с гиалуроновой кислотой 250мл</t>
         </is>
       </c>
       <c r="D24" t="n">
         <v>895</v>
       </c>
       <c r="E24" t="n">
         <v>0</v>
       </c>
       <c r="F24" t="n">
         <v>0</v>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="n">
         <v>0</v>
       </c>
       <c r="I24" t="n">
         <v>0</v>
       </c>
       <c r="J24" t="inlineStr"/>
-      <c r="K24" s="1" t="n">
-[...3 lines deleted...]
-        <v>700</v>
+      <c r="K24" t="n">
+        <v>0</v>
+      </c>
+      <c r="L24" t="n">
+        <v>0</v>
       </c>
       <c r="M24" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_glubokouvlazhnyayushchiy_toner_250ml/</t>
         </is>
       </c>
       <c r="N24" t="n">
         <v>0</v>
       </c>
       <c r="O24" t="n">
-        <v>1125</v>
+        <v>0</v>
       </c>
       <c r="P24" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic_multi_aqua_ultra_toner_250_/</t>
         </is>
       </c>
       <c r="Q24" t="n">
         <v>0</v>
       </c>
       <c r="R24" t="n">
         <v>0</v>
       </c>
       <c r="S24" t="inlineStr"/>
       <c r="T24" t="n">
         <v>0</v>
       </c>
       <c r="U24" t="n">
         <v>0</v>
       </c>
       <c r="V24" t="inlineStr"/>
       <c r="W24" t="n">
         <v>0</v>
       </c>
       <c r="X24" t="n">
         <v>0</v>
       </c>
       <c r="Y24" t="inlineStr"/>
       <c r="Z24" t="n">
         <v>0</v>
       </c>
       <c r="AA24" t="n">
-        <v>985</v>
+        <v>0</v>
       </c>
       <c r="AB24" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000248457-multi-aqua-ultra</t>
         </is>
       </c>
-      <c r="AC24" s="1" t="n">
-        <v>370</v>
+      <c r="AC24" t="n">
+        <v>0</v>
       </c>
       <c r="AD24" t="n">
-        <v>1132</v>
+        <v>0</v>
       </c>
       <c r="AE24" t="inlineStr">
         <is>
           <t>https://mm.ru/product/glubokouvlazhnyayuschij-toner-mistic-2806440?skuId=8038904</t>
         </is>
       </c>
       <c r="AF24" t="n">
         <v>0</v>
       </c>
       <c r="AG24" t="n">
         <v>0</v>
       </c>
       <c r="AH24" t="inlineStr"/>
       <c r="AI24" t="n">
         <v>0</v>
       </c>
       <c r="AJ24" t="n">
         <v>0</v>
       </c>
       <c r="AK24" t="inlineStr"/>
-      <c r="AL24" s="1" t="n">
-[...3 lines deleted...]
-        <v>806</v>
+      <c r="AL24" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM24" t="n">
+        <v>0</v>
       </c>
       <c r="AN24" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/glubokouvlazhnyayuschiy-toner-s-gialuronovoy-kislotoy-multi-aqua-ultra-toner-250ml</t>
         </is>
       </c>
       <c r="AO24" t="n">
         <v>0</v>
       </c>
-      <c r="AP24" s="1" t="n">
-        <v>850</v>
+      <c r="AP24" t="n">
+        <v>0</v>
       </c>
       <c r="AQ24" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/143533</t>
         </is>
       </c>
-      <c r="AR24" s="1" t="n">
-        <v>769</v>
+      <c r="AR24" t="n">
+        <v>0</v>
       </c>
       <c r="AS24" t="n">
-        <v>984</v>
+        <v>0</v>
       </c>
       <c r="AT24" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-multi-aqua-ultra-toner</t>
         </is>
       </c>
       <c r="AU24" t="n">
         <v>0</v>
       </c>
       <c r="AV24" t="n">
         <v>0</v>
       </c>
       <c r="AW24" t="inlineStr"/>
       <c r="AX24" t="n">
         <v>0</v>
       </c>
       <c r="AY24" t="n">
         <v>0</v>
       </c>
       <c r="AZ24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>107182</t>
@@ -4132,66 +4185,66 @@
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>MISTIC Rejuvenating Kombucha Toner Омолаживающий тонер с экстрактом комбучи 250мл</t>
         </is>
       </c>
       <c r="D25" t="n">
         <v>895</v>
       </c>
       <c r="E25" t="n">
         <v>0</v>
       </c>
       <c r="F25" t="n">
         <v>0</v>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="n">
         <v>0</v>
       </c>
       <c r="I25" t="n">
         <v>0</v>
       </c>
       <c r="J25" t="inlineStr"/>
-      <c r="K25" s="1" t="n">
-        <v>765</v>
+      <c r="K25" t="n">
+        <v>0</v>
       </c>
       <c r="L25" t="n">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="M25" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_toner_s_ekstraktom_kombuchi_250ml/</t>
         </is>
       </c>
       <c r="N25" t="n">
         <v>0</v>
       </c>
       <c r="O25" t="n">
-        <v>1125</v>
+        <v>0</v>
       </c>
       <c r="P25" t="inlineStr">
         <is>
           <t>https://aumishop.ru/omolazhivayuschij-toner-s-ekstraktom-kombuchi/</t>
         </is>
       </c>
       <c r="Q25" t="n">
         <v>0</v>
       </c>
       <c r="R25" t="n">
         <v>0</v>
       </c>
       <c r="S25" t="inlineStr"/>
       <c r="T25" t="n">
         <v>0</v>
       </c>
       <c r="U25" t="n">
         <v>0</v>
       </c>
       <c r="V25" t="inlineStr"/>
       <c r="W25" t="n">
         <v>0</v>
       </c>
       <c r="X25" t="n">
         <v>0</v>
@@ -4203,227 +4256,235 @@
       <c r="AA25" t="n">
         <v>0</v>
       </c>
       <c r="AB25" t="inlineStr"/>
       <c r="AC25" t="n">
         <v>0</v>
       </c>
       <c r="AD25" t="n">
         <v>0</v>
       </c>
       <c r="AE25" t="inlineStr"/>
       <c r="AF25" t="n">
         <v>0</v>
       </c>
       <c r="AG25" t="n">
         <v>0</v>
       </c>
       <c r="AH25" t="inlineStr"/>
       <c r="AI25" t="n">
         <v>0</v>
       </c>
       <c r="AJ25" t="n">
         <v>0</v>
       </c>
       <c r="AK25" t="inlineStr"/>
-      <c r="AL25" s="1" t="n">
-[...3 lines deleted...]
-        <v>806</v>
+      <c r="AL25" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM25" t="n">
+        <v>0</v>
       </c>
       <c r="AN25" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/omolazhivayuschiy-toner-dlya-litsa-s-ekstraktom-kombuchi-rejuvenating-kombucha-toner-250ml</t>
         </is>
       </c>
       <c r="AO25" t="n">
         <v>0</v>
       </c>
       <c r="AP25" t="n">
         <v>0</v>
       </c>
       <c r="AQ25" t="inlineStr"/>
       <c r="AR25" t="n">
         <v>0</v>
       </c>
       <c r="AS25" t="n">
         <v>0</v>
       </c>
-      <c r="AT25" t="inlineStr"/>
+      <c r="AT25" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-rejuvenating-kombucha-toner</t>
+        </is>
+      </c>
       <c r="AU25" t="n">
         <v>0</v>
       </c>
       <c r="AV25" t="n">
         <v>0</v>
       </c>
       <c r="AW25" t="inlineStr"/>
       <c r="AX25" t="n">
         <v>0</v>
       </c>
       <c r="AY25" t="n">
         <v>0</v>
       </c>
       <c r="AZ25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>044159</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>MISTIC AHA &amp; BHA PORE CLEAN Fruit Toner Очищающий тонер с фруктовыми кислотами 250мл</t>
         </is>
       </c>
       <c r="D26" t="n">
         <v>895</v>
       </c>
       <c r="E26" t="n">
         <v>0</v>
       </c>
       <c r="F26" t="n">
         <v>0</v>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="n">
         <v>0</v>
       </c>
       <c r="I26" t="n">
         <v>0</v>
       </c>
       <c r="J26" t="inlineStr"/>
-      <c r="K26" s="1" t="n">
-        <v>765</v>
+      <c r="K26" t="n">
+        <v>0</v>
       </c>
       <c r="L26" t="n">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="M26" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_toner_s_fruktovymi_kislotami_250ml/</t>
         </is>
       </c>
       <c r="N26" t="n">
         <v>0</v>
       </c>
       <c r="O26" t="n">
-        <v>1125</v>
+        <v>0</v>
       </c>
       <c r="P26" t="inlineStr">
         <is>
           <t>https://aumishop.ru/ochischayuschij-toner-s-fruktovymi-kislotami-250ml/</t>
         </is>
       </c>
       <c r="Q26" t="n">
         <v>0</v>
       </c>
       <c r="R26" t="n">
         <v>0</v>
       </c>
       <c r="S26" t="inlineStr"/>
       <c r="T26" t="n">
         <v>0</v>
       </c>
       <c r="U26" t="n">
         <v>0</v>
       </c>
       <c r="V26" t="inlineStr"/>
       <c r="W26" t="n">
         <v>0</v>
       </c>
       <c r="X26" t="n">
         <v>0</v>
       </c>
       <c r="Y26" t="inlineStr"/>
       <c r="Z26" t="n">
         <v>0</v>
       </c>
       <c r="AA26" t="n">
-        <v>1048</v>
+        <v>0</v>
       </c>
       <c r="AB26" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000171328-aha-bha-pore-clean-fruit-toner</t>
         </is>
       </c>
-      <c r="AC26" s="1" t="n">
-        <v>370</v>
+      <c r="AC26" t="n">
+        <v>0</v>
       </c>
       <c r="AD26" t="n">
-        <v>1084</v>
+        <v>0</v>
       </c>
       <c r="AE26" t="inlineStr">
         <is>
           <t>https://mm.ru/product/ochischayuschij-toner-mistic-2806434?skuId=8038898</t>
         </is>
       </c>
       <c r="AF26" t="n">
         <v>0</v>
       </c>
       <c r="AG26" t="n">
         <v>0</v>
       </c>
       <c r="AH26" t="inlineStr"/>
       <c r="AI26" t="n">
         <v>0</v>
       </c>
       <c r="AJ26" t="n">
         <v>0</v>
       </c>
       <c r="AK26" t="inlineStr"/>
-      <c r="AL26" s="1" t="n">
-[...3 lines deleted...]
-        <v>894</v>
+      <c r="AL26" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM26" t="n">
+        <v>0</v>
       </c>
       <c r="AN26" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/ochischayuschiy-toner-s-fruktovymi-kislotami-aha-bha-pore-clean-fruit-toner-250ml</t>
         </is>
       </c>
       <c r="AO26" t="n">
         <v>0</v>
       </c>
       <c r="AP26" t="n">
         <v>0</v>
       </c>
       <c r="AQ26" t="inlineStr"/>
       <c r="AR26" t="n">
         <v>0</v>
       </c>
       <c r="AS26" t="n">
         <v>0</v>
       </c>
-      <c r="AT26" t="inlineStr"/>
+      <c r="AT26" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-aha-bha-pore-clean-fruit-toner</t>
+        </is>
+      </c>
       <c r="AU26" t="n">
         <v>0</v>
       </c>
       <c r="AV26" t="n">
         <v>0</v>
       </c>
       <c r="AW26" t="inlineStr"/>
       <c r="AX26" t="n">
         <v>0</v>
       </c>
       <c r="AY26" t="n">
         <v>0</v>
       </c>
       <c r="AZ26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>150190</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -4439,51 +4500,51 @@
       <c r="E27" t="n">
         <v>0</v>
       </c>
       <c r="F27" t="n">
         <v>0</v>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="n">
         <v>0</v>
       </c>
       <c r="I27" t="n">
         <v>0</v>
       </c>
       <c r="J27" t="inlineStr"/>
       <c r="K27" t="n">
         <v>0</v>
       </c>
       <c r="L27" t="n">
         <v>0</v>
       </c>
       <c r="M27" t="inlineStr"/>
       <c r="N27" t="n">
         <v>0</v>
       </c>
       <c r="O27" t="n">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="P27" t="inlineStr">
         <is>
           <t>https://aumishop.ru/glubokoochischayuschaya-penka-dlya-umyvaniya-protiv-akne/</t>
         </is>
       </c>
       <c r="Q27" t="n">
         <v>0</v>
       </c>
       <c r="R27" t="n">
         <v>0</v>
       </c>
       <c r="S27" t="inlineStr"/>
       <c r="T27" t="n">
         <v>0</v>
       </c>
       <c r="U27" t="n">
         <v>0</v>
       </c>
       <c r="V27" t="inlineStr"/>
       <c r="W27" t="n">
         <v>0</v>
       </c>
       <c r="X27" t="n">
         <v>0</v>
@@ -4495,75 +4556,79 @@
       <c r="AA27" t="n">
         <v>0</v>
       </c>
       <c r="AB27" t="inlineStr"/>
       <c r="AC27" t="n">
         <v>0</v>
       </c>
       <c r="AD27" t="n">
         <v>0</v>
       </c>
       <c r="AE27" t="inlineStr"/>
       <c r="AF27" t="n">
         <v>0</v>
       </c>
       <c r="AG27" t="n">
         <v>0</v>
       </c>
       <c r="AH27" t="inlineStr"/>
       <c r="AI27" t="n">
         <v>0</v>
       </c>
       <c r="AJ27" t="n">
         <v>0</v>
       </c>
       <c r="AK27" t="inlineStr"/>
-      <c r="AL27" s="1" t="n">
-[...3 lines deleted...]
-        <v>666</v>
+      <c r="AL27" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM27" t="n">
+        <v>0</v>
       </c>
       <c r="AN27" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/glubokoochischayuschaya-penka-dlya-umyvaniya-protiv-akne-aha-bha-pha-anti-acne-deep-foam-cleanser-180ml</t>
         </is>
       </c>
       <c r="AO27" t="n">
         <v>0</v>
       </c>
       <c r="AP27" t="n">
         <v>0</v>
       </c>
       <c r="AQ27" t="inlineStr"/>
       <c r="AR27" t="n">
         <v>0</v>
       </c>
       <c r="AS27" t="n">
         <v>0</v>
       </c>
-      <c r="AT27" t="inlineStr"/>
+      <c r="AT27" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-aha-bha-pha-anti-acne-deep-foam-cleanser</t>
+        </is>
+      </c>
       <c r="AU27" t="n">
         <v>0</v>
       </c>
       <c r="AV27" t="n">
         <v>0</v>
       </c>
       <c r="AW27" t="inlineStr"/>
       <c r="AX27" t="n">
         <v>0</v>
       </c>
       <c r="AY27" t="n">
         <v>0</v>
       </c>
       <c r="AZ27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>044067</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -4579,137 +4644,137 @@
       <c r="E28" t="n">
         <v>0</v>
       </c>
       <c r="F28" t="n">
         <v>0</v>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="n">
         <v>0</v>
       </c>
       <c r="I28" t="n">
         <v>0</v>
       </c>
       <c r="J28" t="inlineStr"/>
       <c r="K28" t="n">
         <v>0</v>
       </c>
       <c r="L28" t="n">
         <v>0</v>
       </c>
       <c r="M28" t="inlineStr"/>
       <c r="N28" t="n">
         <v>0</v>
       </c>
       <c r="O28" t="n">
-        <v>1125</v>
+        <v>0</v>
       </c>
       <c r="P28" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic_aloe_moisturizing_gel_99_250_/</t>
         </is>
       </c>
       <c r="Q28" t="n">
         <v>0</v>
       </c>
       <c r="R28" t="n">
         <v>0</v>
       </c>
       <c r="S28" t="inlineStr"/>
       <c r="T28" t="n">
         <v>0</v>
       </c>
       <c r="U28" t="n">
         <v>0</v>
       </c>
       <c r="V28" t="inlineStr"/>
       <c r="W28" t="n">
         <v>0</v>
       </c>
       <c r="X28" t="n">
         <v>0</v>
       </c>
       <c r="Y28" t="inlineStr"/>
       <c r="Z28" t="n">
         <v>0</v>
       </c>
       <c r="AA28" t="n">
-        <v>1408</v>
+        <v>0</v>
       </c>
       <c r="AB28" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000248447-aloe-99</t>
         </is>
       </c>
-      <c r="AC28" s="1" t="n">
-        <v>530</v>
+      <c r="AC28" t="n">
+        <v>0</v>
       </c>
       <c r="AD28" t="n">
-        <v>1518</v>
+        <v>0</v>
       </c>
       <c r="AE28" t="inlineStr">
         <is>
           <t>https://mm.ru/product/uvlazhnyayuschij-gel-mistic-2806444?skuId=8038908</t>
         </is>
       </c>
       <c r="AF28" t="n">
         <v>0</v>
       </c>
       <c r="AG28" t="n">
         <v>0</v>
       </c>
       <c r="AH28" t="inlineStr"/>
       <c r="AI28" t="n">
         <v>0</v>
       </c>
       <c r="AJ28" t="n">
         <v>0</v>
       </c>
       <c r="AK28" t="inlineStr"/>
       <c r="AL28" t="n">
         <v>0</v>
       </c>
       <c r="AM28" t="n">
         <v>0</v>
       </c>
       <c r="AN28" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschiy-gel-dlya-litsa-i-tela-s-ekstraktom-aloe-vera-99-aloe-moisturizing-gel-250ml</t>
         </is>
       </c>
       <c r="AO28" t="n">
         <v>0</v>
       </c>
       <c r="AP28" t="n">
         <v>0</v>
       </c>
       <c r="AQ28" t="inlineStr"/>
-      <c r="AR28" s="1" t="n">
-        <v>769</v>
+      <c r="AR28" t="n">
+        <v>0</v>
       </c>
       <c r="AS28" t="n">
-        <v>974</v>
+        <v>0</v>
       </c>
       <c r="AT28" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-aloe-99-moisturizing-gel</t>
         </is>
       </c>
       <c r="AU28" t="n">
         <v>0</v>
       </c>
       <c r="AV28" t="n">
         <v>0</v>
       </c>
       <c r="AW28" t="inlineStr"/>
       <c r="AX28" t="n">
         <v>0</v>
       </c>
       <c r="AY28" t="n">
         <v>0</v>
       </c>
       <c r="AZ28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>044043</t>
@@ -4721,112 +4786,112 @@
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>MISTIC ALOE Shower Gel 99% Гель для душа с экстрактом Алоэ Вера 250мл</t>
         </is>
       </c>
       <c r="D29" t="n">
         <v>799</v>
       </c>
       <c r="E29" t="n">
         <v>0</v>
       </c>
       <c r="F29" t="n">
         <v>0</v>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="n">
         <v>0</v>
       </c>
       <c r="I29" t="n">
         <v>0</v>
       </c>
       <c r="J29" t="inlineStr"/>
       <c r="K29" t="n">
-        <v>850</v>
+        <v>0</v>
       </c>
       <c r="L29" t="n">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M29" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_gel_dlya_dusha_v_assortimente_250ml/</t>
         </is>
       </c>
       <c r="N29" t="n">
         <v>0</v>
       </c>
       <c r="O29" t="n">
-        <v>1025</v>
+        <v>0</v>
       </c>
       <c r="P29" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-aloe-shower-gel-99-gel-dlya-dusha-s-ekstraktom-aloe-vera-250ml/</t>
         </is>
       </c>
       <c r="Q29" t="n">
         <v>0</v>
       </c>
       <c r="R29" t="n">
         <v>0</v>
       </c>
       <c r="S29" t="inlineStr"/>
       <c r="T29" t="n">
         <v>0</v>
       </c>
       <c r="U29" t="n">
         <v>0</v>
       </c>
       <c r="V29" t="inlineStr"/>
       <c r="W29" t="n">
         <v>0</v>
       </c>
       <c r="X29" t="n">
-        <v>999</v>
+        <v>0</v>
       </c>
       <c r="Y29" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/873836_ST/?sphrase_id=15604025</t>
         </is>
       </c>
       <c r="Z29" t="n">
         <v>0</v>
       </c>
       <c r="AA29" t="n">
-        <v>978</v>
+        <v>0</v>
       </c>
       <c r="AB29" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000248445-aloe-99</t>
         </is>
       </c>
-      <c r="AC29" s="1" t="n">
-        <v>370</v>
+      <c r="AC29" t="n">
+        <v>0</v>
       </c>
       <c r="AD29" t="n">
-        <v>1095</v>
+        <v>0</v>
       </c>
       <c r="AE29" t="inlineStr">
         <is>
           <t>https://mm.ru/product/gel-dlya-dusha-2806436?skuId=8038900</t>
         </is>
       </c>
       <c r="AF29" t="n">
         <v>0</v>
       </c>
       <c r="AG29" t="n">
         <v>0</v>
       </c>
       <c r="AH29" t="inlineStr"/>
       <c r="AI29" t="n">
         <v>0</v>
       </c>
       <c r="AJ29" t="n">
         <v>0</v>
       </c>
       <c r="AK29" t="inlineStr"/>
       <c r="AL29" t="n">
         <v>0</v>
       </c>
       <c r="AM29" t="n">
         <v>0</v>
@@ -4880,109 +4945,109 @@
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>MISTIC ALOE VERA Deep Foam Cleanser Глубокоочищающая пенка для умывания с экстрактом Алоэ Вера 180мл</t>
         </is>
       </c>
       <c r="D30" t="n">
         <v>766</v>
       </c>
       <c r="E30" t="n">
         <v>0</v>
       </c>
       <c r="F30" t="n">
         <v>0</v>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="n">
         <v>0</v>
       </c>
       <c r="I30" t="n">
         <v>0</v>
       </c>
       <c r="J30" t="inlineStr"/>
-      <c r="K30" s="1" t="n">
-[...3 lines deleted...]
-        <v>700</v>
+      <c r="K30" t="n">
+        <v>0</v>
+      </c>
+      <c r="L30" t="n">
+        <v>0</v>
       </c>
       <c r="M30" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_penka_dlya_umyvaniya_s_ekstraktom_aloe_vera_180ml/</t>
         </is>
       </c>
       <c r="N30" t="n">
         <v>0</v>
       </c>
       <c r="O30" t="n">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="P30" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-aloe-vera-deep-foam-cleanser-glubokoochischayuschaya-penka-dlya-umyvaniya-s-ekstraktom-aloe-vera-180ml/</t>
         </is>
       </c>
       <c r="Q30" t="n">
         <v>0</v>
       </c>
       <c r="R30" t="n">
         <v>0</v>
       </c>
       <c r="S30" t="inlineStr"/>
       <c r="T30" t="n">
         <v>0</v>
       </c>
       <c r="U30" t="n">
         <v>0</v>
       </c>
       <c r="V30" t="inlineStr"/>
       <c r="W30" t="n">
         <v>0</v>
       </c>
       <c r="X30" t="n">
         <v>0</v>
       </c>
       <c r="Y30" t="inlineStr"/>
       <c r="Z30" t="n">
         <v>0</v>
       </c>
       <c r="AA30" t="n">
-        <v>1110</v>
+        <v>0</v>
       </c>
       <c r="AB30" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000248452-aloe-vera</t>
         </is>
       </c>
-      <c r="AC30" s="1" t="n">
-[...3 lines deleted...]
-        <v>666</v>
+      <c r="AC30" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD30" t="n">
+        <v>0</v>
       </c>
       <c r="AE30" t="inlineStr">
         <is>
           <t>https://mm.ru/product/glubokoochischayuschaya-penka-dlya-2806427?skuId=8038891</t>
         </is>
       </c>
       <c r="AF30" t="n">
         <v>0</v>
       </c>
       <c r="AG30" t="n">
         <v>0</v>
       </c>
       <c r="AH30" t="inlineStr"/>
       <c r="AI30" t="n">
         <v>0</v>
       </c>
       <c r="AJ30" t="n">
         <v>0</v>
       </c>
       <c r="AK30" t="inlineStr"/>
       <c r="AL30" t="n">
         <v>0</v>
       </c>
       <c r="AM30" t="n">
         <v>0</v>
@@ -4991,55 +5056,55 @@
         <is>
           <t>https://randewoo.ru/product/glubokoochischayuschaya-penka-dlya-umyvaniya-s-ekstraktom-aloe-vera-aloe-vera-deep-foam-cleanser-180ml</t>
         </is>
       </c>
       <c r="AO30" t="n">
         <v>0</v>
       </c>
       <c r="AP30" t="n">
         <v>0</v>
       </c>
       <c r="AQ30" t="inlineStr"/>
       <c r="AR30" t="n">
         <v>0</v>
       </c>
       <c r="AS30" t="n">
         <v>0</v>
       </c>
       <c r="AT30" t="inlineStr"/>
       <c r="AU30" t="n">
         <v>0</v>
       </c>
       <c r="AV30" t="n">
         <v>0</v>
       </c>
       <c r="AW30" t="inlineStr"/>
-      <c r="AX30" s="1" t="n">
-        <v>742</v>
+      <c r="AX30" t="n">
+        <v>0</v>
       </c>
       <c r="AY30" t="n">
-        <v>1855</v>
+        <v>0</v>
       </c>
       <c r="AZ30" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/penki_i_geli/mistic_glubokoochishchayushchaya_penka_dlya_umyvaniya_s_ekstraktom_aloe_vera_aloe_vera_deep_foam_cle/</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>150145</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>MISTIC AYURVEDIC CHEBULA Deep Foam Cleanser Глубокоочищающая пенка для умывания с экстрактом аюрведической чебулы 180мл</t>
         </is>
       </c>
       <c r="D31" t="n">
         <v>766</v>
@@ -5047,133 +5112,133 @@
       <c r="E31" t="n">
         <v>0</v>
       </c>
       <c r="F31" t="n">
         <v>0</v>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="n">
         <v>0</v>
       </c>
       <c r="I31" t="n">
         <v>0</v>
       </c>
       <c r="J31" t="inlineStr"/>
       <c r="K31" t="n">
         <v>0</v>
       </c>
       <c r="L31" t="n">
         <v>0</v>
       </c>
       <c r="M31" t="inlineStr"/>
       <c r="N31" t="n">
         <v>0</v>
       </c>
       <c r="O31" t="n">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="P31" t="inlineStr">
         <is>
           <t>https://aumishop.ru/ochischayuschaya-penka-dlya-umyvaniya-s-ekstraktom-ayurvedicheskoj-chebuly-mistic-ayurvedic-chebula-deep-foam-cleanser-180ml/</t>
         </is>
       </c>
       <c r="Q31" t="n">
         <v>0</v>
       </c>
       <c r="R31" t="n">
         <v>0</v>
       </c>
       <c r="S31" t="inlineStr"/>
       <c r="T31" t="n">
         <v>0</v>
       </c>
       <c r="U31" t="n">
         <v>0</v>
       </c>
       <c r="V31" t="inlineStr"/>
       <c r="W31" t="n">
         <v>0</v>
       </c>
       <c r="X31" t="n">
         <v>0</v>
       </c>
       <c r="Y31" t="inlineStr"/>
       <c r="Z31" t="n">
         <v>0</v>
       </c>
       <c r="AA31" t="n">
-        <v>978</v>
+        <v>0</v>
       </c>
       <c r="AB31" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000332116-ayurvedic-chebula</t>
         </is>
       </c>
       <c r="AC31" t="n">
         <v>0</v>
       </c>
       <c r="AD31" t="n">
         <v>0</v>
       </c>
       <c r="AE31" t="inlineStr"/>
       <c r="AF31" t="n">
         <v>0</v>
       </c>
       <c r="AG31" t="n">
         <v>0</v>
       </c>
       <c r="AH31" t="inlineStr"/>
       <c r="AI31" t="n">
         <v>0</v>
       </c>
       <c r="AJ31" t="n">
         <v>0</v>
       </c>
       <c r="AK31" t="inlineStr"/>
       <c r="AL31" t="n">
         <v>0</v>
       </c>
       <c r="AM31" t="n">
         <v>0</v>
       </c>
       <c r="AN31" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/glubokoochischayuschaya-penka-dlya-umyvaniya-s-ekstraktom-ayurvedicheskoy-chebuly-ayurvedic-chebula-deep-foam-cleanser-180ml</t>
         </is>
       </c>
       <c r="AO31" t="n">
         <v>0</v>
       </c>
       <c r="AP31" t="n">
         <v>0</v>
       </c>
       <c r="AQ31" t="inlineStr"/>
       <c r="AR31" t="n">
-        <v>769</v>
+        <v>0</v>
       </c>
       <c r="AS31" t="n">
-        <v>974</v>
+        <v>0</v>
       </c>
       <c r="AT31" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-ayurvedic-chebula-deep-foam-cleanser</t>
         </is>
       </c>
       <c r="AU31" t="n">
         <v>0</v>
       </c>
       <c r="AV31" t="n">
         <v>0</v>
       </c>
       <c r="AW31" t="inlineStr"/>
       <c r="AX31" t="n">
         <v>0</v>
       </c>
       <c r="AY31" t="n">
         <v>0</v>
       </c>
       <c r="AZ31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>150121</t>
@@ -5195,137 +5260,137 @@
       <c r="E32" t="n">
         <v>0</v>
       </c>
       <c r="F32" t="n">
         <v>0</v>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="n">
         <v>0</v>
       </c>
       <c r="I32" t="n">
         <v>0</v>
       </c>
       <c r="J32" t="inlineStr"/>
       <c r="K32" t="n">
         <v>0</v>
       </c>
       <c r="L32" t="n">
         <v>0</v>
       </c>
       <c r="M32" t="inlineStr"/>
       <c r="N32" t="n">
         <v>0</v>
       </c>
       <c r="O32" t="n">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="P32" t="inlineStr">
         <is>
           <t>https://aumishop.ru/gluboko-ochischayuschaya-penka-piling-dlya-umyvaniya-s-sodoj-mistic-baking-powder-deep-foam-cleanser-180ml/</t>
         </is>
       </c>
       <c r="Q32" t="n">
         <v>0</v>
       </c>
       <c r="R32" t="n">
         <v>0</v>
       </c>
       <c r="S32" t="inlineStr"/>
       <c r="T32" t="n">
         <v>0</v>
       </c>
       <c r="U32" t="n">
         <v>0</v>
       </c>
       <c r="V32" t="inlineStr"/>
       <c r="W32" t="n">
         <v>0</v>
       </c>
       <c r="X32" t="n">
         <v>0</v>
       </c>
       <c r="Y32" t="inlineStr"/>
       <c r="Z32" t="n">
         <v>0</v>
       </c>
       <c r="AA32" t="n">
-        <v>978</v>
+        <v>0</v>
       </c>
       <c r="AB32" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000332122-baking-powder</t>
         </is>
       </c>
       <c r="AC32" t="n">
         <v>0</v>
       </c>
       <c r="AD32" t="n">
         <v>0</v>
       </c>
       <c r="AE32" t="inlineStr"/>
       <c r="AF32" t="n">
         <v>0</v>
       </c>
       <c r="AG32" t="n">
         <v>0</v>
       </c>
       <c r="AH32" t="inlineStr"/>
       <c r="AI32" t="n">
         <v>0</v>
       </c>
       <c r="AJ32" t="n">
         <v>0</v>
       </c>
       <c r="AK32" t="inlineStr"/>
-      <c r="AL32" s="1" t="n">
-[...3 lines deleted...]
-        <v>666</v>
+      <c r="AL32" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM32" t="n">
+        <v>0</v>
       </c>
       <c r="AN32" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/glubokoochischayuschaya-penka-piling-dlya-umyvaniya-s-sodoy-baking-powder-deep-foam-cleanser-180ml</t>
         </is>
       </c>
       <c r="AO32" t="n">
         <v>0</v>
       </c>
       <c r="AP32" t="n">
-        <v>789</v>
+        <v>0</v>
       </c>
       <c r="AQ32" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/143532</t>
         </is>
       </c>
       <c r="AR32" t="n">
-        <v>769</v>
+        <v>0</v>
       </c>
       <c r="AS32" t="n">
-        <v>974</v>
+        <v>0</v>
       </c>
       <c r="AT32" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-baking-powder-deep-foam-cleanser</t>
         </is>
       </c>
       <c r="AU32" t="n">
         <v>0</v>
       </c>
       <c r="AV32" t="n">
         <v>0</v>
       </c>
       <c r="AW32" t="inlineStr"/>
       <c r="AX32" t="n">
         <v>0</v>
       </c>
       <c r="AY32" t="n">
         <v>0</v>
       </c>
       <c r="AZ32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>044012</t>
@@ -5347,94 +5412,94 @@
       <c r="E33" t="n">
         <v>0</v>
       </c>
       <c r="F33" t="n">
         <v>0</v>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="n">
         <v>0</v>
       </c>
       <c r="I33" t="n">
         <v>0</v>
       </c>
       <c r="J33" t="inlineStr"/>
       <c r="K33" t="n">
         <v>0</v>
       </c>
       <c r="L33" t="n">
         <v>0</v>
       </c>
       <c r="M33" t="inlineStr"/>
       <c r="N33" t="n">
         <v>0</v>
       </c>
       <c r="O33" t="n">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="P33" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-black-charcoal-deep-foam-cleanser-glubokoochischayuschaya-penka-dlya-umyvaniya-s-drevesnym-uglem-180ml/</t>
         </is>
       </c>
       <c r="Q33" t="n">
         <v>0</v>
       </c>
       <c r="R33" t="n">
         <v>0</v>
       </c>
       <c r="S33" t="inlineStr"/>
       <c r="T33" t="n">
         <v>0</v>
       </c>
       <c r="U33" t="n">
         <v>0</v>
       </c>
       <c r="V33" t="inlineStr"/>
       <c r="W33" t="n">
         <v>0</v>
       </c>
       <c r="X33" t="n">
         <v>0</v>
       </c>
       <c r="Y33" t="inlineStr"/>
       <c r="Z33" t="n">
         <v>0</v>
       </c>
       <c r="AA33" t="n">
-        <v>1110</v>
+        <v>0</v>
       </c>
       <c r="AB33" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000248453-black-charcoal</t>
         </is>
       </c>
-      <c r="AC33" s="1" t="n">
-        <v>370</v>
+      <c r="AC33" t="n">
+        <v>0</v>
       </c>
       <c r="AD33" t="n">
-        <v>1074</v>
+        <v>0</v>
       </c>
       <c r="AE33" t="inlineStr">
         <is>
           <t>https://mm.ru/product/glubokoochischayuschaya-penka-dlya-2806429?skuId=8038893</t>
         </is>
       </c>
       <c r="AF33" t="n">
         <v>0</v>
       </c>
       <c r="AG33" t="n">
         <v>0</v>
       </c>
       <c r="AH33" t="inlineStr"/>
       <c r="AI33" t="n">
         <v>0</v>
       </c>
       <c r="AJ33" t="n">
         <v>0</v>
       </c>
       <c r="AK33" t="inlineStr"/>
       <c r="AL33" t="n">
         <v>0</v>
       </c>
       <c r="AM33" t="n">
         <v>0</v>
@@ -5484,148 +5549,148 @@
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>MISTIC CALLENDULA &amp; СHAMOMILE Deep Foam Cleanser Глубокоочищающая пенка для умывания с экстрактом календулы и ромашки 180мл</t>
         </is>
       </c>
       <c r="D34" t="n">
         <v>766</v>
       </c>
       <c r="E34" t="n">
         <v>0</v>
       </c>
       <c r="F34" t="n">
         <v>0</v>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="n">
         <v>0</v>
       </c>
       <c r="I34" t="n">
         <v>0</v>
       </c>
       <c r="J34" t="inlineStr"/>
-      <c r="K34" s="1" t="n">
-        <v>757</v>
+      <c r="K34" t="n">
+        <v>0</v>
       </c>
       <c r="L34" t="n">
-        <v>890</v>
+        <v>0</v>
       </c>
       <c r="M34" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_penka_d_umyvaniya_s_ekstraktom_kalenduly_i_romashki_180ml/</t>
         </is>
       </c>
       <c r="N34" t="n">
         <v>0</v>
       </c>
       <c r="O34" t="n">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="P34" t="inlineStr">
         <is>
           <t>https://aumishop.ru/ochischayuschaya-penka-dlya-umyvaniya-s-ekstraktom-kalenduly-i-romashki-mistic-callendula-and-shamomile-deep-foam-cleanser-180ml/</t>
         </is>
       </c>
       <c r="Q34" t="n">
         <v>0</v>
       </c>
       <c r="R34" t="n">
         <v>0</v>
       </c>
       <c r="S34" t="inlineStr"/>
       <c r="T34" t="n">
         <v>0</v>
       </c>
       <c r="U34" t="n">
         <v>0</v>
       </c>
       <c r="V34" t="inlineStr"/>
       <c r="W34" t="n">
         <v>0</v>
       </c>
       <c r="X34" t="n">
         <v>0</v>
       </c>
       <c r="Y34" t="inlineStr"/>
       <c r="Z34" t="n">
         <v>0</v>
       </c>
       <c r="AA34" t="n">
-        <v>978</v>
+        <v>0</v>
       </c>
       <c r="AB34" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000332117-callendula-shamomile</t>
         </is>
       </c>
       <c r="AC34" t="n">
         <v>0</v>
       </c>
       <c r="AD34" t="n">
         <v>0</v>
       </c>
       <c r="AE34" t="inlineStr"/>
       <c r="AF34" t="n">
         <v>0</v>
       </c>
       <c r="AG34" t="n">
         <v>0</v>
       </c>
       <c r="AH34" t="inlineStr"/>
       <c r="AI34" t="n">
         <v>0</v>
       </c>
       <c r="AJ34" t="n">
         <v>0</v>
       </c>
       <c r="AK34" t="inlineStr"/>
-      <c r="AL34" s="1" t="n">
-[...3 lines deleted...]
-        <v>666</v>
+      <c r="AL34" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM34" t="n">
+        <v>0</v>
       </c>
       <c r="AN34" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/glubokoochischayuschaya-penka-dlya-umyvaniya-s-ekstraktom-kalenduly-i-romashki-callendula-deep-foam-cleanser-180ml</t>
         </is>
       </c>
       <c r="AO34" t="n">
         <v>0</v>
       </c>
       <c r="AP34" t="n">
         <v>0</v>
       </c>
       <c r="AQ34" t="inlineStr"/>
       <c r="AR34" t="n">
-        <v>769</v>
+        <v>0</v>
       </c>
       <c r="AS34" t="n">
-        <v>974</v>
+        <v>0</v>
       </c>
       <c r="AT34" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-calendula-chamomile-deep-foam-cleanser</t>
         </is>
       </c>
       <c r="AU34" t="n">
         <v>0</v>
       </c>
       <c r="AV34" t="n">
         <v>0</v>
       </c>
       <c r="AW34" t="inlineStr"/>
       <c r="AX34" t="n">
         <v>0</v>
       </c>
       <c r="AY34" t="n">
         <v>0</v>
       </c>
       <c r="AZ34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>150169</t>
@@ -5647,133 +5712,133 @@
       <c r="E35" t="n">
         <v>0</v>
       </c>
       <c r="F35" t="n">
         <v>0</v>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="n">
         <v>0</v>
       </c>
       <c r="I35" t="n">
         <v>0</v>
       </c>
       <c r="J35" t="inlineStr"/>
       <c r="K35" t="n">
         <v>0</v>
       </c>
       <c r="L35" t="n">
         <v>0</v>
       </c>
       <c r="M35" t="inlineStr"/>
       <c r="N35" t="n">
         <v>0</v>
       </c>
       <c r="O35" t="n">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="P35" t="inlineStr">
         <is>
           <t>https://aumishop.ru/ochischayuschaya-slivochnaya-penka-dlya-umyvaniya-s-kolloidnym-ovsyanym-toloknom-mistic-cream-and-oatmeal-deep-foam-cleanser-180ml/</t>
         </is>
       </c>
       <c r="Q35" t="n">
         <v>0</v>
       </c>
       <c r="R35" t="n">
         <v>0</v>
       </c>
       <c r="S35" t="inlineStr"/>
       <c r="T35" t="n">
         <v>0</v>
       </c>
       <c r="U35" t="n">
         <v>0</v>
       </c>
       <c r="V35" t="inlineStr"/>
       <c r="W35" t="n">
         <v>0</v>
       </c>
       <c r="X35" t="n">
         <v>0</v>
       </c>
       <c r="Y35" t="inlineStr"/>
       <c r="Z35" t="n">
         <v>0</v>
       </c>
       <c r="AA35" t="n">
-        <v>978</v>
+        <v>0</v>
       </c>
       <c r="AB35" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000332118-cream-oatmeal</t>
         </is>
       </c>
       <c r="AC35" t="n">
         <v>0</v>
       </c>
       <c r="AD35" t="n">
         <v>0</v>
       </c>
       <c r="AE35" t="inlineStr"/>
       <c r="AF35" t="n">
         <v>0</v>
       </c>
       <c r="AG35" t="n">
         <v>0</v>
       </c>
       <c r="AH35" t="inlineStr"/>
       <c r="AI35" t="n">
         <v>0</v>
       </c>
       <c r="AJ35" t="n">
         <v>0</v>
       </c>
       <c r="AK35" t="inlineStr"/>
       <c r="AL35" t="n">
         <v>0</v>
       </c>
       <c r="AM35" t="n">
         <v>0</v>
       </c>
       <c r="AN35" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/glubokoochischayuschaya-slivochnaya-penka-dlya-umyvaniya-s-kolloidnym-ovsyanym-toloknom-cream-oatmeal-deep-foam-cleanser-180ml</t>
         </is>
       </c>
       <c r="AO35" t="n">
         <v>0</v>
       </c>
       <c r="AP35" t="n">
         <v>0</v>
       </c>
       <c r="AQ35" t="inlineStr"/>
       <c r="AR35" t="n">
-        <v>769</v>
+        <v>0</v>
       </c>
       <c r="AS35" t="n">
-        <v>974</v>
+        <v>0</v>
       </c>
       <c r="AT35" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-cream-oatmeal-deep-foam-cleanser</t>
         </is>
       </c>
       <c r="AU35" t="n">
         <v>0</v>
       </c>
       <c r="AV35" t="n">
         <v>0</v>
       </c>
       <c r="AW35" t="inlineStr"/>
       <c r="AX35" t="n">
         <v>0</v>
       </c>
       <c r="AY35" t="n">
         <v>0</v>
       </c>
       <c r="AZ35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>150152</t>
@@ -5795,133 +5860,133 @@
       <c r="E36" t="n">
         <v>0</v>
       </c>
       <c r="F36" t="n">
         <v>0</v>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="n">
         <v>0</v>
       </c>
       <c r="I36" t="n">
         <v>0</v>
       </c>
       <c r="J36" t="inlineStr"/>
       <c r="K36" t="n">
         <v>0</v>
       </c>
       <c r="L36" t="n">
         <v>0</v>
       </c>
       <c r="M36" t="inlineStr"/>
       <c r="N36" t="n">
         <v>0</v>
       </c>
       <c r="O36" t="n">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="P36" t="inlineStr">
         <is>
           <t>https://aumishop.ru/ochischayuschaya-penka-dlya-umyvaniya-s-membranoj-yaichnoj-skorlupy-i-lipidami-yaichnogo-zheltka-180ml-mistic-egg-shell-white-and-yolk-deep-foam-cleanser/</t>
         </is>
       </c>
       <c r="Q36" t="n">
         <v>0</v>
       </c>
       <c r="R36" t="n">
         <v>0</v>
       </c>
       <c r="S36" t="inlineStr"/>
       <c r="T36" t="n">
         <v>0</v>
       </c>
       <c r="U36" t="n">
         <v>0</v>
       </c>
       <c r="V36" t="inlineStr"/>
       <c r="W36" t="n">
         <v>0</v>
       </c>
       <c r="X36" t="n">
         <v>0</v>
       </c>
       <c r="Y36" t="inlineStr"/>
       <c r="Z36" t="n">
         <v>0</v>
       </c>
       <c r="AA36" t="n">
-        <v>978</v>
+        <v>0</v>
       </c>
       <c r="AB36" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000332121-white-yolk</t>
         </is>
       </c>
       <c r="AC36" t="n">
         <v>0</v>
       </c>
       <c r="AD36" t="n">
         <v>0</v>
       </c>
       <c r="AE36" t="inlineStr"/>
       <c r="AF36" t="n">
         <v>0</v>
       </c>
       <c r="AG36" t="n">
         <v>0</v>
       </c>
       <c r="AH36" t="inlineStr"/>
       <c r="AI36" t="n">
         <v>0</v>
       </c>
       <c r="AJ36" t="n">
         <v>0</v>
       </c>
       <c r="AK36" t="inlineStr"/>
-      <c r="AL36" s="1" t="n">
-[...3 lines deleted...]
-        <v>666</v>
+      <c r="AL36" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM36" t="n">
+        <v>0</v>
       </c>
       <c r="AN36" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/glubokoochischayuschaya-penka-dlya-umyvaniya-s-membranoy-yaichnoy-skorlupy-i-lipidami-yaichnogo-zheltka-egg-shell-deep-foam-cleanser-180ml</t>
         </is>
       </c>
       <c r="AO36" t="n">
         <v>0</v>
       </c>
       <c r="AP36" t="n">
         <v>0</v>
       </c>
       <c r="AQ36" t="inlineStr"/>
       <c r="AR36" t="n">
-        <v>769</v>
+        <v>0</v>
       </c>
       <c r="AS36" t="n">
-        <v>974</v>
+        <v>0</v>
       </c>
       <c r="AT36" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-egg-shell-deep-foam-cleanser</t>
         </is>
       </c>
       <c r="AU36" t="n">
         <v>0</v>
       </c>
       <c r="AV36" t="n">
         <v>0</v>
       </c>
       <c r="AW36" t="inlineStr"/>
       <c r="AX36" t="n">
         <v>0</v>
       </c>
       <c r="AY36" t="n">
         <v>0</v>
       </c>
       <c r="AZ36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>044029</t>
@@ -5932,109 +5997,109 @@
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>MISTIC GREEN BAMBOO Deep Foam Cleanser Глубокоочищающая пенка для умывания с экстрактом бамбука 180мл</t>
         </is>
       </c>
       <c r="D37" t="n">
         <v>766</v>
       </c>
       <c r="E37" t="n">
         <v>0</v>
       </c>
       <c r="F37" t="n">
         <v>0</v>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="n">
         <v>0</v>
       </c>
       <c r="I37" t="n">
         <v>0</v>
       </c>
       <c r="J37" t="inlineStr"/>
-      <c r="K37" s="1" t="n">
-[...3 lines deleted...]
-        <v>700</v>
+      <c r="K37" t="n">
+        <v>0</v>
+      </c>
+      <c r="L37" t="n">
+        <v>0</v>
       </c>
       <c r="M37" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_penka_dlya_umyvaniya_s_ekstraktom_bambuka_180ml/</t>
         </is>
       </c>
       <c r="N37" t="n">
         <v>0</v>
       </c>
       <c r="O37" t="n">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="P37" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-green-bamboo-deep-foam-cleanser-glubokoochischayuschaya-penka-dlya-umyvaniya-s-ekstraktom-bambuka-180ml/</t>
         </is>
       </c>
       <c r="Q37" t="n">
         <v>0</v>
       </c>
       <c r="R37" t="n">
         <v>0</v>
       </c>
       <c r="S37" t="inlineStr"/>
       <c r="T37" t="n">
         <v>0</v>
       </c>
       <c r="U37" t="n">
         <v>0</v>
       </c>
       <c r="V37" t="inlineStr"/>
       <c r="W37" t="n">
         <v>0</v>
       </c>
       <c r="X37" t="n">
         <v>0</v>
       </c>
       <c r="Y37" t="inlineStr"/>
       <c r="Z37" t="n">
         <v>0</v>
       </c>
       <c r="AA37" t="n">
-        <v>1110</v>
+        <v>0</v>
       </c>
       <c r="AB37" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000248454-green-bamboo</t>
         </is>
       </c>
-      <c r="AC37" s="1" t="n">
-        <v>370</v>
+      <c r="AC37" t="n">
+        <v>0</v>
       </c>
       <c r="AD37" t="n">
-        <v>1060</v>
+        <v>0</v>
       </c>
       <c r="AE37" t="inlineStr">
         <is>
           <t>https://mm.ru/product/glubokoochischayuschaya-penka-dlya-2806425?skuId=8038889</t>
         </is>
       </c>
       <c r="AF37" t="n">
         <v>0</v>
       </c>
       <c r="AG37" t="n">
         <v>0</v>
       </c>
       <c r="AH37" t="inlineStr"/>
       <c r="AI37" t="n">
         <v>0</v>
       </c>
       <c r="AJ37" t="n">
         <v>0</v>
       </c>
       <c r="AK37" t="inlineStr"/>
       <c r="AL37" t="n">
         <v>0</v>
       </c>
       <c r="AM37" t="n">
         <v>0</v>
@@ -6095,51 +6160,51 @@
       <c r="E38" t="n">
         <v>0</v>
       </c>
       <c r="F38" t="n">
         <v>0</v>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="n">
         <v>0</v>
       </c>
       <c r="I38" t="n">
         <v>0</v>
       </c>
       <c r="J38" t="inlineStr"/>
       <c r="K38" t="n">
         <v>0</v>
       </c>
       <c r="L38" t="n">
         <v>0</v>
       </c>
       <c r="M38" t="inlineStr"/>
       <c r="N38" t="n">
         <v>0</v>
       </c>
       <c r="O38" t="n">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="P38" t="inlineStr">
         <is>
           <t>https://aumishop.ru/kremovaya-penka-dlya-umyvaniya-ekstraktom-cvetkov-lotosa/</t>
         </is>
       </c>
       <c r="Q38" t="n">
         <v>0</v>
       </c>
       <c r="R38" t="n">
         <v>0</v>
       </c>
       <c r="S38" t="inlineStr"/>
       <c r="T38" t="n">
         <v>0</v>
       </c>
       <c r="U38" t="n">
         <v>0</v>
       </c>
       <c r="V38" t="inlineStr"/>
       <c r="W38" t="n">
         <v>0</v>
       </c>
       <c r="X38" t="n">
         <v>0</v>
@@ -6151,221 +6216,225 @@
       <c r="AA38" t="n">
         <v>0</v>
       </c>
       <c r="AB38" t="inlineStr"/>
       <c r="AC38" t="n">
         <v>0</v>
       </c>
       <c r="AD38" t="n">
         <v>0</v>
       </c>
       <c r="AE38" t="inlineStr"/>
       <c r="AF38" t="n">
         <v>0</v>
       </c>
       <c r="AG38" t="n">
         <v>0</v>
       </c>
       <c r="AH38" t="inlineStr"/>
       <c r="AI38" t="n">
         <v>0</v>
       </c>
       <c r="AJ38" t="n">
         <v>0</v>
       </c>
       <c r="AK38" t="inlineStr"/>
-      <c r="AL38" s="1" t="n">
-[...3 lines deleted...]
-        <v>666</v>
+      <c r="AL38" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM38" t="n">
+        <v>0</v>
       </c>
       <c r="AN38" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/kremovaya-penka-dlya-umyvaniya-s-ekstraktom-tsvetkov-lotosa-lotus-flower-deep-foam-cleanser-180ml</t>
         </is>
       </c>
       <c r="AO38" t="n">
         <v>0</v>
       </c>
       <c r="AP38" t="n">
         <v>0</v>
       </c>
       <c r="AQ38" t="inlineStr"/>
       <c r="AR38" t="n">
         <v>0</v>
       </c>
       <c r="AS38" t="n">
         <v>0</v>
       </c>
-      <c r="AT38" t="inlineStr"/>
+      <c r="AT38" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-lotus-flower-deep-foam-cleanser</t>
+        </is>
+      </c>
       <c r="AU38" t="n">
         <v>0</v>
       </c>
       <c r="AV38" t="n">
         <v>0</v>
       </c>
       <c r="AW38" t="inlineStr"/>
       <c r="AX38" t="n">
         <v>0</v>
       </c>
       <c r="AY38" t="n">
         <v>0</v>
       </c>
       <c r="AZ38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>150114</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>MISTIC PANTHENOL (B5) Deep Foam Cleanser Глубокоочищающая пенка для умывания с пантенолом (витамином В5) 180мл</t>
         </is>
       </c>
       <c r="D39" t="n">
         <v>766</v>
       </c>
       <c r="E39" t="n">
         <v>0</v>
       </c>
       <c r="F39" t="n">
         <v>0</v>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="n">
         <v>0</v>
       </c>
       <c r="I39" t="n">
         <v>0</v>
       </c>
       <c r="J39" t="inlineStr"/>
-      <c r="K39" s="1" t="n">
-        <v>757</v>
+      <c r="K39" t="n">
+        <v>0</v>
       </c>
       <c r="L39" t="n">
-        <v>890</v>
+        <v>0</v>
       </c>
       <c r="M39" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_penka_d_umyvaniya_s_pantenolom_180_ml/</t>
         </is>
       </c>
       <c r="N39" t="n">
         <v>0</v>
       </c>
       <c r="O39" t="n">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="P39" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-panthenol-b5-deep-foam-cleanser-glubokoochischayuschaya-penka-dlya-umyvaniya-s-pantenolom-vitaminom/</t>
         </is>
       </c>
       <c r="Q39" t="n">
         <v>0</v>
       </c>
       <c r="R39" t="n">
         <v>0</v>
       </c>
       <c r="S39" t="inlineStr"/>
       <c r="T39" t="n">
         <v>0</v>
       </c>
       <c r="U39" t="n">
         <v>0</v>
       </c>
       <c r="V39" t="inlineStr"/>
       <c r="W39" t="n">
         <v>0</v>
       </c>
       <c r="X39" t="n">
         <v>0</v>
       </c>
       <c r="Y39" t="inlineStr"/>
       <c r="Z39" t="n">
         <v>0</v>
       </c>
       <c r="AA39" t="n">
-        <v>1220</v>
+        <v>0</v>
       </c>
       <c r="AB39" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000332119-panthenol-b5</t>
         </is>
       </c>
       <c r="AC39" t="n">
         <v>0</v>
       </c>
       <c r="AD39" t="n">
         <v>0</v>
       </c>
       <c r="AE39" t="inlineStr"/>
       <c r="AF39" t="n">
         <v>0</v>
       </c>
       <c r="AG39" t="n">
         <v>0</v>
       </c>
       <c r="AH39" t="inlineStr"/>
       <c r="AI39" t="n">
         <v>0</v>
       </c>
       <c r="AJ39" t="n">
         <v>0</v>
       </c>
       <c r="AK39" t="inlineStr"/>
       <c r="AL39" t="n">
         <v>0</v>
       </c>
       <c r="AM39" t="n">
         <v>0</v>
       </c>
       <c r="AN39" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/glubokoochischayuschaya-penka-dlya-umyvaniya-s-pantenolom-b5-panthenol-deep-foam-cleanser-180ml</t>
         </is>
       </c>
       <c r="AO39" t="n">
         <v>0</v>
       </c>
       <c r="AP39" t="n">
         <v>0</v>
       </c>
       <c r="AQ39" t="inlineStr"/>
       <c r="AR39" t="n">
-        <v>769</v>
+        <v>0</v>
       </c>
       <c r="AS39" t="n">
-        <v>974</v>
+        <v>0</v>
       </c>
       <c r="AT39" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-panthenol-b5-deep-foam-cleanser</t>
         </is>
       </c>
       <c r="AU39" t="n">
         <v>0</v>
       </c>
       <c r="AV39" t="n">
         <v>0</v>
       </c>
       <c r="AW39" t="inlineStr"/>
       <c r="AX39" t="n">
         <v>0</v>
       </c>
       <c r="AY39" t="n">
         <v>0</v>
       </c>
       <c r="AZ39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>150183</t>
@@ -6387,51 +6456,51 @@
       <c r="E40" t="n">
         <v>0</v>
       </c>
       <c r="F40" t="n">
         <v>0</v>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="n">
         <v>0</v>
       </c>
       <c r="I40" t="n">
         <v>0</v>
       </c>
       <c r="J40" t="inlineStr"/>
       <c r="K40" t="n">
         <v>0</v>
       </c>
       <c r="L40" t="n">
         <v>0</v>
       </c>
       <c r="M40" t="inlineStr"/>
       <c r="N40" t="n">
         <v>0</v>
       </c>
       <c r="O40" t="n">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="P40" t="inlineStr">
         <is>
           <t>https://aumishop.ru/glubokoochischayuschaya-penka-dlya-umyvaniya-s-ekstraktom-yabloka/</t>
         </is>
       </c>
       <c r="Q40" t="n">
         <v>0</v>
       </c>
       <c r="R40" t="n">
         <v>0</v>
       </c>
       <c r="S40" t="inlineStr"/>
       <c r="T40" t="n">
         <v>0</v>
       </c>
       <c r="U40" t="n">
         <v>0</v>
       </c>
       <c r="V40" t="inlineStr"/>
       <c r="W40" t="n">
         <v>0</v>
       </c>
       <c r="X40" t="n">
         <v>0</v>
@@ -6443,207 +6512,211 @@
       <c r="AA40" t="n">
         <v>0</v>
       </c>
       <c r="AB40" t="inlineStr"/>
       <c r="AC40" t="n">
         <v>0</v>
       </c>
       <c r="AD40" t="n">
         <v>0</v>
       </c>
       <c r="AE40" t="inlineStr"/>
       <c r="AF40" t="n">
         <v>0</v>
       </c>
       <c r="AG40" t="n">
         <v>0</v>
       </c>
       <c r="AH40" t="inlineStr"/>
       <c r="AI40" t="n">
         <v>0</v>
       </c>
       <c r="AJ40" t="n">
         <v>0</v>
       </c>
       <c r="AK40" t="inlineStr"/>
-      <c r="AL40" s="1" t="n">
-[...3 lines deleted...]
-        <v>666</v>
+      <c r="AL40" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM40" t="n">
+        <v>0</v>
       </c>
       <c r="AN40" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/glubokoochischayuschaya-penka-dlya-umyvaniya-s-ekstraktom-yabloka-precious-apple-deep-foam-cleanser-180ml</t>
         </is>
       </c>
       <c r="AO40" t="n">
         <v>0</v>
       </c>
       <c r="AP40" t="n">
         <v>0</v>
       </c>
       <c r="AQ40" t="inlineStr"/>
       <c r="AR40" t="n">
         <v>0</v>
       </c>
       <c r="AS40" t="n">
         <v>0</v>
       </c>
-      <c r="AT40" t="inlineStr"/>
+      <c r="AT40" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-precious-apple-deep-foam-cleanser</t>
+        </is>
+      </c>
       <c r="AU40" t="n">
         <v>0</v>
       </c>
       <c r="AV40" t="n">
         <v>0</v>
       </c>
       <c r="AW40" t="inlineStr"/>
       <c r="AX40" t="n">
         <v>0</v>
       </c>
       <c r="AY40" t="n">
         <v>0</v>
       </c>
       <c r="AZ40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>044036</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>MISTIC RED GRAPEFRUIT Deep Foam Cleanser Глубокоочищающая пенка для умывания с экстрактом красного грейпфрута 180мл</t>
         </is>
       </c>
       <c r="D41" t="n">
         <v>766</v>
       </c>
       <c r="E41" t="n">
         <v>0</v>
       </c>
       <c r="F41" t="n">
         <v>0</v>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="n">
         <v>0</v>
       </c>
       <c r="I41" t="n">
         <v>0</v>
       </c>
       <c r="J41" t="inlineStr"/>
-      <c r="K41" s="1" t="n">
-[...3 lines deleted...]
-        <v>720</v>
+      <c r="K41" t="n">
+        <v>0</v>
+      </c>
+      <c r="L41" t="n">
+        <v>0</v>
       </c>
       <c r="M41" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_penka_dlya_umyvaniya_s_ekstraktom_krasnogo_greypfrukta_180ml/</t>
         </is>
       </c>
       <c r="N41" t="n">
         <v>0</v>
       </c>
       <c r="O41" t="n">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="P41" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-red-grapefruit-deep-foam-cleanser-glubokoochischayuschaya-penka-dlya-umyvaniya-s-ekstraktom-krasnogo-grejpfruta-180ml/</t>
         </is>
       </c>
       <c r="Q41" t="n">
         <v>0</v>
       </c>
       <c r="R41" t="n">
         <v>0</v>
       </c>
       <c r="S41" t="inlineStr"/>
       <c r="T41" t="n">
         <v>0</v>
       </c>
       <c r="U41" t="n">
         <v>0</v>
       </c>
       <c r="V41" t="inlineStr"/>
       <c r="W41" t="n">
         <v>0</v>
       </c>
       <c r="X41" t="n">
         <v>0</v>
       </c>
       <c r="Y41" t="inlineStr"/>
       <c r="Z41" t="n">
         <v>0</v>
       </c>
       <c r="AA41" t="n">
-        <v>1110</v>
+        <v>0</v>
       </c>
       <c r="AB41" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000248455-red-grapefruit</t>
         </is>
       </c>
-      <c r="AC41" s="1" t="n">
-[...3 lines deleted...]
-        <v>666</v>
+      <c r="AC41" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD41" t="n">
+        <v>0</v>
       </c>
       <c r="AE41" t="inlineStr">
         <is>
           <t>https://mm.ru/product/glubokoochischayuschaya-penka-dlya-2806424?skuId=8038888</t>
         </is>
       </c>
       <c r="AF41" t="n">
         <v>0</v>
       </c>
       <c r="AG41" t="n">
         <v>0</v>
       </c>
       <c r="AH41" t="inlineStr"/>
       <c r="AI41" t="n">
         <v>0</v>
       </c>
       <c r="AJ41" t="n">
         <v>0</v>
       </c>
       <c r="AK41" t="inlineStr"/>
-      <c r="AL41" s="1" t="n">
-[...3 lines deleted...]
-        <v>738</v>
+      <c r="AL41" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM41" t="n">
+        <v>0</v>
       </c>
       <c r="AN41" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/glubokoochischayuschaya-penka-dlya-umyvaniya-s-ekstraktom-krasnogo-greypfruta-red-grapefruit-deep-foam-cleanser-180ml</t>
         </is>
       </c>
       <c r="AO41" t="n">
         <v>0</v>
       </c>
       <c r="AP41" t="n">
         <v>0</v>
       </c>
       <c r="AQ41" t="inlineStr"/>
       <c r="AR41" t="n">
         <v>0</v>
       </c>
       <c r="AS41" t="n">
         <v>0</v>
       </c>
       <c r="AT41" t="inlineStr"/>
       <c r="AU41" t="n">
         <v>0</v>
       </c>
       <c r="AV41" t="n">
         <v>0</v>
@@ -6679,133 +6752,133 @@
       <c r="E42" t="n">
         <v>0</v>
       </c>
       <c r="F42" t="n">
         <v>0</v>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="n">
         <v>0</v>
       </c>
       <c r="I42" t="n">
         <v>0</v>
       </c>
       <c r="J42" t="inlineStr"/>
       <c r="K42" t="n">
         <v>0</v>
       </c>
       <c r="L42" t="n">
         <v>0</v>
       </c>
       <c r="M42" t="inlineStr"/>
       <c r="N42" t="n">
         <v>0</v>
       </c>
       <c r="O42" t="n">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="P42" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-rickly-pear-and-black-rice-deep-foam-cleanser-glubokoochischayuschaya-penka-dlya-umyvaniya-c-ekstraktom/</t>
         </is>
       </c>
       <c r="Q42" t="n">
         <v>0</v>
       </c>
       <c r="R42" t="n">
         <v>0</v>
       </c>
       <c r="S42" t="inlineStr"/>
       <c r="T42" t="n">
         <v>0</v>
       </c>
       <c r="U42" t="n">
         <v>0</v>
       </c>
       <c r="V42" t="inlineStr"/>
       <c r="W42" t="n">
         <v>0</v>
       </c>
       <c r="X42" t="n">
         <v>0</v>
       </c>
       <c r="Y42" t="inlineStr"/>
       <c r="Z42" t="n">
         <v>0</v>
       </c>
       <c r="AA42" t="n">
-        <v>978</v>
+        <v>0</v>
       </c>
       <c r="AB42" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000332120-rickly-pear-black-rice</t>
         </is>
       </c>
       <c r="AC42" t="n">
         <v>0</v>
       </c>
       <c r="AD42" t="n">
         <v>0</v>
       </c>
       <c r="AE42" t="inlineStr"/>
       <c r="AF42" t="n">
         <v>0</v>
       </c>
       <c r="AG42" t="n">
         <v>0</v>
       </c>
       <c r="AH42" t="inlineStr"/>
       <c r="AI42" t="n">
         <v>0</v>
       </c>
       <c r="AJ42" t="n">
         <v>0</v>
       </c>
       <c r="AK42" t="inlineStr"/>
       <c r="AL42" t="n">
         <v>0</v>
       </c>
       <c r="AM42" t="n">
         <v>0</v>
       </c>
       <c r="AN42" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/glubokoochischayuschaya-penka-dlya-umyvaniya-c-ekstraktom-chernogo-risa-i-opuntsii-prickly-pear-black-rice-deep-foam-cleanser-180ml</t>
         </is>
       </c>
       <c r="AO42" t="n">
         <v>0</v>
       </c>
       <c r="AP42" t="n">
         <v>0</v>
       </c>
       <c r="AQ42" t="inlineStr"/>
       <c r="AR42" t="n">
-        <v>769</v>
+        <v>0</v>
       </c>
       <c r="AS42" t="n">
-        <v>974</v>
+        <v>0</v>
       </c>
       <c r="AT42" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-prickly-pear-black-rice-deep-foam-cleanser</t>
         </is>
       </c>
       <c r="AU42" t="n">
         <v>0</v>
       </c>
       <c r="AV42" t="n">
         <v>0</v>
       </c>
       <c r="AW42" t="inlineStr"/>
       <c r="AX42" t="n">
         <v>0</v>
       </c>
       <c r="AY42" t="n">
         <v>0</v>
       </c>
       <c r="AZ42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>044227</t>
@@ -6816,150 +6889,154 @@
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>MISTIC BAKING POWDER Pore Scrub Глубокоочищающий содовый скраб для лица 180г</t>
         </is>
       </c>
       <c r="D43" t="n">
         <v>700</v>
       </c>
       <c r="E43" t="n">
         <v>0</v>
       </c>
       <c r="F43" t="n">
         <v>0</v>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="n">
         <v>0</v>
       </c>
       <c r="I43" t="n">
         <v>0</v>
       </c>
       <c r="J43" t="inlineStr"/>
-      <c r="K43" s="1" t="n">
-        <v>604</v>
+      <c r="K43" t="n">
+        <v>0</v>
       </c>
       <c r="L43" t="n">
-        <v>710</v>
+        <v>0</v>
       </c>
       <c r="M43" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_skrab_sodovyy_gluboko_ochishchayushchiy_180_g/</t>
         </is>
       </c>
       <c r="N43" t="n">
         <v>0</v>
       </c>
       <c r="O43" t="n">
-        <v>875</v>
+        <v>0</v>
       </c>
       <c r="P43" t="inlineStr">
         <is>
           <t>https://aumishop.ru/glubokoochischayuschij-sodovyj-skrab-dlya-lica-mistic-baking-powder-pore-scrub-150g/</t>
         </is>
       </c>
       <c r="Q43" t="n">
         <v>0</v>
       </c>
       <c r="R43" t="n">
         <v>0</v>
       </c>
       <c r="S43" t="inlineStr"/>
       <c r="T43" t="n">
         <v>0</v>
       </c>
       <c r="U43" t="n">
         <v>0</v>
       </c>
       <c r="V43" t="inlineStr"/>
       <c r="W43" t="n">
         <v>0</v>
       </c>
       <c r="X43" t="n">
         <v>0</v>
       </c>
       <c r="Y43" t="inlineStr"/>
       <c r="Z43" t="n">
         <v>0</v>
       </c>
       <c r="AA43" t="n">
-        <v>850</v>
+        <v>0</v>
       </c>
       <c r="AB43" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000388563-baking-powder-pore</t>
         </is>
       </c>
       <c r="AC43" t="n">
         <v>0</v>
       </c>
       <c r="AD43" t="n">
         <v>0</v>
       </c>
       <c r="AE43" t="inlineStr"/>
       <c r="AF43" t="n">
         <v>0</v>
       </c>
       <c r="AG43" t="n">
         <v>0</v>
       </c>
       <c r="AH43" t="inlineStr"/>
       <c r="AI43" t="n">
         <v>0</v>
       </c>
       <c r="AJ43" t="n">
         <v>0</v>
       </c>
       <c r="AK43" t="inlineStr"/>
-      <c r="AL43" s="1" t="n">
-[...3 lines deleted...]
-        <v>630</v>
+      <c r="AL43" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM43" t="n">
+        <v>0</v>
       </c>
       <c r="AN43" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/glubokoochischayuschiy-sodovyy-skrab-dlya-litsa-baking-powder-pore-scrub-180g</t>
         </is>
       </c>
       <c r="AO43" t="n">
         <v>0</v>
       </c>
       <c r="AP43" t="n">
         <v>0</v>
       </c>
       <c r="AQ43" t="inlineStr"/>
       <c r="AR43" t="n">
         <v>0</v>
       </c>
       <c r="AS43" t="n">
         <v>0</v>
       </c>
-      <c r="AT43" t="inlineStr"/>
+      <c r="AT43" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-baking-powder-pore-scrub</t>
+        </is>
+      </c>
       <c r="AU43" t="n">
         <v>0</v>
       </c>
       <c r="AV43" t="n">
         <v>0</v>
       </c>
       <c r="AW43" t="inlineStr"/>
       <c r="AX43" t="n">
         <v>0</v>
       </c>
       <c r="AY43" t="n">
         <v>0</v>
       </c>
       <c r="AZ43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>150244</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -6975,155 +7052,155 @@
       <c r="E44" t="n">
         <v>0</v>
       </c>
       <c r="F44" t="n">
         <v>0</v>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="n">
         <v>0</v>
       </c>
       <c r="I44" t="n">
         <v>0</v>
       </c>
       <c r="J44" t="inlineStr"/>
       <c r="K44" t="n">
         <v>0</v>
       </c>
       <c r="L44" t="n">
         <v>0</v>
       </c>
       <c r="M44" t="inlineStr"/>
       <c r="N44" t="n">
         <v>0</v>
       </c>
       <c r="O44" t="n">
-        <v>575</v>
+        <v>0</v>
       </c>
       <c r="P44" t="inlineStr">
         <is>
           <t>https://aumishop.ru/naturalnaya-detskaya-premialnaya-zubnaya-pasta-dlya-podverzhennyh-kariesu-zubov-udachlivaya-slivka-mistic-premium-natural-toothpaste-kinder-smile-lucky-plum-for-cavity-prone-teeth-4-60g/</t>
         </is>
       </c>
       <c r="Q44" t="n">
         <v>0</v>
       </c>
       <c r="R44" t="n">
         <v>0</v>
       </c>
       <c r="S44" t="inlineStr"/>
       <c r="T44" t="n">
         <v>0</v>
       </c>
       <c r="U44" t="n">
         <v>0</v>
       </c>
       <c r="V44" t="inlineStr"/>
       <c r="W44" t="n">
         <v>0</v>
       </c>
       <c r="X44" t="n">
-        <v>539</v>
+        <v>0</v>
       </c>
       <c r="Y44" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/873825_ST/?sphrase_id=15604025</t>
         </is>
       </c>
       <c r="Z44" t="n">
         <v>0</v>
       </c>
       <c r="AA44" t="n">
-        <v>670</v>
+        <v>0</v>
       </c>
       <c r="AB44" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000345882-kinder-smile-lucky-plum</t>
         </is>
       </c>
       <c r="AC44" t="n">
         <v>0</v>
       </c>
       <c r="AD44" t="n">
         <v>0</v>
       </c>
       <c r="AE44" t="inlineStr"/>
       <c r="AF44" t="n">
         <v>0</v>
       </c>
       <c r="AG44" t="n">
         <v>0</v>
       </c>
       <c r="AH44" t="inlineStr"/>
       <c r="AI44" t="n">
         <v>0</v>
       </c>
       <c r="AJ44" t="n">
         <v>0</v>
       </c>
       <c r="AK44" t="inlineStr"/>
-      <c r="AL44" s="1" t="n">
-[...3 lines deleted...]
-        <v>534</v>
+      <c r="AL44" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM44" t="n">
+        <v>0</v>
       </c>
       <c r="AN44" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/zubnaya-pasta-udachlivaya-slivka-4-kinder-smile-premium-natural-toothpaste-60g</t>
         </is>
       </c>
       <c r="AO44" t="n">
         <v>0</v>
       </c>
       <c r="AP44" t="n">
         <v>0</v>
       </c>
       <c r="AQ44" t="inlineStr"/>
       <c r="AR44" t="n">
-        <v>549</v>
+        <v>0</v>
       </c>
       <c r="AS44" t="n">
-        <v>666</v>
+        <v>0</v>
       </c>
       <c r="AT44" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-kinder-smile-premium-natural-toothpaste-child-friendly-lucky-plum-4</t>
         </is>
       </c>
       <c r="AU44" t="n">
         <v>0</v>
       </c>
       <c r="AV44" t="n">
         <v>0</v>
       </c>
       <c r="AW44" t="inlineStr"/>
-      <c r="AX44" s="1" t="n">
-        <v>350</v>
+      <c r="AX44" t="n">
+        <v>0</v>
       </c>
       <c r="AY44" t="n">
-        <v>875</v>
+        <v>0</v>
       </c>
       <c r="AZ44" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_detey/zubnye_pasty_dlya_detey/mistic_naturalnaya_detskaya_zubnaya_pasta_udachlivaya_slivka_premium_natural_toothpaste_kinder_smile/</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>150237</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>MISTIC Premium Natural Toothpaste KINDER SMILE MARVELOUS RASPBERRY for oral sensitivities (3+) Натуральная детская премиальная зубная паста KINDER SMILE «ЧУДЕСНАЯ МАЛИНКА» для чувствительной полости рта (3+) 60г</t>
         </is>
       </c>
       <c r="D45" t="n">
         <v>535</v>
@@ -7131,155 +7208,155 @@
       <c r="E45" t="n">
         <v>0</v>
       </c>
       <c r="F45" t="n">
         <v>0</v>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="n">
         <v>0</v>
       </c>
       <c r="I45" t="n">
         <v>0</v>
       </c>
       <c r="J45" t="inlineStr"/>
       <c r="K45" t="n">
         <v>0</v>
       </c>
       <c r="L45" t="n">
         <v>0</v>
       </c>
       <c r="M45" t="inlineStr"/>
       <c r="N45" t="n">
         <v>0</v>
       </c>
       <c r="O45" t="n">
-        <v>575</v>
+        <v>0</v>
       </c>
       <c r="P45" t="inlineStr">
         <is>
           <t>https://aumishop.ru/naturalnaya-detskaya-premialnaya-zubnaya-pasta-mistic-premium-natural-toothpaste-kinder-smile-marvelous-raspberry-for-oral-sensitivities-3-60g/</t>
         </is>
       </c>
       <c r="Q45" t="n">
         <v>0</v>
       </c>
       <c r="R45" t="n">
         <v>0</v>
       </c>
       <c r="S45" t="inlineStr"/>
       <c r="T45" t="n">
         <v>0</v>
       </c>
       <c r="U45" t="n">
         <v>0</v>
       </c>
       <c r="V45" t="inlineStr"/>
       <c r="W45" t="n">
         <v>0</v>
       </c>
       <c r="X45" t="n">
-        <v>539</v>
+        <v>0</v>
       </c>
       <c r="Y45" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/873834_ST/?sphrase_id=15604025</t>
         </is>
       </c>
       <c r="Z45" t="n">
         <v>0</v>
       </c>
       <c r="AA45" t="n">
-        <v>670</v>
+        <v>0</v>
       </c>
       <c r="AB45" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000345883-kinder-smile-marvelous-raspberry</t>
         </is>
       </c>
       <c r="AC45" t="n">
         <v>0</v>
       </c>
       <c r="AD45" t="n">
         <v>0</v>
       </c>
       <c r="AE45" t="inlineStr"/>
       <c r="AF45" t="n">
         <v>0</v>
       </c>
       <c r="AG45" t="n">
         <v>0</v>
       </c>
       <c r="AH45" t="inlineStr"/>
       <c r="AI45" t="n">
         <v>0</v>
       </c>
       <c r="AJ45" t="n">
         <v>0</v>
       </c>
       <c r="AK45" t="inlineStr"/>
-      <c r="AL45" s="1" t="n">
-[...3 lines deleted...]
-        <v>534</v>
+      <c r="AL45" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM45" t="n">
+        <v>0</v>
       </c>
       <c r="AN45" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/zubnaya-pasta-chudesnaya-malinka-3-kinder-smile-premium-natural-toothpaste-60g</t>
         </is>
       </c>
       <c r="AO45" t="n">
         <v>0</v>
       </c>
       <c r="AP45" t="n">
         <v>0</v>
       </c>
       <c r="AQ45" t="inlineStr"/>
       <c r="AR45" t="n">
-        <v>549</v>
+        <v>0</v>
       </c>
       <c r="AS45" t="n">
-        <v>666</v>
+        <v>0</v>
       </c>
       <c r="AT45" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-kinder-smile-premium-natural-toothpaste-child-friendly-marvellous-raspberry-3</t>
         </is>
       </c>
       <c r="AU45" t="n">
         <v>0</v>
       </c>
       <c r="AV45" t="n">
         <v>0</v>
       </c>
       <c r="AW45" t="inlineStr"/>
-      <c r="AX45" s="1" t="n">
-        <v>350</v>
+      <c r="AX45" t="n">
+        <v>0</v>
       </c>
       <c r="AY45" t="n">
-        <v>875</v>
+        <v>0</v>
       </c>
       <c r="AZ45" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_detey/zubnye_pasty_dlya_detey/mistic_naturalnaya_detskaya_zubnaya_pasta_udachlivaya_slivka_premium_natural_toothpaste_kinder_smile_12105/</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>150251</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>MISTIC Natural Whitening Toothpaste BRILLIANT SMILE CITRUS-MINT TASTE (14+) Натуральная отбеливающая зубная паста BRILLIANT SMILE со вкусом цитрусовой мяты ( 14+) 60г</t>
         </is>
       </c>
       <c r="D46" t="n">
         <v>490</v>
@@ -7287,133 +7364,133 @@
       <c r="E46" t="n">
         <v>0</v>
       </c>
       <c r="F46" t="n">
         <v>0</v>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="n">
         <v>0</v>
       </c>
       <c r="I46" t="n">
         <v>0</v>
       </c>
       <c r="J46" t="inlineStr"/>
       <c r="K46" t="n">
         <v>0</v>
       </c>
       <c r="L46" t="n">
         <v>0</v>
       </c>
       <c r="M46" t="inlineStr"/>
       <c r="N46" t="n">
         <v>0</v>
       </c>
       <c r="O46" t="n">
-        <v>535</v>
+        <v>0</v>
       </c>
       <c r="P46" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-natural-whitening-toothpaste-brilliant-smile-citrus-mint-taste/</t>
         </is>
       </c>
       <c r="Q46" t="n">
         <v>0</v>
       </c>
       <c r="R46" t="n">
         <v>0</v>
       </c>
       <c r="S46" t="inlineStr"/>
       <c r="T46" t="n">
         <v>0</v>
       </c>
       <c r="U46" t="n">
         <v>0</v>
       </c>
       <c r="V46" t="inlineStr"/>
       <c r="W46" t="n">
         <v>0</v>
       </c>
       <c r="X46" t="n">
         <v>0</v>
       </c>
       <c r="Y46" t="inlineStr"/>
       <c r="Z46" t="n">
         <v>0</v>
       </c>
       <c r="AA46" t="n">
-        <v>620</v>
+        <v>0</v>
       </c>
       <c r="AB46" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000345881-brilliant-smile-citrus-mint</t>
         </is>
       </c>
       <c r="AC46" t="n">
         <v>0</v>
       </c>
       <c r="AD46" t="n">
         <v>0</v>
       </c>
       <c r="AE46" t="inlineStr"/>
       <c r="AF46" t="n">
         <v>0</v>
       </c>
       <c r="AG46" t="n">
         <v>0</v>
       </c>
       <c r="AH46" t="inlineStr"/>
       <c r="AI46" t="n">
         <v>0</v>
       </c>
       <c r="AJ46" t="n">
         <v>0</v>
       </c>
       <c r="AK46" t="inlineStr"/>
-      <c r="AL46" s="1" t="n">
-        <v>392</v>
+      <c r="AL46" t="n">
+        <v>0</v>
       </c>
       <c r="AM46" t="n">
-        <v>490</v>
+        <v>0</v>
       </c>
       <c r="AN46" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/otbelivayuschaya-zubnaya-pasta-brilliant-smile-natural-whitening-toothpaste-60g</t>
         </is>
       </c>
       <c r="AO46" t="n">
         <v>0</v>
       </c>
       <c r="AP46" t="n">
         <v>0</v>
       </c>
       <c r="AQ46" t="inlineStr"/>
       <c r="AR46" t="n">
-        <v>499</v>
+        <v>0</v>
       </c>
       <c r="AS46" t="n">
-        <v>616</v>
+        <v>0</v>
       </c>
       <c r="AT46" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-brilliant-smile-citrus-mint-taste-natural-whitening-toothpaste</t>
         </is>
       </c>
       <c r="AU46" t="n">
         <v>0</v>
       </c>
       <c r="AV46" t="n">
         <v>0</v>
       </c>
       <c r="AW46" t="inlineStr"/>
       <c r="AX46" t="n">
         <v>0</v>
       </c>
       <c r="AY46" t="n">
         <v>0</v>
       </c>
       <c r="AZ46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>150268</t>
@@ -7435,135 +7512,139 @@
       <c r="E47" t="n">
         <v>0</v>
       </c>
       <c r="F47" t="n">
         <v>0</v>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="n">
         <v>0</v>
       </c>
       <c r="I47" t="n">
         <v>0</v>
       </c>
       <c r="J47" t="inlineStr"/>
       <c r="K47" t="n">
         <v>0</v>
       </c>
       <c r="L47" t="n">
         <v>0</v>
       </c>
       <c r="M47" t="inlineStr"/>
       <c r="N47" t="n">
         <v>0</v>
       </c>
       <c r="O47" t="n">
-        <v>655</v>
+        <v>0</v>
       </c>
       <c r="P47" t="inlineStr">
         <is>
           <t>https://aumishop.ru/solncezaschitnyj-krem-gel-dlya-lica-s-uf-filtrom-spf-50-pa-bezopasnoe-solnce/</t>
         </is>
       </c>
       <c r="Q47" t="n">
         <v>0</v>
       </c>
       <c r="R47" t="n">
         <v>0</v>
       </c>
       <c r="S47" t="inlineStr"/>
       <c r="T47" t="n">
         <v>0</v>
       </c>
       <c r="U47" t="n">
         <v>0</v>
       </c>
       <c r="V47" t="inlineStr"/>
       <c r="W47" t="n">
         <v>0</v>
       </c>
       <c r="X47" t="n">
         <v>0</v>
       </c>
       <c r="Y47" t="inlineStr"/>
       <c r="Z47" t="n">
         <v>0</v>
       </c>
       <c r="AA47" t="n">
-        <v>578</v>
+        <v>0</v>
       </c>
       <c r="AB47" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000388568-safety-sun</t>
         </is>
       </c>
       <c r="AC47" t="n">
         <v>0</v>
       </c>
       <c r="AD47" t="n">
         <v>0</v>
       </c>
       <c r="AE47" t="inlineStr"/>
       <c r="AF47" t="n">
         <v>0</v>
       </c>
       <c r="AG47" t="n">
         <v>0</v>
       </c>
       <c r="AH47" t="inlineStr"/>
       <c r="AI47" t="n">
         <v>0</v>
       </c>
       <c r="AJ47" t="n">
         <v>0</v>
       </c>
       <c r="AK47" t="inlineStr"/>
-      <c r="AL47" s="1" t="n">
-[...3 lines deleted...]
-        <v>472</v>
+      <c r="AL47" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM47" t="n">
+        <v>0</v>
       </c>
       <c r="AN47" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/solntsezaschitnyy-gel-krem-dlya-litsa-sunblock-safety-sun-gel-cream-spf50-pa-50ml</t>
         </is>
       </c>
       <c r="AO47" t="n">
         <v>0</v>
       </c>
       <c r="AP47" t="n">
         <v>0</v>
       </c>
       <c r="AQ47" t="inlineStr"/>
       <c r="AR47" t="n">
         <v>0</v>
       </c>
       <c r="AS47" t="n">
         <v>0</v>
       </c>
-      <c r="AT47" t="inlineStr"/>
+      <c r="AT47" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-sunblock-safety-sun-facial-gel-cream-spf-50-pa</t>
+        </is>
+      </c>
       <c r="AU47" t="n">
         <v>0</v>
       </c>
       <c r="AV47" t="n">
         <v>0</v>
       </c>
       <c r="AW47" t="inlineStr"/>
       <c r="AX47" t="n">
         <v>0</v>
       </c>
       <c r="AY47" t="n">
         <v>0</v>
       </c>
       <c r="AZ47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>150404</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -7579,135 +7660,139 @@
       <c r="E48" t="n">
         <v>0</v>
       </c>
       <c r="F48" t="n">
         <v>0</v>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="n">
         <v>0</v>
       </c>
       <c r="I48" t="n">
         <v>0</v>
       </c>
       <c r="J48" t="inlineStr"/>
       <c r="K48" t="n">
         <v>0</v>
       </c>
       <c r="L48" t="n">
         <v>0</v>
       </c>
       <c r="M48" t="inlineStr"/>
       <c r="N48" t="n">
         <v>0</v>
       </c>
       <c r="O48" t="n">
-        <v>499</v>
+        <v>0</v>
       </c>
       <c r="P48" t="inlineStr">
         <is>
           <t>https://aumishop.ru/pitatelnyj-krem-dlya-ruk-s-arganovym-maslom-i-ekstraktom-cvetkov-franzhipani/</t>
         </is>
       </c>
       <c r="Q48" t="n">
         <v>0</v>
       </c>
       <c r="R48" t="n">
         <v>0</v>
       </c>
       <c r="S48" t="inlineStr"/>
       <c r="T48" t="n">
         <v>0</v>
       </c>
       <c r="U48" t="n">
         <v>0</v>
       </c>
       <c r="V48" t="inlineStr"/>
       <c r="W48" t="n">
         <v>0</v>
       </c>
       <c r="X48" t="n">
         <v>0</v>
       </c>
       <c r="Y48" t="inlineStr"/>
       <c r="Z48" t="n">
         <v>0</v>
       </c>
       <c r="AA48" t="n">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="AB48" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000388565-argan-frangipani</t>
         </is>
       </c>
       <c r="AC48" t="n">
         <v>0</v>
       </c>
       <c r="AD48" t="n">
         <v>0</v>
       </c>
       <c r="AE48" t="inlineStr"/>
       <c r="AF48" t="n">
         <v>0</v>
       </c>
       <c r="AG48" t="n">
         <v>0</v>
       </c>
       <c r="AH48" t="inlineStr"/>
       <c r="AI48" t="n">
         <v>0</v>
       </c>
       <c r="AJ48" t="n">
         <v>0</v>
       </c>
       <c r="AK48" t="inlineStr"/>
-      <c r="AL48" s="1" t="n">
-[...3 lines deleted...]
-        <v>352</v>
+      <c r="AL48" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM48" t="n">
+        <v>0</v>
       </c>
       <c r="AN48" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/pitatelnyy-krem-dlya-ruk-s-arganovym-maslom-i-ekstraktom-franzhipani-soft-touch-argan-frangipani-hand-cream-100ml?preferred=517541</t>
         </is>
       </c>
       <c r="AO48" t="n">
         <v>0</v>
       </c>
       <c r="AP48" t="n">
         <v>0</v>
       </c>
       <c r="AQ48" t="inlineStr"/>
       <c r="AR48" t="n">
         <v>0</v>
       </c>
       <c r="AS48" t="n">
         <v>0</v>
       </c>
-      <c r="AT48" t="inlineStr"/>
+      <c r="AT48" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-soft-touch-argan--frangipani-hand-cream</t>
+        </is>
+      </c>
       <c r="AU48" t="n">
         <v>0</v>
       </c>
       <c r="AV48" t="n">
         <v>0</v>
       </c>
       <c r="AW48" t="inlineStr"/>
       <c r="AX48" t="n">
         <v>0</v>
       </c>
       <c r="AY48" t="n">
         <v>0</v>
       </c>
       <c r="AZ48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>150527</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -7725,129 +7810,137 @@
       </c>
       <c r="F49" t="n">
         <v>0</v>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="n">
         <v>0</v>
       </c>
       <c r="I49" t="n">
         <v>0</v>
       </c>
       <c r="J49" t="inlineStr"/>
       <c r="K49" t="n">
         <v>0</v>
       </c>
       <c r="L49" t="n">
         <v>0</v>
       </c>
       <c r="M49" t="inlineStr"/>
       <c r="N49" t="n">
         <v>0</v>
       </c>
       <c r="O49" t="n">
         <v>0</v>
       </c>
-      <c r="P49" t="inlineStr"/>
+      <c r="P49" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/mistic-soft-touch-hibiscus-and-acacia-hand-cream-krem-dlya-ruk-pitatelnyj-s-antioksidantnym-effektom-s-ekstraktami-gibiskusa-i-akacii-100ml/</t>
+        </is>
+      </c>
       <c r="Q49" t="n">
         <v>0</v>
       </c>
       <c r="R49" t="n">
         <v>0</v>
       </c>
       <c r="S49" t="inlineStr"/>
       <c r="T49" t="n">
         <v>0</v>
       </c>
       <c r="U49" t="n">
         <v>0</v>
       </c>
       <c r="V49" t="inlineStr"/>
       <c r="W49" t="n">
         <v>0</v>
       </c>
       <c r="X49" t="n">
         <v>0</v>
       </c>
       <c r="Y49" t="inlineStr"/>
       <c r="Z49" t="n">
         <v>0</v>
       </c>
       <c r="AA49" t="n">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="AB49" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000388566-hibiscus-acacia</t>
         </is>
       </c>
       <c r="AC49" t="n">
         <v>0</v>
       </c>
       <c r="AD49" t="n">
         <v>0</v>
       </c>
       <c r="AE49" t="inlineStr"/>
       <c r="AF49" t="n">
         <v>0</v>
       </c>
       <c r="AG49" t="n">
         <v>0</v>
       </c>
       <c r="AH49" t="inlineStr"/>
       <c r="AI49" t="n">
         <v>0</v>
       </c>
       <c r="AJ49" t="n">
         <v>0</v>
       </c>
       <c r="AK49" t="inlineStr"/>
-      <c r="AL49" s="1" t="n">
-[...3 lines deleted...]
-        <v>352</v>
+      <c r="AL49" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM49" t="n">
+        <v>0</v>
       </c>
       <c r="AN49" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/krem-dlya-ruk-s-ekstraktami-gibiskusa-i-akatsii-soft-touch-hibiscus-acacia-hand-cream-100ml</t>
         </is>
       </c>
       <c r="AO49" t="n">
         <v>0</v>
       </c>
       <c r="AP49" t="n">
         <v>0</v>
       </c>
       <c r="AQ49" t="inlineStr"/>
       <c r="AR49" t="n">
         <v>0</v>
       </c>
       <c r="AS49" t="n">
         <v>0</v>
       </c>
-      <c r="AT49" t="inlineStr"/>
+      <c r="AT49" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-soft-touch-hibiscus--acacia-hand-cream</t>
+        </is>
+      </c>
       <c r="AU49" t="n">
         <v>0</v>
       </c>
       <c r="AV49" t="n">
         <v>0</v>
       </c>
       <c r="AW49" t="inlineStr"/>
       <c r="AX49" t="n">
         <v>0</v>
       </c>
       <c r="AY49" t="n">
         <v>0</v>
       </c>
       <c r="AZ49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>150398</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -7863,135 +7956,139 @@
       <c r="E50" t="n">
         <v>0</v>
       </c>
       <c r="F50" t="n">
         <v>0</v>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="n">
         <v>0</v>
       </c>
       <c r="I50" t="n">
         <v>0</v>
       </c>
       <c r="J50" t="inlineStr"/>
       <c r="K50" t="n">
         <v>0</v>
       </c>
       <c r="L50" t="n">
         <v>0</v>
       </c>
       <c r="M50" t="inlineStr"/>
       <c r="N50" t="n">
         <v>0</v>
       </c>
       <c r="O50" t="n">
-        <v>499</v>
+        <v>0</v>
       </c>
       <c r="P50" t="inlineStr">
         <is>
           <t>https://aumishop.ru/vosstanavlivayuschij-krem-dlya-ruk-i-nog-s-mucinom-ulitki/</t>
         </is>
       </c>
       <c r="Q50" t="n">
         <v>0</v>
       </c>
       <c r="R50" t="n">
         <v>0</v>
       </c>
       <c r="S50" t="inlineStr"/>
       <c r="T50" t="n">
         <v>0</v>
       </c>
       <c r="U50" t="n">
         <v>0</v>
       </c>
       <c r="V50" t="inlineStr"/>
       <c r="W50" t="n">
         <v>0</v>
       </c>
       <c r="X50" t="n">
         <v>0</v>
       </c>
       <c r="Y50" t="inlineStr"/>
       <c r="Z50" t="n">
         <v>0</v>
       </c>
       <c r="AA50" t="n">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="AB50" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000388567-snail-mucin</t>
         </is>
       </c>
       <c r="AC50" t="n">
         <v>0</v>
       </c>
       <c r="AD50" t="n">
         <v>0</v>
       </c>
       <c r="AE50" t="inlineStr"/>
       <c r="AF50" t="n">
         <v>0</v>
       </c>
       <c r="AG50" t="n">
         <v>0</v>
       </c>
       <c r="AH50" t="inlineStr"/>
       <c r="AI50" t="n">
         <v>0</v>
       </c>
       <c r="AJ50" t="n">
         <v>0</v>
       </c>
       <c r="AK50" t="inlineStr"/>
-      <c r="AL50" s="1" t="n">
-[...3 lines deleted...]
-        <v>352</v>
+      <c r="AL50" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM50" t="n">
+        <v>0</v>
       </c>
       <c r="AN50" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/vosstanavlivayuschiy-krem-dlya-ruk-s-mutsinom-ulitki-soft-touch-shail-mucin-hand-cream-100ml?preferred=517544</t>
         </is>
       </c>
       <c r="AO50" t="n">
         <v>0</v>
       </c>
       <c r="AP50" t="n">
         <v>0</v>
       </c>
       <c r="AQ50" t="inlineStr"/>
       <c r="AR50" t="n">
         <v>0</v>
       </c>
       <c r="AS50" t="n">
         <v>0</v>
       </c>
-      <c r="AT50" t="inlineStr"/>
+      <c r="AT50" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-soft-touch-snail-mucin-hand-cream</t>
+        </is>
+      </c>
       <c r="AU50" t="n">
         <v>0</v>
       </c>
       <c r="AV50" t="n">
         <v>0</v>
       </c>
       <c r="AW50" t="inlineStr"/>
       <c r="AX50" t="n">
         <v>0</v>
       </c>
       <c r="AY50" t="n">
         <v>0</v>
       </c>
       <c r="AZ50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>044258</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -8007,449 +8104,449 @@
       <c r="E51" t="n">
         <v>0</v>
       </c>
       <c r="F51" t="n">
         <v>0</v>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="n">
         <v>0</v>
       </c>
       <c r="I51" t="n">
         <v>0</v>
       </c>
       <c r="J51" t="inlineStr"/>
       <c r="K51" t="n">
         <v>0</v>
       </c>
       <c r="L51" t="n">
         <v>0</v>
       </c>
       <c r="M51" t="inlineStr"/>
       <c r="N51" t="n">
         <v>0</v>
       </c>
       <c r="O51" t="n">
-        <v>425</v>
+        <v>0</v>
       </c>
       <c r="P51" t="inlineStr">
         <is>
           <t>https://aumishop.ru/pitatelnyj-krem-dlya-ruk-s-ekstraktami-fruktov/</t>
         </is>
       </c>
       <c r="Q51" t="n">
         <v>0</v>
       </c>
       <c r="R51" t="n">
         <v>0</v>
       </c>
       <c r="S51" t="inlineStr"/>
       <c r="T51" t="n">
         <v>0</v>
       </c>
       <c r="U51" t="n">
         <v>0</v>
       </c>
       <c r="V51" t="inlineStr"/>
       <c r="W51" t="n">
         <v>0</v>
       </c>
       <c r="X51" t="n">
         <v>0</v>
       </c>
       <c r="Y51" t="inlineStr"/>
       <c r="Z51" t="n">
         <v>0</v>
       </c>
       <c r="AA51" t="n">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="AB51" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000190119-soft-touch-fashion-fruits-hand-cream</t>
         </is>
       </c>
-      <c r="AC51" s="1" t="n">
-        <v>150</v>
+      <c r="AC51" t="n">
+        <v>0</v>
       </c>
       <c r="AD51" t="n">
-        <v>473</v>
+        <v>0</v>
       </c>
       <c r="AE51" t="inlineStr">
         <is>
           <t>https://mm.ru/product/pitatelnyj-krem-dlya-2806442?skuId=8038906</t>
         </is>
       </c>
       <c r="AF51" t="n">
         <v>0</v>
       </c>
       <c r="AG51" t="n">
         <v>0</v>
       </c>
       <c r="AH51" t="inlineStr"/>
       <c r="AI51" t="n">
         <v>0</v>
       </c>
       <c r="AJ51" t="n">
         <v>0</v>
       </c>
       <c r="AK51" t="inlineStr"/>
-      <c r="AL51" s="1" t="n">
-[...3 lines deleted...]
-        <v>298</v>
+      <c r="AL51" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM51" t="n">
+        <v>0</v>
       </c>
       <c r="AN51" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/pitatelnyy-krem-dlya-ruk-s-ekstraktami-fruktov-soft-touch-fashion-fruits-hand-50ml</t>
         </is>
       </c>
       <c r="AO51" t="n">
         <v>0</v>
       </c>
       <c r="AP51" t="n">
         <v>0</v>
       </c>
       <c r="AQ51" t="inlineStr"/>
-      <c r="AR51" s="1" t="n">
-        <v>299</v>
+      <c r="AR51" t="n">
+        <v>0</v>
       </c>
       <c r="AS51" t="n">
-        <v>364</v>
+        <v>0</v>
       </c>
       <c r="AT51" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-soft-touch-fashion-fruits-hand-cream</t>
         </is>
       </c>
       <c r="AU51" t="n">
         <v>0</v>
       </c>
       <c r="AV51" t="n">
         <v>0</v>
       </c>
       <c r="AW51" t="inlineStr"/>
       <c r="AX51" t="n">
         <v>0</v>
       </c>
       <c r="AY51" t="n">
         <v>0</v>
       </c>
       <c r="AZ51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>044234</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>MISTIC SOFT TOUCH HYALURONIC ACID Hand Cream Увлажняющий крем для рук с гиалуроновой кислотой и коллагеном 50мл</t>
         </is>
       </c>
       <c r="D52" t="n">
         <v>330</v>
       </c>
       <c r="E52" t="n">
         <v>0</v>
       </c>
       <c r="F52" t="n">
-        <v>377</v>
+        <v>0</v>
       </c>
       <c r="G52" t="inlineStr">
         <is>
           <t>https://366.ru/p/mistik-uvlazhnjajushhij-krem-dlja-ruk-s-gialuronovoj-kislotoj-i-kollagenom-50ml-644658/</t>
         </is>
       </c>
       <c r="H52" t="n">
         <v>0</v>
       </c>
       <c r="I52" t="n">
         <v>0</v>
       </c>
       <c r="J52" t="inlineStr"/>
       <c r="K52" t="n">
         <v>0</v>
       </c>
       <c r="L52" t="n">
         <v>0</v>
       </c>
       <c r="M52" t="inlineStr"/>
       <c r="N52" t="n">
         <v>0</v>
       </c>
       <c r="O52" t="n">
-        <v>425</v>
+        <v>0</v>
       </c>
       <c r="P52" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uvlazhnyayuschij-krem-dlya-ruk-s-gialuronovoj-kislotoj-i-kollagenom/</t>
         </is>
       </c>
       <c r="Q52" t="n">
         <v>0</v>
       </c>
       <c r="R52" t="n">
         <v>0</v>
       </c>
       <c r="S52" t="inlineStr"/>
       <c r="T52" t="n">
         <v>0</v>
       </c>
       <c r="U52" t="n">
         <v>0</v>
       </c>
       <c r="V52" t="inlineStr"/>
       <c r="W52" t="n">
         <v>0</v>
       </c>
       <c r="X52" t="n">
         <v>0</v>
       </c>
       <c r="Y52" t="inlineStr"/>
       <c r="Z52" t="n">
         <v>0</v>
       </c>
       <c r="AA52" t="n">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="AB52" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000190120-soft-touch-hyaluronic-acid-hand-cream</t>
         </is>
       </c>
-      <c r="AC52" s="1" t="n">
-        <v>150</v>
+      <c r="AC52" t="n">
+        <v>0</v>
       </c>
       <c r="AD52" t="n">
-        <v>473</v>
+        <v>0</v>
       </c>
       <c r="AE52" t="inlineStr">
         <is>
           <t>https://mm.ru/product/uvlazhnyayuschij-krem-dlya-2806445?skuId=8038909</t>
         </is>
       </c>
       <c r="AF52" t="n">
         <v>0</v>
       </c>
       <c r="AG52" t="n">
         <v>0</v>
       </c>
       <c r="AH52" t="inlineStr"/>
       <c r="AI52" t="n">
         <v>0</v>
       </c>
       <c r="AJ52" t="n">
         <v>0</v>
       </c>
       <c r="AK52" t="inlineStr"/>
-      <c r="AL52" s="1" t="n">
-[...3 lines deleted...]
-        <v>298</v>
+      <c r="AL52" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM52" t="n">
+        <v>0</v>
       </c>
       <c r="AN52" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschiy-krem-dlya-ruk-s-gialuronovoy-kislotoy-i-kollagenom-soft-touch-hyaluronic-acid-hand-cream-50ml</t>
         </is>
       </c>
       <c r="AO52" t="n">
         <v>0</v>
       </c>
       <c r="AP52" t="n">
         <v>0</v>
       </c>
       <c r="AQ52" t="inlineStr"/>
-      <c r="AR52" s="1" t="n">
-        <v>299</v>
+      <c r="AR52" t="n">
+        <v>0</v>
       </c>
       <c r="AS52" t="n">
-        <v>364</v>
+        <v>0</v>
       </c>
       <c r="AT52" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-soft-touch-hyaluronic-acid-hand-cream</t>
         </is>
       </c>
       <c r="AU52" t="n">
         <v>0</v>
       </c>
       <c r="AV52" t="n">
         <v>0</v>
       </c>
       <c r="AW52" t="inlineStr"/>
       <c r="AX52" t="n">
         <v>0</v>
       </c>
       <c r="AY52" t="n">
         <v>0</v>
       </c>
       <c r="AZ52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>044241</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>MISTIC SOFT TOUCH SWEET MANGO Hand Cream Восстанавливающий крем для рук с экстрактом манго и маслом ши 50мл</t>
         </is>
       </c>
       <c r="D53" t="n">
         <v>330</v>
       </c>
       <c r="E53" t="n">
         <v>0</v>
       </c>
       <c r="F53" t="n">
-        <v>360</v>
+        <v>0</v>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>https://366.ru/p/mistik-vosstanavlivajushhij-krem-dlja-ruk-s-ekstraktom-mango-i-maslom-shi-50ml-644659/</t>
         </is>
       </c>
       <c r="H53" t="n">
         <v>0</v>
       </c>
       <c r="I53" t="n">
         <v>0</v>
       </c>
       <c r="J53" t="inlineStr"/>
       <c r="K53" t="n">
         <v>0</v>
       </c>
       <c r="L53" t="n">
         <v>0</v>
       </c>
       <c r="M53" t="inlineStr"/>
       <c r="N53" t="n">
         <v>0</v>
       </c>
       <c r="O53" t="n">
-        <v>425</v>
+        <v>0</v>
       </c>
       <c r="P53" t="inlineStr">
         <is>
           <t>https://aumishop.ru/vosstanavlivayuschij-krem-dlya-ruk-s-ekstraktom-mango-i-maslom-shi-50ml/</t>
         </is>
       </c>
       <c r="Q53" t="n">
         <v>0</v>
       </c>
       <c r="R53" t="n">
         <v>0</v>
       </c>
       <c r="S53" t="inlineStr"/>
       <c r="T53" t="n">
         <v>0</v>
       </c>
       <c r="U53" t="n">
         <v>0</v>
       </c>
       <c r="V53" t="inlineStr"/>
       <c r="W53" t="n">
         <v>0</v>
       </c>
       <c r="X53" t="n">
         <v>0</v>
       </c>
       <c r="Y53" t="inlineStr"/>
       <c r="Z53" t="n">
         <v>0</v>
       </c>
       <c r="AA53" t="n">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="AB53" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000190121-soft-touch-sweet-mango-hand-cream</t>
         </is>
       </c>
-      <c r="AC53" s="1" t="n">
-        <v>150</v>
+      <c r="AC53" t="n">
+        <v>0</v>
       </c>
       <c r="AD53" t="n">
-        <v>349</v>
+        <v>0</v>
       </c>
       <c r="AE53" t="inlineStr">
         <is>
           <t>https://mm.ru/product/vosstanavlivayuschij-krem-dlya-2806437?skuId=8038901</t>
         </is>
       </c>
       <c r="AF53" t="n">
         <v>0</v>
       </c>
       <c r="AG53" t="n">
         <v>0</v>
       </c>
       <c r="AH53" t="inlineStr"/>
       <c r="AI53" t="n">
         <v>0</v>
       </c>
       <c r="AJ53" t="n">
         <v>0</v>
       </c>
       <c r="AK53" t="inlineStr"/>
-      <c r="AL53" s="1" t="n">
-[...3 lines deleted...]
-        <v>298</v>
+      <c r="AL53" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM53" t="n">
+        <v>0</v>
       </c>
       <c r="AN53" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/vosstanavlivayuschiy-krem-dlya-ruk-s-ekstraktom-mango-i-maslom-shi-soft-touch-sweet-mango-hand-cream-50ml</t>
         </is>
       </c>
       <c r="AO53" t="n">
         <v>0</v>
       </c>
       <c r="AP53" t="n">
         <v>0</v>
       </c>
       <c r="AQ53" t="inlineStr"/>
-      <c r="AR53" s="1" t="n">
-        <v>299</v>
+      <c r="AR53" t="n">
+        <v>0</v>
       </c>
       <c r="AS53" t="n">
-        <v>364</v>
+        <v>0</v>
       </c>
       <c r="AT53" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-soft-touch-sweet-mango-hand-cream</t>
         </is>
       </c>
       <c r="AU53" t="n">
         <v>0</v>
       </c>
       <c r="AV53" t="n">
         <v>0</v>
       </c>
       <c r="AW53" t="inlineStr"/>
       <c r="AX53" t="n">
         <v>0</v>
       </c>
       <c r="AY53" t="n">
         <v>0</v>
       </c>
       <c r="AZ53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>999004</t>
@@ -8471,51 +8568,51 @@
       <c r="E54" t="n">
         <v>0</v>
       </c>
       <c r="F54" t="n">
         <v>0</v>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="n">
         <v>0</v>
       </c>
       <c r="I54" t="n">
         <v>0</v>
       </c>
       <c r="J54" t="inlineStr"/>
       <c r="K54" t="n">
         <v>0</v>
       </c>
       <c r="L54" t="n">
         <v>0</v>
       </c>
       <c r="M54" t="inlineStr"/>
       <c r="N54" t="n">
         <v>0</v>
       </c>
       <c r="O54" t="n">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="P54" t="inlineStr">
         <is>
           <t>https://aumishop.ru/zhelejnye-palochki-s-6-letnim-korejskim-krasnym-zhenshenem-i-vitaminom-s-mistic-6-year-old-korean-red-ginsengvit-c-superpower-jelly-sticks-15g/</t>
         </is>
       </c>
       <c r="Q54" t="n">
         <v>0</v>
       </c>
       <c r="R54" t="n">
         <v>0</v>
       </c>
       <c r="S54" t="inlineStr"/>
       <c r="T54" t="n">
         <v>0</v>
       </c>
       <c r="U54" t="n">
         <v>0</v>
       </c>
       <c r="V54" t="inlineStr"/>
       <c r="W54" t="n">
         <v>0</v>
       </c>
       <c r="X54" t="n">
         <v>0</v>
@@ -8607,51 +8704,51 @@
       <c r="E55" t="n">
         <v>0</v>
       </c>
       <c r="F55" t="n">
         <v>0</v>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="n">
         <v>0</v>
       </c>
       <c r="I55" t="n">
         <v>0</v>
       </c>
       <c r="J55" t="inlineStr"/>
       <c r="K55" t="n">
         <v>0</v>
       </c>
       <c r="L55" t="n">
         <v>0</v>
       </c>
       <c r="M55" t="inlineStr"/>
       <c r="N55" t="n">
         <v>0</v>
       </c>
       <c r="O55" t="n">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="P55" t="inlineStr">
         <is>
           <t>https://aumishop.ru/kollagenovye-zhelejnye-palochki-so-vkusom-yabloka-mistic-marine-collagen-abc-juice-apple-beet-carrot-superpower-jelly-sticks-15g/</t>
         </is>
       </c>
       <c r="Q55" t="n">
         <v>0</v>
       </c>
       <c r="R55" t="n">
         <v>0</v>
       </c>
       <c r="S55" t="inlineStr"/>
       <c r="T55" t="n">
         <v>0</v>
       </c>
       <c r="U55" t="n">
         <v>0</v>
       </c>
       <c r="V55" t="inlineStr"/>
       <c r="W55" t="n">
         <v>0</v>
       </c>
       <c r="X55" t="n">
         <v>0</v>
@@ -8743,51 +8840,51 @@
       <c r="E56" t="n">
         <v>0</v>
       </c>
       <c r="F56" t="n">
         <v>0</v>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="n">
         <v>0</v>
       </c>
       <c r="I56" t="n">
         <v>0</v>
       </c>
       <c r="J56" t="inlineStr"/>
       <c r="K56" t="n">
         <v>0</v>
       </c>
       <c r="L56" t="n">
         <v>0</v>
       </c>
       <c r="M56" t="inlineStr"/>
       <c r="N56" t="n">
         <v>0</v>
       </c>
       <c r="O56" t="n">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="P56" t="inlineStr">
         <is>
           <t>https://aumishop.ru/kollagenovye-zhelejnye-palochki-so-vkusom-vinograda-i-s-vitaminom-s-mistic-marine-collagen-vit-c-grape-superpower-jelly-sticks-15g/</t>
         </is>
       </c>
       <c r="Q56" t="n">
         <v>0</v>
       </c>
       <c r="R56" t="n">
         <v>0</v>
       </c>
       <c r="S56" t="inlineStr"/>
       <c r="T56" t="n">
         <v>0</v>
       </c>
       <c r="U56" t="n">
         <v>0</v>
       </c>
       <c r="V56" t="inlineStr"/>
       <c r="W56" t="n">
         <v>0</v>
       </c>
       <c r="X56" t="n">
         <v>0</v>
@@ -8883,141 +8980,145 @@
       <c r="E57" t="n">
         <v>0</v>
       </c>
       <c r="F57" t="n">
         <v>0</v>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="n">
         <v>0</v>
       </c>
       <c r="I57" t="n">
         <v>0</v>
       </c>
       <c r="J57" t="inlineStr"/>
       <c r="K57" t="n">
         <v>0</v>
       </c>
       <c r="L57" t="n">
         <v>0</v>
       </c>
       <c r="M57" t="inlineStr"/>
       <c r="N57" t="n">
         <v>0</v>
       </c>
       <c r="O57" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P57" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-jellyfish-collagen-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-kollagenom-meduzy-24ml/</t>
         </is>
       </c>
       <c r="Q57" t="n">
         <v>0</v>
       </c>
       <c r="R57" t="n">
         <v>0</v>
       </c>
       <c r="S57" t="inlineStr"/>
       <c r="T57" t="n">
         <v>0</v>
       </c>
-      <c r="U57" s="1" t="n">
-        <v>57</v>
+      <c r="U57" t="n">
+        <v>0</v>
       </c>
       <c r="V57" t="inlineStr">
         <is>
           <t>https://e-nokturn.ru/product/438743002-mistic-tkanevaja-maska-dlja-lica-24ml</t>
         </is>
       </c>
       <c r="W57" t="n">
         <v>0</v>
       </c>
       <c r="X57" t="n">
         <v>0</v>
       </c>
       <c r="Y57" t="inlineStr"/>
       <c r="Z57" t="n">
         <v>0</v>
       </c>
       <c r="AA57" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AB57" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000287623-jellyfish-collagen-all-days</t>
         </is>
       </c>
       <c r="AC57" t="n">
         <v>0</v>
       </c>
       <c r="AD57" t="n">
         <v>0</v>
       </c>
-      <c r="AE57" t="inlineStr"/>
+      <c r="AE57" t="inlineStr">
+        <is>
+          <t>https://mm.ru/product/tkanevaya-maska-dlya-2806431?skuId=8038895</t>
+        </is>
+      </c>
       <c r="AF57" t="n">
         <v>0</v>
       </c>
       <c r="AG57" t="n">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="AH57" t="inlineStr">
         <is>
           <t>https://nagesh.ru/catalog/ukhod_za_litsom_i_telom/mistic_maska_dlya_litsa_tkanevaya_s_kollagenom_meduzy_24ml/</t>
         </is>
       </c>
       <c r="AI57" t="n">
         <v>0</v>
       </c>
       <c r="AJ57" t="n">
         <v>0</v>
       </c>
       <c r="AK57" t="inlineStr"/>
-      <c r="AL57" s="1" t="n">
-[...3 lines deleted...]
-        <v>50</v>
+      <c r="AL57" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM57" t="n">
+        <v>0</v>
       </c>
       <c r="AN57" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-dlya-litsa-s-kollagenom-meduzy-jellyfish-collagen-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO57" t="n">
         <v>0</v>
       </c>
       <c r="AP57" t="n">
         <v>0</v>
       </c>
       <c r="AQ57" t="inlineStr"/>
-      <c r="AR57" s="1" t="n">
-        <v>69</v>
+      <c r="AR57" t="n">
+        <v>0</v>
       </c>
       <c r="AS57" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT57" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-jellyfish-collagen-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU57" t="n">
         <v>0</v>
       </c>
       <c r="AV57" t="n">
         <v>0</v>
       </c>
       <c r="AW57" t="inlineStr"/>
       <c r="AX57" t="n">
         <v>0</v>
       </c>
       <c r="AY57" t="n">
         <v>0</v>
       </c>
       <c r="AZ57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>044463</t>
@@ -9039,133 +9140,133 @@
       <c r="E58" t="n">
         <v>0</v>
       </c>
       <c r="F58" t="n">
         <v>0</v>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="n">
         <v>0</v>
       </c>
       <c r="I58" t="n">
         <v>0</v>
       </c>
       <c r="J58" t="inlineStr"/>
       <c r="K58" t="n">
         <v>0</v>
       </c>
       <c r="L58" t="n">
         <v>0</v>
       </c>
       <c r="M58" t="inlineStr"/>
       <c r="N58" t="n">
         <v>0</v>
       </c>
       <c r="O58" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P58" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-red-ginseng-and-pomegranate-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-ekstraktom-krasnogo-zhenshenya-i-granata-24ml/</t>
         </is>
       </c>
       <c r="Q58" t="n">
         <v>0</v>
       </c>
       <c r="R58" t="n">
         <v>0</v>
       </c>
       <c r="S58" t="inlineStr"/>
       <c r="T58" t="n">
         <v>0</v>
       </c>
       <c r="U58" t="n">
         <v>0</v>
       </c>
       <c r="V58" t="inlineStr"/>
       <c r="W58" t="n">
         <v>0</v>
       </c>
       <c r="X58" t="n">
         <v>0</v>
       </c>
       <c r="Y58" t="inlineStr"/>
       <c r="Z58" t="n">
         <v>0</v>
       </c>
       <c r="AA58" t="n">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="AB58" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000306635-red-ginseng-pomegranate-all-days</t>
         </is>
       </c>
       <c r="AC58" t="n">
         <v>0</v>
       </c>
       <c r="AD58" t="n">
         <v>0</v>
       </c>
       <c r="AE58" t="inlineStr"/>
       <c r="AF58" t="n">
         <v>0</v>
       </c>
       <c r="AG58" t="n">
         <v>0</v>
       </c>
       <c r="AH58" t="inlineStr"/>
       <c r="AI58" t="n">
         <v>0</v>
       </c>
       <c r="AJ58" t="n">
         <v>0</v>
       </c>
       <c r="AK58" t="inlineStr"/>
-      <c r="AL58" s="1" t="n">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="AL58" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM58" t="n">
+        <v>0</v>
       </c>
       <c r="AN58" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-dlya-litsa-s-ekstraktami-krasnogo-zhenshenya-i-granata-red-ginseng-pomegranate-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO58" t="n">
         <v>0</v>
       </c>
       <c r="AP58" t="n">
         <v>0</v>
       </c>
       <c r="AQ58" t="inlineStr"/>
-      <c r="AR58" s="1" t="n">
-        <v>69</v>
+      <c r="AR58" t="n">
+        <v>0</v>
       </c>
       <c r="AS58" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT58" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-red-ginseng-pomegranate-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU58" t="n">
         <v>0</v>
       </c>
       <c r="AV58" t="n">
         <v>0</v>
       </c>
       <c r="AW58" t="inlineStr"/>
       <c r="AX58" t="n">
         <v>0</v>
       </c>
       <c r="AY58" t="n">
         <v>0</v>
       </c>
       <c r="AZ58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>044449</t>
@@ -9187,137 +9288,137 @@
       <c r="E59" t="n">
         <v>0</v>
       </c>
       <c r="F59" t="n">
         <v>0</v>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="n">
         <v>0</v>
       </c>
       <c r="I59" t="n">
         <v>0</v>
       </c>
       <c r="J59" t="inlineStr"/>
       <c r="K59" t="n">
         <v>0</v>
       </c>
       <c r="L59" t="n">
         <v>0</v>
       </c>
       <c r="M59" t="inlineStr"/>
       <c r="N59" t="n">
         <v>0</v>
       </c>
       <c r="O59" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P59" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-snail-and-super-nut-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-mucinom-ulitki-i-ekstraktom-oreha-24ml/</t>
         </is>
       </c>
       <c r="Q59" t="n">
         <v>0</v>
       </c>
       <c r="R59" t="n">
         <v>0</v>
       </c>
       <c r="S59" t="inlineStr"/>
       <c r="T59" t="n">
         <v>0</v>
       </c>
       <c r="U59" t="n">
         <v>0</v>
       </c>
       <c r="V59" t="inlineStr"/>
       <c r="W59" t="n">
         <v>0</v>
       </c>
       <c r="X59" t="n">
         <v>0</v>
       </c>
       <c r="Y59" t="inlineStr"/>
       <c r="Z59" t="n">
         <v>0</v>
       </c>
       <c r="AA59" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AB59" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000287624-snail-super-nut-all-days</t>
         </is>
       </c>
-      <c r="AC59" s="1" t="n">
-        <v>40</v>
+      <c r="AC59" t="n">
+        <v>0</v>
       </c>
       <c r="AD59" t="n">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="AE59" t="inlineStr">
         <is>
           <t>https://mm.ru/product/tkanevaya-maska-dlya-2806433?skuId=8038897</t>
         </is>
       </c>
       <c r="AF59" t="n">
         <v>0</v>
       </c>
       <c r="AG59" t="n">
         <v>0</v>
       </c>
       <c r="AH59" t="inlineStr"/>
       <c r="AI59" t="n">
         <v>0</v>
       </c>
       <c r="AJ59" t="n">
         <v>0</v>
       </c>
       <c r="AK59" t="inlineStr"/>
-      <c r="AL59" s="1" t="n">
-[...3 lines deleted...]
-        <v>50</v>
+      <c r="AL59" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM59" t="n">
+        <v>0</v>
       </c>
       <c r="AN59" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-s-mutsinom-ulitki-i-ekstraktom-oreha-snail-super-nut-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO59" t="n">
         <v>0</v>
       </c>
       <c r="AP59" t="n">
         <v>0</v>
       </c>
       <c r="AQ59" t="inlineStr"/>
-      <c r="AR59" s="1" t="n">
-        <v>69</v>
+      <c r="AR59" t="n">
+        <v>0</v>
       </c>
       <c r="AS59" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT59" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-snail-super-nut-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU59" t="n">
         <v>0</v>
       </c>
       <c r="AV59" t="n">
         <v>0</v>
       </c>
       <c r="AW59" t="inlineStr"/>
       <c r="AX59" t="n">
         <v>0</v>
       </c>
       <c r="AY59" t="n">
         <v>0</v>
       </c>
       <c r="AZ59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>044289</t>
@@ -9328,156 +9429,156 @@
           <t>MISTIC</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>MISTIC AGAVE &amp; YUZU COOLING EYE PATCH Охлаждающие патчи с экстрактами Агавы и Юдзу 84г (60шт/30пар)</t>
         </is>
       </c>
       <c r="D60" t="n">
         <v>1362</v>
       </c>
       <c r="E60" t="n">
         <v>0</v>
       </c>
       <c r="F60" t="n">
         <v>0</v>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="n">
         <v>0</v>
       </c>
       <c r="I60" t="n">
         <v>0</v>
       </c>
       <c r="J60" t="inlineStr"/>
-      <c r="K60" s="1" t="n">
-        <v>1182</v>
+      <c r="K60" t="n">
+        <v>0</v>
       </c>
       <c r="L60" t="n">
-        <v>1390</v>
+        <v>0</v>
       </c>
       <c r="M60" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/mistic_patchi_okhlazhdayushchie_s_ekstr_agavy_i_yudzu_60_sht/</t>
         </is>
       </c>
       <c r="N60" t="n">
         <v>0</v>
       </c>
       <c r="O60" t="n">
-        <v>1695</v>
+        <v>0</v>
       </c>
       <c r="P60" t="inlineStr">
         <is>
           <t>https://aumishop.ru/ohlazhdayuschie-patchi-s-ekstraktami-agavy-i-yudzu/</t>
         </is>
       </c>
       <c r="Q60" t="n">
         <v>0</v>
       </c>
       <c r="R60" t="n">
         <v>0</v>
       </c>
       <c r="S60" t="inlineStr"/>
       <c r="T60" t="n">
         <v>0</v>
       </c>
       <c r="U60" t="n">
         <v>0</v>
       </c>
       <c r="V60" t="inlineStr"/>
       <c r="W60" t="n">
         <v>0</v>
       </c>
       <c r="X60" t="n">
         <v>0</v>
       </c>
       <c r="Y60" t="inlineStr"/>
       <c r="Z60" t="n">
         <v>0</v>
       </c>
       <c r="AA60" t="n">
-        <v>2409</v>
+        <v>0</v>
       </c>
       <c r="AB60" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000167208-agave-yuzu-cooling-eye-patch</t>
         </is>
       </c>
-      <c r="AC60" s="1" t="n">
-        <v>1104</v>
+      <c r="AC60" t="n">
+        <v>0</v>
       </c>
       <c r="AD60" t="n">
-        <v>2514</v>
+        <v>0</v>
       </c>
       <c r="AE60" t="inlineStr">
         <is>
           <t>https://mm.ru/product/okhlazhdayuschie-patchi-mistic-2806432?skuId=8038896</t>
         </is>
       </c>
       <c r="AF60" t="n">
         <v>0</v>
       </c>
       <c r="AG60" t="n">
         <v>0</v>
       </c>
       <c r="AH60" t="inlineStr"/>
       <c r="AI60" t="n">
         <v>0</v>
       </c>
       <c r="AJ60" t="n">
         <v>0</v>
       </c>
       <c r="AK60" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/89/p/patci-mistic-ohlazdausie-s-ekstraktami-agavy-i-udzu-84g-4358358</t>
         </is>
       </c>
-      <c r="AL60" s="1" t="n">
-[...3 lines deleted...]
-        <v>1072</v>
+      <c r="AL60" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM60" t="n">
+        <v>0</v>
       </c>
       <c r="AN60" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/ohlazhdayuschie-patchi-dlya-glaz-s-ekstraktami-agavy-i-yudzu-agave-yuzu-cooling-eye-patch-60sht</t>
         </is>
       </c>
       <c r="AO60" t="n">
         <v>0</v>
       </c>
       <c r="AP60" t="n">
         <v>0</v>
       </c>
       <c r="AQ60" t="inlineStr"/>
       <c r="AR60" t="n">
-        <v>1569</v>
+        <v>0</v>
       </c>
       <c r="AS60" t="n">
-        <v>1960</v>
+        <v>0</v>
       </c>
       <c r="AT60" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-agave-yuzu-cooling-eye-patch</t>
         </is>
       </c>
       <c r="AU60" t="n">
         <v>0</v>
       </c>
       <c r="AV60" t="n">
         <v>0</v>
       </c>
       <c r="AW60" t="inlineStr"/>
       <c r="AX60" t="n">
         <v>0</v>
       </c>
       <c r="AY60" t="n">
         <v>0</v>
       </c>
       <c r="AZ60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>044432</t>
@@ -9499,133 +9600,137 @@
       <c r="E61" t="n">
         <v>0</v>
       </c>
       <c r="F61" t="n">
         <v>0</v>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="n">
         <v>0</v>
       </c>
       <c r="I61" t="n">
         <v>0</v>
       </c>
       <c r="J61" t="inlineStr"/>
       <c r="K61" t="n">
         <v>0</v>
       </c>
       <c r="L61" t="n">
         <v>0</v>
       </c>
       <c r="M61" t="inlineStr"/>
       <c r="N61" t="n">
         <v>0</v>
       </c>
       <c r="O61" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P61" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-strawberry-and-carob-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-ekstraktami-klubniki-i-keroba-24ml/</t>
         </is>
       </c>
       <c r="Q61" t="n">
         <v>0</v>
       </c>
       <c r="R61" t="n">
         <v>0</v>
       </c>
       <c r="S61" t="inlineStr"/>
       <c r="T61" t="n">
         <v>0</v>
       </c>
       <c r="U61" t="n">
         <v>0</v>
       </c>
       <c r="V61" t="inlineStr"/>
       <c r="W61" t="n">
         <v>0</v>
       </c>
       <c r="X61" t="n">
         <v>0</v>
       </c>
       <c r="Y61" t="inlineStr"/>
       <c r="Z61" t="n">
         <v>0</v>
       </c>
       <c r="AA61" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AB61" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000287625-strawberry-and-carob-all-days</t>
         </is>
       </c>
       <c r="AC61" t="n">
         <v>0</v>
       </c>
       <c r="AD61" t="n">
         <v>0</v>
       </c>
-      <c r="AE61" t="inlineStr"/>
+      <c r="AE61" t="inlineStr">
+        <is>
+          <t>https://mm.ru/product/tkanevaya-maska-dlya-2806423?skuId=8038887</t>
+        </is>
+      </c>
       <c r="AF61" t="n">
         <v>0</v>
       </c>
       <c r="AG61" t="n">
         <v>0</v>
       </c>
       <c r="AH61" t="inlineStr"/>
       <c r="AI61" t="n">
         <v>0</v>
       </c>
       <c r="AJ61" t="n">
         <v>0</v>
       </c>
       <c r="AK61" t="inlineStr"/>
-      <c r="AL61" s="1" t="n">
-[...3 lines deleted...]
-        <v>50</v>
+      <c r="AL61" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM61" t="n">
+        <v>0</v>
       </c>
       <c r="AN61" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-s-ekstraktami-klubniki-i-keroba-strawberry-carob-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO61" t="n">
         <v>0</v>
       </c>
       <c r="AP61" t="n">
         <v>0</v>
       </c>
       <c r="AQ61" t="inlineStr"/>
-      <c r="AR61" s="1" t="n">
-        <v>69</v>
+      <c r="AR61" t="n">
+        <v>0</v>
       </c>
       <c r="AS61" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT61" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-strawberry-carob-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU61" t="n">
         <v>0</v>
       </c>
       <c r="AV61" t="n">
         <v>0</v>
       </c>
       <c r="AW61" t="inlineStr"/>
       <c r="AX61" t="n">
         <v>0</v>
       </c>
       <c r="AY61" t="n">
         <v>0</v>
       </c>
       <c r="AZ61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>044401</t>
@@ -9651,145 +9756,145 @@
         <v>0</v>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="n">
         <v>0</v>
       </c>
       <c r="I62" t="n">
         <v>0</v>
       </c>
       <c r="J62" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/mistic_tkanevaya_maska_s_peptidom_zmeinogo_yada_syn_ake_peptide_all_days_sheet_mask/</t>
         </is>
       </c>
       <c r="K62" t="n">
         <v>0</v>
       </c>
       <c r="L62" t="n">
         <v>0</v>
       </c>
       <c r="M62" t="inlineStr"/>
       <c r="N62" t="n">
         <v>0</v>
       </c>
       <c r="O62" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P62" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-syn-ake-peptide-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-peptidom-zmeinogo-yada-24ml/</t>
         </is>
       </c>
       <c r="Q62" t="n">
         <v>0</v>
       </c>
       <c r="R62" t="n">
         <v>0</v>
       </c>
       <c r="S62" t="inlineStr"/>
       <c r="T62" t="n">
         <v>0</v>
       </c>
-      <c r="U62" s="1" t="n">
-        <v>57</v>
+      <c r="U62" t="n">
+        <v>0</v>
       </c>
       <c r="V62" t="inlineStr">
         <is>
           <t>https://e-nokturn.ru/product/438743002-mistic-tkanevaja-maska-dlja-lica-24ml</t>
         </is>
       </c>
       <c r="W62" t="n">
         <v>0</v>
       </c>
       <c r="X62" t="n">
         <v>0</v>
       </c>
       <c r="Y62" t="inlineStr"/>
       <c r="Z62" t="n">
         <v>0</v>
       </c>
       <c r="AA62" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AB62" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000287626-syn-ake-peptide-all-days</t>
         </is>
       </c>
       <c r="AC62" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="AD62" t="n">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="AE62" t="inlineStr">
         <is>
           <t>https://mm.ru/product/tkanevaya-maska-dlya-2806435?skuId=8038899</t>
         </is>
       </c>
       <c r="AF62" t="n">
         <v>0</v>
       </c>
       <c r="AG62" t="n">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="AH62" t="inlineStr">
         <is>
           <t>https://nagesh.ru/catalog/ukhod_za_litsom_i_telom/mistic_maska_dlya_litsa_tkanevaya_s_peptidom_zmeinogo_yada_24ml/</t>
         </is>
       </c>
       <c r="AI62" t="n">
         <v>0</v>
       </c>
       <c r="AJ62" t="n">
         <v>0</v>
       </c>
       <c r="AK62" t="inlineStr"/>
       <c r="AL62" t="n">
         <v>0</v>
       </c>
       <c r="AM62" t="n">
         <v>0</v>
       </c>
       <c r="AN62" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-s-peptidom-zmeinogo-yada-syn-ake-peptide-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO62" t="n">
         <v>0</v>
       </c>
       <c r="AP62" t="n">
         <v>0</v>
       </c>
       <c r="AQ62" t="inlineStr"/>
-      <c r="AR62" s="1" t="n">
-        <v>69</v>
+      <c r="AR62" t="n">
+        <v>0</v>
       </c>
       <c r="AS62" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT62" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-syn-ake-peptide-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU62" t="n">
         <v>0</v>
       </c>
       <c r="AV62" t="n">
         <v>0</v>
       </c>
       <c r="AW62" t="inlineStr"/>
       <c r="AX62" t="n">
         <v>0</v>
       </c>
       <c r="AY62" t="n">
         <v>0</v>
       </c>
       <c r="AZ62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>044470</t>
@@ -9811,133 +9916,137 @@
       <c r="E63" t="n">
         <v>0</v>
       </c>
       <c r="F63" t="n">
         <v>0</v>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="n">
         <v>0</v>
       </c>
       <c r="I63" t="n">
         <v>0</v>
       </c>
       <c r="J63" t="inlineStr"/>
       <c r="K63" t="n">
         <v>0</v>
       </c>
       <c r="L63" t="n">
         <v>0</v>
       </c>
       <c r="M63" t="inlineStr"/>
       <c r="N63" t="n">
         <v>0</v>
       </c>
       <c r="O63" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P63" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-tea-tree-and-orange-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-ekstraktami-chajnogo-dereva-i-apelsina-24ml/</t>
         </is>
       </c>
       <c r="Q63" t="n">
         <v>0</v>
       </c>
       <c r="R63" t="n">
         <v>0</v>
       </c>
       <c r="S63" t="inlineStr"/>
       <c r="T63" t="n">
         <v>0</v>
       </c>
       <c r="U63" t="n">
         <v>0</v>
       </c>
       <c r="V63" t="inlineStr"/>
       <c r="W63" t="n">
         <v>0</v>
       </c>
       <c r="X63" t="n">
         <v>0</v>
       </c>
       <c r="Y63" t="inlineStr"/>
       <c r="Z63" t="n">
         <v>0</v>
       </c>
       <c r="AA63" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AB63" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000287627-tea-tree-orange-all-days</t>
         </is>
       </c>
       <c r="AC63" t="n">
         <v>0</v>
       </c>
       <c r="AD63" t="n">
         <v>0</v>
       </c>
-      <c r="AE63" t="inlineStr"/>
+      <c r="AE63" t="inlineStr">
+        <is>
+          <t>https://mm.ru/product/tkanevaya-maska-dlya-2806418?skuId=8038882</t>
+        </is>
+      </c>
       <c r="AF63" t="n">
         <v>0</v>
       </c>
       <c r="AG63" t="n">
         <v>0</v>
       </c>
       <c r="AH63" t="inlineStr"/>
       <c r="AI63" t="n">
         <v>0</v>
       </c>
       <c r="AJ63" t="n">
         <v>0</v>
       </c>
       <c r="AK63" t="inlineStr"/>
-      <c r="AL63" s="1" t="n">
-[...3 lines deleted...]
-        <v>50</v>
+      <c r="AL63" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM63" t="n">
+        <v>0</v>
       </c>
       <c r="AN63" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-s-ekstraktami-chaynogo-dereva-i-apelsina-tea-tree-orange-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO63" t="n">
         <v>0</v>
       </c>
       <c r="AP63" t="n">
         <v>0</v>
       </c>
       <c r="AQ63" t="inlineStr"/>
-      <c r="AR63" s="1" t="n">
-        <v>69</v>
+      <c r="AR63" t="n">
+        <v>0</v>
       </c>
       <c r="AS63" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT63" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-tea-tree-orange-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU63" t="n">
         <v>0</v>
       </c>
       <c r="AV63" t="n">
         <v>0</v>
       </c>
       <c r="AW63" t="inlineStr"/>
       <c r="AX63" t="n">
         <v>0</v>
       </c>
       <c r="AY63" t="n">
         <v>0</v>
       </c>
       <c r="AZ63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>044487</t>
@@ -9959,133 +10068,133 @@
       <c r="E64" t="n">
         <v>0</v>
       </c>
       <c r="F64" t="n">
         <v>0</v>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="n">
         <v>0</v>
       </c>
       <c r="I64" t="n">
         <v>0</v>
       </c>
       <c r="J64" t="inlineStr"/>
       <c r="K64" t="n">
         <v>0</v>
       </c>
       <c r="L64" t="n">
         <v>0</v>
       </c>
       <c r="M64" t="inlineStr"/>
       <c r="N64" t="n">
         <v>0</v>
       </c>
       <c r="O64" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P64" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-tomato-and-basil-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-ekstraktami-tomata-i-bazilika-24ml/</t>
         </is>
       </c>
       <c r="Q64" t="n">
         <v>0</v>
       </c>
       <c r="R64" t="n">
         <v>0</v>
       </c>
       <c r="S64" t="inlineStr"/>
       <c r="T64" t="n">
         <v>0</v>
       </c>
       <c r="U64" t="n">
         <v>0</v>
       </c>
       <c r="V64" t="inlineStr"/>
       <c r="W64" t="n">
         <v>0</v>
       </c>
       <c r="X64" t="n">
         <v>0</v>
       </c>
       <c r="Y64" t="inlineStr"/>
       <c r="Z64" t="n">
         <v>0</v>
       </c>
       <c r="AA64" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AB64" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000306636-tomato-basil-all-days</t>
         </is>
       </c>
       <c r="AC64" t="n">
         <v>0</v>
       </c>
       <c r="AD64" t="n">
         <v>0</v>
       </c>
       <c r="AE64" t="inlineStr"/>
       <c r="AF64" t="n">
         <v>0</v>
       </c>
       <c r="AG64" t="n">
         <v>0</v>
       </c>
       <c r="AH64" t="inlineStr"/>
       <c r="AI64" t="n">
         <v>0</v>
       </c>
       <c r="AJ64" t="n">
         <v>0</v>
       </c>
       <c r="AK64" t="inlineStr"/>
-      <c r="AL64" s="1" t="n">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="AL64" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM64" t="n">
+        <v>0</v>
       </c>
       <c r="AN64" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-dlya-litsa-s-ekstraktami-tomata-i-bazilika-tomato-basil-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO64" t="n">
         <v>0</v>
       </c>
       <c r="AP64" t="n">
         <v>0</v>
       </c>
       <c r="AQ64" t="inlineStr"/>
-      <c r="AR64" s="1" t="n">
-        <v>69</v>
+      <c r="AR64" t="n">
+        <v>0</v>
       </c>
       <c r="AS64" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT64" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-tomato-basil-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU64" t="n">
         <v>0</v>
       </c>
       <c r="AV64" t="n">
         <v>0</v>
       </c>
       <c r="AW64" t="inlineStr"/>
       <c r="AX64" t="n">
         <v>0</v>
       </c>
       <c r="AY64" t="n">
         <v>0</v>
       </c>
       <c r="AZ64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>044456</t>
@@ -10111,133 +10220,137 @@
         <v>0</v>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="n">
         <v>0</v>
       </c>
       <c r="I65" t="n">
         <v>0</v>
       </c>
       <c r="J65" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/mistic_tkanevaya_maska_s_ekstraktom_vina_wine_therapy_all_days_sheet_mask/</t>
         </is>
       </c>
       <c r="K65" t="n">
         <v>0</v>
       </c>
       <c r="L65" t="n">
         <v>0</v>
       </c>
       <c r="M65" t="inlineStr"/>
       <c r="N65" t="n">
         <v>0</v>
       </c>
       <c r="O65" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P65" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-wine-therapy-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-ekstraktom-vina-24ml/</t>
         </is>
       </c>
       <c r="Q65" t="n">
         <v>0</v>
       </c>
       <c r="R65" t="n">
         <v>0</v>
       </c>
       <c r="S65" t="inlineStr"/>
       <c r="T65" t="n">
         <v>0</v>
       </c>
       <c r="U65" t="n">
         <v>0</v>
       </c>
       <c r="V65" t="inlineStr"/>
       <c r="W65" t="n">
         <v>0</v>
       </c>
       <c r="X65" t="n">
         <v>0</v>
       </c>
       <c r="Y65" t="inlineStr"/>
       <c r="Z65" t="n">
         <v>0</v>
       </c>
       <c r="AA65" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AB65" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000287628-wine-therapy-all-days</t>
         </is>
       </c>
       <c r="AC65" t="n">
         <v>0</v>
       </c>
       <c r="AD65" t="n">
         <v>0</v>
       </c>
-      <c r="AE65" t="inlineStr"/>
+      <c r="AE65" t="inlineStr">
+        <is>
+          <t>https://mm.ru/product/tkanevaya-maska-dlya-2806439</t>
+        </is>
+      </c>
       <c r="AF65" t="n">
         <v>0</v>
       </c>
       <c r="AG65" t="n">
         <v>0</v>
       </c>
       <c r="AH65" t="inlineStr"/>
       <c r="AI65" t="n">
         <v>0</v>
       </c>
       <c r="AJ65" t="n">
         <v>0</v>
       </c>
       <c r="AK65" t="inlineStr"/>
-      <c r="AL65" s="1" t="n">
-[...3 lines deleted...]
-        <v>50</v>
+      <c r="AL65" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM65" t="n">
+        <v>0</v>
       </c>
       <c r="AN65" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-dlya-litsa-s-ekstraktom-vina-wine-therapy-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO65" t="n">
         <v>0</v>
       </c>
       <c r="AP65" t="n">
         <v>0</v>
       </c>
       <c r="AQ65" t="inlineStr"/>
-      <c r="AR65" s="1" t="n">
-        <v>69</v>
+      <c r="AR65" t="n">
+        <v>0</v>
       </c>
       <c r="AS65" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT65" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-wine-therapy-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU65" t="n">
         <v>0</v>
       </c>
       <c r="AV65" t="n">
         <v>0</v>
       </c>
       <c r="AW65" t="inlineStr"/>
       <c r="AX65" t="n">
         <v>0</v>
       </c>
       <c r="AY65" t="n">
         <v>0</v>
       </c>
       <c r="AZ65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>044425</t>
@@ -10259,137 +10372,137 @@
       <c r="E66" t="n">
         <v>0</v>
       </c>
       <c r="F66" t="n">
         <v>0</v>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="n">
         <v>0</v>
       </c>
       <c r="I66" t="n">
         <v>0</v>
       </c>
       <c r="J66" t="inlineStr"/>
       <c r="K66" t="n">
         <v>0</v>
       </c>
       <c r="L66" t="n">
         <v>0</v>
       </c>
       <c r="M66" t="inlineStr"/>
       <c r="N66" t="n">
         <v>0</v>
       </c>
       <c r="O66" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P66" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-yuzu-and-ginger-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-ekstraktami-imbirya-i-yudzu-24ml/</t>
         </is>
       </c>
       <c r="Q66" t="n">
         <v>0</v>
       </c>
       <c r="R66" t="n">
         <v>0</v>
       </c>
       <c r="S66" t="inlineStr"/>
       <c r="T66" t="n">
         <v>0</v>
       </c>
       <c r="U66" t="n">
         <v>0</v>
       </c>
       <c r="V66" t="inlineStr"/>
       <c r="W66" t="n">
         <v>0</v>
       </c>
       <c r="X66" t="n">
         <v>0</v>
       </c>
       <c r="Y66" t="inlineStr"/>
       <c r="Z66" t="n">
         <v>0</v>
       </c>
       <c r="AA66" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AB66" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000287629-yuzu-ginger-all-days</t>
         </is>
       </c>
-      <c r="AC66" s="1" t="n">
-        <v>40</v>
+      <c r="AC66" t="n">
+        <v>0</v>
       </c>
       <c r="AD66" t="n">
-        <v>479</v>
+        <v>0</v>
       </c>
       <c r="AE66" t="inlineStr">
         <is>
           <t>https://mm.ru/product/tkanevaya-maska-dlya-2806422?skuId=8038886</t>
         </is>
       </c>
       <c r="AF66" t="n">
         <v>0</v>
       </c>
       <c r="AG66" t="n">
         <v>0</v>
       </c>
       <c r="AH66" t="inlineStr"/>
       <c r="AI66" t="n">
         <v>0</v>
       </c>
       <c r="AJ66" t="n">
         <v>0</v>
       </c>
       <c r="AK66" t="inlineStr"/>
-      <c r="AL66" s="1" t="n">
-[...3 lines deleted...]
-        <v>50</v>
+      <c r="AL66" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM66" t="n">
+        <v>0</v>
       </c>
       <c r="AN66" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-s-ekstraktom-imbirya-i-yudzu-yuzu-ginger-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO66" t="n">
         <v>0</v>
       </c>
       <c r="AP66" t="n">
         <v>0</v>
       </c>
       <c r="AQ66" t="inlineStr"/>
-      <c r="AR66" s="1" t="n">
-        <v>69</v>
+      <c r="AR66" t="n">
+        <v>0</v>
       </c>
       <c r="AS66" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT66" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-yuzu-ginger-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU66" t="n">
         <v>0</v>
       </c>
       <c r="AV66" t="n">
         <v>0</v>
       </c>
       <c r="AW66" t="inlineStr"/>
       <c r="AX66" t="n">
         <v>0</v>
       </c>
       <c r="AY66" t="n">
         <v>0</v>
       </c>
       <c r="AZ66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>044296</t>
@@ -10411,145 +10524,145 @@
       <c r="E67" t="n">
         <v>0</v>
       </c>
       <c r="F67" t="n">
         <v>0</v>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="n">
         <v>0</v>
       </c>
       <c r="I67" t="n">
         <v>0</v>
       </c>
       <c r="J67" t="inlineStr"/>
       <c r="K67" t="n">
         <v>0</v>
       </c>
       <c r="L67" t="n">
         <v>0</v>
       </c>
       <c r="M67" t="inlineStr"/>
       <c r="N67" t="n">
         <v>0</v>
       </c>
       <c r="O67" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P67" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-aloe-and-cucumber-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-ekstraktami-ogurca-i-aloe-24-ml/</t>
         </is>
       </c>
       <c r="Q67" t="n">
         <v>0</v>
       </c>
-      <c r="R67" s="1" t="n">
-        <v>70</v>
+      <c r="R67" t="n">
+        <v>0</v>
       </c>
       <c r="S67" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/49182843/</t>
         </is>
       </c>
       <c r="T67" t="n">
         <v>0</v>
       </c>
-      <c r="U67" s="1" t="n">
-        <v>57</v>
+      <c r="U67" t="n">
+        <v>0</v>
       </c>
       <c r="V67" t="inlineStr">
         <is>
           <t>https://e-nokturn.ru/product/438743002-mistic-tkanevaja-maska-dlja-lica-24ml</t>
         </is>
       </c>
       <c r="W67" t="n">
         <v>0</v>
       </c>
       <c r="X67" t="n">
         <v>0</v>
       </c>
       <c r="Y67" t="inlineStr"/>
       <c r="Z67" t="n">
         <v>0</v>
       </c>
       <c r="AA67" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AB67" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000205185-aloe-cucumber-all-days</t>
         </is>
       </c>
-      <c r="AC67" s="1" t="n">
-        <v>40</v>
+      <c r="AC67" t="n">
+        <v>0</v>
       </c>
       <c r="AD67" t="n">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="AE67" t="inlineStr">
         <is>
           <t>https://mm.ru/product/tkanevaya-maska-dlya-2806426?skuId=8038890</t>
         </is>
       </c>
       <c r="AF67" t="n">
         <v>0</v>
       </c>
       <c r="AG67" t="n">
         <v>0</v>
       </c>
       <c r="AH67" t="inlineStr"/>
       <c r="AI67" t="n">
         <v>0</v>
       </c>
       <c r="AJ67" t="n">
         <v>0</v>
       </c>
       <c r="AK67" t="inlineStr"/>
-      <c r="AL67" s="1" t="n">
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="AL67" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM67" t="n">
+        <v>0</v>
       </c>
       <c r="AN67" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-dlya-litsa-s-ekstraktami-ogurtsa-i-aloe-aloe-cucumber-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO67" t="n">
         <v>0</v>
       </c>
       <c r="AP67" t="n">
         <v>0</v>
       </c>
       <c r="AQ67" t="inlineStr"/>
-      <c r="AR67" s="1" t="n">
-        <v>69</v>
+      <c r="AR67" t="n">
+        <v>0</v>
       </c>
       <c r="AS67" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT67" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-aloe-cucumber-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU67" t="n">
         <v>0</v>
       </c>
       <c r="AV67" t="n">
         <v>0</v>
       </c>
       <c r="AW67" t="inlineStr"/>
       <c r="AX67" t="n">
         <v>0</v>
       </c>
       <c r="AY67" t="n">
         <v>0</v>
       </c>
       <c r="AZ67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>044340</t>
@@ -10571,145 +10684,149 @@
       <c r="E68" t="n">
         <v>0</v>
       </c>
       <c r="F68" t="n">
         <v>0</v>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="n">
         <v>0</v>
       </c>
       <c r="I68" t="n">
         <v>0</v>
       </c>
       <c r="J68" t="inlineStr"/>
       <c r="K68" t="n">
         <v>0</v>
       </c>
       <c r="L68" t="n">
         <v>0</v>
       </c>
       <c r="M68" t="inlineStr"/>
       <c r="N68" t="n">
         <v>0</v>
       </c>
       <c r="O68" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P68" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-ceramide-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-keramidami-24-ml/</t>
         </is>
       </c>
       <c r="Q68" t="n">
         <v>0</v>
       </c>
-      <c r="R68" s="1" t="n">
-        <v>75</v>
+      <c r="R68" t="n">
+        <v>0</v>
       </c>
       <c r="S68" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/57854309/</t>
         </is>
       </c>
       <c r="T68" t="n">
         <v>0</v>
       </c>
-      <c r="U68" s="1" t="n">
-        <v>57</v>
+      <c r="U68" t="n">
+        <v>0</v>
       </c>
       <c r="V68" t="inlineStr">
         <is>
           <t>https://e-nokturn.ru/product/438743002-mistic-tkanevaja-maska-dlja-lica-24ml</t>
         </is>
       </c>
       <c r="W68" t="n">
         <v>0</v>
       </c>
       <c r="X68" t="n">
         <v>0</v>
       </c>
       <c r="Y68" t="inlineStr"/>
       <c r="Z68" t="n">
         <v>0</v>
       </c>
       <c r="AA68" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AB68" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000205187-ceramide-all-days</t>
         </is>
       </c>
       <c r="AC68" t="n">
         <v>0</v>
       </c>
       <c r="AD68" t="n">
         <v>0</v>
       </c>
-      <c r="AE68" t="inlineStr"/>
+      <c r="AE68" t="inlineStr">
+        <is>
+          <t>https://mm.ru/product/tkanevaya-maska-dlya-lica-mistic-s-2806420?skuId=8038884</t>
+        </is>
+      </c>
       <c r="AF68" t="n">
         <v>0</v>
       </c>
       <c r="AG68" t="n">
         <v>0</v>
       </c>
       <c r="AH68" t="inlineStr"/>
       <c r="AI68" t="n">
         <v>0</v>
       </c>
       <c r="AJ68" t="n">
         <v>0</v>
       </c>
       <c r="AK68" t="inlineStr"/>
-      <c r="AL68" s="1" t="n">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="AL68" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM68" t="n">
+        <v>0</v>
       </c>
       <c r="AN68" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-dlya-litsa-s-keramidami-ceramide-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO68" t="n">
         <v>0</v>
       </c>
       <c r="AP68" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AQ68" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/137827</t>
         </is>
       </c>
-      <c r="AR68" s="1" t="n">
-        <v>69</v>
+      <c r="AR68" t="n">
+        <v>0</v>
       </c>
       <c r="AS68" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT68" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-ceramide-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU68" t="n">
         <v>0</v>
       </c>
       <c r="AV68" t="n">
         <v>0</v>
       </c>
       <c r="AW68" t="inlineStr"/>
       <c r="AX68" t="n">
         <v>0</v>
       </c>
       <c r="AY68" t="n">
         <v>0</v>
       </c>
       <c r="AZ68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>044333</t>
@@ -10731,145 +10848,145 @@
       <c r="E69" t="n">
         <v>0</v>
       </c>
       <c r="F69" t="n">
         <v>0</v>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="n">
         <v>0</v>
       </c>
       <c r="I69" t="n">
         <v>0</v>
       </c>
       <c r="J69" t="inlineStr"/>
       <c r="K69" t="n">
         <v>0</v>
       </c>
       <c r="L69" t="n">
         <v>0</v>
       </c>
       <c r="M69" t="inlineStr"/>
       <c r="N69" t="n">
         <v>0</v>
       </c>
       <c r="O69" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P69" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-collagen-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-kollagenom-24-ml/</t>
         </is>
       </c>
       <c r="Q69" t="n">
         <v>0</v>
       </c>
-      <c r="R69" s="1" t="n">
-        <v>70</v>
+      <c r="R69" t="n">
+        <v>0</v>
       </c>
       <c r="S69" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/49182959/</t>
         </is>
       </c>
       <c r="T69" t="n">
         <v>0</v>
       </c>
       <c r="U69" t="n">
         <v>0</v>
       </c>
       <c r="V69" t="inlineStr"/>
       <c r="W69" t="n">
         <v>0</v>
       </c>
       <c r="X69" t="n">
         <v>0</v>
       </c>
       <c r="Y69" t="inlineStr"/>
       <c r="Z69" t="n">
         <v>0</v>
       </c>
       <c r="AA69" t="n">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="AB69" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000205188-collagen-all-days</t>
         </is>
       </c>
-      <c r="AC69" s="1" t="n">
-        <v>40</v>
+      <c r="AC69" t="n">
+        <v>0</v>
       </c>
       <c r="AD69" t="n">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="AE69" t="inlineStr">
         <is>
           <t>https://mm.ru/product/tkanevaya-maska-dlya-lica-mistic-s-2806430?skuId=8038894</t>
         </is>
       </c>
       <c r="AF69" t="n">
         <v>0</v>
       </c>
       <c r="AG69" t="n">
         <v>0</v>
       </c>
       <c r="AH69" t="inlineStr">
         <is>
           <t>https://nagesh.ru/catalog/ukhod_za_litsom_i_telom/mistic_maska_dlya_litsa_tkanevaya_s_kollagenom_24ml/</t>
         </is>
       </c>
       <c r="AI69" t="n">
         <v>0</v>
       </c>
       <c r="AJ69" t="n">
         <v>0</v>
       </c>
       <c r="AK69" t="inlineStr"/>
-      <c r="AL69" s="1" t="n">
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="AL69" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM69" t="n">
+        <v>0</v>
       </c>
       <c r="AN69" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-dlya-litsa-s-kollagenom-collagen-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO69" t="n">
         <v>0</v>
       </c>
       <c r="AP69" t="n">
         <v>0</v>
       </c>
       <c r="AQ69" t="inlineStr"/>
-      <c r="AR69" s="1" t="n">
-        <v>69</v>
+      <c r="AR69" t="n">
+        <v>0</v>
       </c>
       <c r="AS69" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT69" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-collagen-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU69" t="n">
         <v>0</v>
       </c>
       <c r="AV69" t="n">
         <v>0</v>
       </c>
       <c r="AW69" t="inlineStr"/>
       <c r="AX69" t="n">
         <v>0</v>
       </c>
       <c r="AY69" t="n">
         <v>0</v>
       </c>
       <c r="AZ69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>044326</t>
@@ -10891,149 +11008,149 @@
       <c r="E70" t="n">
         <v>0</v>
       </c>
       <c r="F70" t="n">
         <v>0</v>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="n">
         <v>0</v>
       </c>
       <c r="I70" t="n">
         <v>0</v>
       </c>
       <c r="J70" t="inlineStr"/>
       <c r="K70" t="n">
         <v>0</v>
       </c>
       <c r="L70" t="n">
         <v>0</v>
       </c>
       <c r="M70" t="inlineStr"/>
       <c r="N70" t="n">
         <v>0</v>
       </c>
       <c r="O70" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P70" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-hyaluronic-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-gialuronovoj-kislotoj-24-ml/</t>
         </is>
       </c>
       <c r="Q70" t="n">
         <v>0</v>
       </c>
-      <c r="R70" s="1" t="n">
-        <v>70</v>
+      <c r="R70" t="n">
+        <v>0</v>
       </c>
       <c r="S70" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/49182955/</t>
         </is>
       </c>
       <c r="T70" t="n">
         <v>0</v>
       </c>
-      <c r="U70" s="1" t="n">
-        <v>57</v>
+      <c r="U70" t="n">
+        <v>0</v>
       </c>
       <c r="V70" t="inlineStr">
         <is>
           <t>https://e-nokturn.ru/product/438743002-mistic-tkanevaja-maska-dlja-lica-24ml</t>
         </is>
       </c>
       <c r="W70" t="n">
         <v>0</v>
       </c>
       <c r="X70" t="n">
         <v>0</v>
       </c>
       <c r="Y70" t="inlineStr"/>
       <c r="Z70" t="n">
         <v>0</v>
       </c>
       <c r="AA70" t="n">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="AB70" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000205189-hyaluronic-all-days</t>
         </is>
       </c>
-      <c r="AC70" s="1" t="n">
-        <v>40</v>
+      <c r="AC70" t="n">
+        <v>0</v>
       </c>
       <c r="AD70" t="n">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="AE70" t="inlineStr">
         <is>
           <t>https://mm.ru/product/tkanevaya-maska-dlya-2806443?skuId=8038907</t>
         </is>
       </c>
       <c r="AF70" t="n">
         <v>0</v>
       </c>
       <c r="AG70" t="n">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="AH70" t="inlineStr">
         <is>
           <t>https://nagesh.ru/catalog/ukhod_za_litsom_i_telom/mistic_maska_dlya_litsa_tkanevaya_s_gialuronovoy_kislotoy_24ml/</t>
         </is>
       </c>
       <c r="AI70" t="n">
         <v>0</v>
       </c>
       <c r="AJ70" t="n">
         <v>0</v>
       </c>
       <c r="AK70" t="inlineStr"/>
       <c r="AL70" t="n">
         <v>0</v>
       </c>
       <c r="AM70" t="n">
         <v>0</v>
       </c>
       <c r="AN70" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-dlya-litsa-s-gialuronovoy-kislotoy-hyaluronic-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO70" t="n">
         <v>0</v>
       </c>
       <c r="AP70" t="n">
         <v>0</v>
       </c>
       <c r="AQ70" t="inlineStr"/>
-      <c r="AR70" s="1" t="n">
-        <v>69</v>
+      <c r="AR70" t="n">
+        <v>0</v>
       </c>
       <c r="AS70" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT70" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-hyaluronic-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU70" t="n">
         <v>0</v>
       </c>
       <c r="AV70" t="n">
         <v>0</v>
       </c>
       <c r="AW70" t="inlineStr"/>
       <c r="AX70" t="n">
         <v>0</v>
       </c>
       <c r="AY70" t="n">
         <v>0</v>
       </c>
       <c r="AZ70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>044357</t>
@@ -11055,137 +11172,137 @@
       <c r="E71" t="n">
         <v>0</v>
       </c>
       <c r="F71" t="n">
         <v>0</v>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="n">
         <v>0</v>
       </c>
       <c r="I71" t="n">
         <v>0</v>
       </c>
       <c r="J71" t="inlineStr"/>
       <c r="K71" t="n">
         <v>0</v>
       </c>
       <c r="L71" t="n">
         <v>0</v>
       </c>
       <c r="M71" t="inlineStr"/>
       <c r="N71" t="n">
         <v>0</v>
       </c>
       <c r="O71" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P71" t="inlineStr">
         <is>
           <t>https://aumishop.ru/tkanevaya-maska-dlya-lica-s-drevesnym-uglem/</t>
         </is>
       </c>
       <c r="Q71" t="n">
         <v>0</v>
       </c>
       <c r="R71" t="n">
         <v>0</v>
       </c>
       <c r="S71" t="inlineStr"/>
       <c r="T71" t="n">
         <v>0</v>
       </c>
-      <c r="U71" s="1" t="n">
-        <v>57</v>
+      <c r="U71" t="n">
+        <v>0</v>
       </c>
       <c r="V71" t="inlineStr">
         <is>
           <t>https://e-nokturn.ru/product/438743002-mistic-tkanevaja-maska-dlja-lica-24ml</t>
         </is>
       </c>
       <c r="W71" t="n">
         <v>0</v>
       </c>
       <c r="X71" t="n">
         <v>0</v>
       </c>
       <c r="Y71" t="inlineStr"/>
       <c r="Z71" t="n">
         <v>0</v>
       </c>
       <c r="AA71" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AB71" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000167211-black-charcoal-7-days-sheet-mask</t>
         </is>
       </c>
       <c r="AC71" t="n">
         <v>0</v>
       </c>
       <c r="AD71" t="n">
         <v>0</v>
       </c>
       <c r="AE71" t="inlineStr"/>
       <c r="AF71" t="n">
         <v>0</v>
       </c>
       <c r="AG71" t="n">
         <v>0</v>
       </c>
       <c r="AH71" t="inlineStr"/>
       <c r="AI71" t="n">
         <v>0</v>
       </c>
       <c r="AJ71" t="n">
         <v>0</v>
       </c>
       <c r="AK71" t="inlineStr"/>
       <c r="AL71" t="n">
         <v>0</v>
       </c>
       <c r="AM71" t="n">
         <v>0</v>
       </c>
       <c r="AN71" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-dlya-litsa-s-drevesnym-uglem-black-charcoal-7-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO71" t="n">
         <v>0</v>
       </c>
       <c r="AP71" t="n">
         <v>0</v>
       </c>
       <c r="AQ71" t="inlineStr"/>
-      <c r="AR71" s="1" t="n">
-        <v>69</v>
+      <c r="AR71" t="n">
+        <v>0</v>
       </c>
       <c r="AS71" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT71" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-black-charcoal-7-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU71" t="n">
         <v>0</v>
       </c>
       <c r="AV71" t="n">
         <v>0</v>
       </c>
       <c r="AW71" t="inlineStr"/>
       <c r="AX71" t="n">
         <v>0</v>
       </c>
       <c r="AY71" t="n">
         <v>0</v>
       </c>
       <c r="AZ71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>044302</t>
@@ -11207,145 +11324,149 @@
       <c r="E72" t="n">
         <v>0</v>
       </c>
       <c r="F72" t="n">
         <v>0</v>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="n">
         <v>0</v>
       </c>
       <c r="I72" t="n">
         <v>0</v>
       </c>
       <c r="J72" t="inlineStr"/>
       <c r="K72" t="n">
         <v>0</v>
       </c>
       <c r="L72" t="n">
         <v>0</v>
       </c>
       <c r="M72" t="inlineStr"/>
       <c r="N72" t="n">
         <v>0</v>
       </c>
       <c r="O72" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P72" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-centella-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-ekstraktom-centelly-aziatskoj-24-ml/</t>
         </is>
       </c>
       <c r="Q72" t="n">
         <v>0</v>
       </c>
-      <c r="R72" s="1" t="n">
-        <v>70</v>
+      <c r="R72" t="n">
+        <v>0</v>
       </c>
       <c r="S72" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/49182960/</t>
         </is>
       </c>
       <c r="T72" t="n">
         <v>0</v>
       </c>
-      <c r="U72" s="1" t="n">
-        <v>57</v>
+      <c r="U72" t="n">
+        <v>0</v>
       </c>
       <c r="V72" t="inlineStr">
         <is>
           <t>https://e-nokturn.ru/product/438743002-mistic-tkanevaja-maska-dlja-lica-24ml</t>
         </is>
       </c>
       <c r="W72" t="n">
         <v>0</v>
       </c>
       <c r="X72" t="n">
         <v>0</v>
       </c>
       <c r="Y72" t="inlineStr"/>
       <c r="Z72" t="n">
         <v>0</v>
       </c>
       <c r="AA72" t="n">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="AB72" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000205186-centella-all-days</t>
         </is>
       </c>
       <c r="AC72" t="n">
         <v>0</v>
       </c>
       <c r="AD72" t="n">
         <v>0</v>
       </c>
-      <c r="AE72" t="inlineStr"/>
+      <c r="AE72" t="inlineStr">
+        <is>
+          <t>https://mm.ru/product/tkanevaya-maska-dlya-2806447?skuId=8038911</t>
+        </is>
+      </c>
       <c r="AF72" t="n">
         <v>0</v>
       </c>
       <c r="AG72" t="n">
         <v>0</v>
       </c>
       <c r="AH72" t="inlineStr"/>
       <c r="AI72" t="n">
         <v>0</v>
       </c>
       <c r="AJ72" t="n">
         <v>0</v>
       </c>
       <c r="AK72" t="inlineStr"/>
       <c r="AL72" t="n">
         <v>0</v>
       </c>
       <c r="AM72" t="n">
         <v>0</v>
       </c>
       <c r="AN72" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-dlya-litsa-s-ekstraktom-tsentelly-aziatskoy-centella-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO72" t="n">
         <v>0</v>
       </c>
       <c r="AP72" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AQ72" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/137826</t>
         </is>
       </c>
-      <c r="AR72" s="1" t="n">
-        <v>69</v>
+      <c r="AR72" t="n">
+        <v>0</v>
       </c>
       <c r="AS72" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT72" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-centella-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU72" t="n">
         <v>0</v>
       </c>
       <c r="AV72" t="n">
         <v>0</v>
       </c>
       <c r="AW72" t="inlineStr"/>
       <c r="AX72" t="n">
         <v>0</v>
       </c>
       <c r="AY72" t="n">
         <v>0</v>
       </c>
       <c r="AZ72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>044319</t>
@@ -11371,145 +11492,149 @@
         <v>0</v>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="n">
         <v>0</v>
       </c>
       <c r="I73" t="n">
         <v>0</v>
       </c>
       <c r="J73" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/mistic_tkanevaya_maska_s_probiotikami_probiotic_all_days_sheet_mask/</t>
         </is>
       </c>
       <c r="K73" t="n">
         <v>0</v>
       </c>
       <c r="L73" t="n">
         <v>0</v>
       </c>
       <c r="M73" t="inlineStr"/>
       <c r="N73" t="n">
         <v>0</v>
       </c>
       <c r="O73" t="n">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="P73" t="inlineStr">
         <is>
           <t>https://aumishop.ru/mistic-probiotics-all-days-sheet-mask-tkanevaya-maska-dlya-lica-s-probiotikami-24-ml/</t>
         </is>
       </c>
       <c r="Q73" t="n">
         <v>0</v>
       </c>
-      <c r="R73" s="1" t="n">
-        <v>75</v>
+      <c r="R73" t="n">
+        <v>0</v>
       </c>
       <c r="S73" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/57854310/</t>
         </is>
       </c>
       <c r="T73" t="n">
         <v>0</v>
       </c>
-      <c r="U73" s="1" t="n">
-        <v>57</v>
+      <c r="U73" t="n">
+        <v>0</v>
       </c>
       <c r="V73" t="inlineStr">
         <is>
           <t>https://e-nokturn.ru/product/438743002-mistic-tkanevaja-maska-dlja-lica-24ml</t>
         </is>
       </c>
       <c r="W73" t="n">
         <v>0</v>
       </c>
       <c r="X73" t="n">
         <v>0</v>
       </c>
       <c r="Y73" t="inlineStr"/>
       <c r="Z73" t="n">
         <v>0</v>
       </c>
       <c r="AA73" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AB73" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000205190-probiotics-all-days</t>
         </is>
       </c>
       <c r="AC73" t="n">
         <v>0</v>
       </c>
       <c r="AD73" t="n">
         <v>0</v>
       </c>
-      <c r="AE73" t="inlineStr"/>
+      <c r="AE73" t="inlineStr">
+        <is>
+          <t>https://mm.ru/product/tkanevaya-maska-dlya-2806417?skuId=8038881</t>
+        </is>
+      </c>
       <c r="AF73" t="n">
         <v>0</v>
       </c>
       <c r="AG73" t="n">
         <v>0</v>
       </c>
       <c r="AH73" t="inlineStr"/>
       <c r="AI73" t="n">
         <v>0</v>
       </c>
       <c r="AJ73" t="n">
         <v>0</v>
       </c>
       <c r="AK73" t="inlineStr"/>
-      <c r="AL73" s="1" t="n">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="AL73" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM73" t="n">
+        <v>0</v>
       </c>
       <c r="AN73" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tkanevaya-maska-dlya-litsa-s-probiotikami-probiotic-all-days-sheet-mask-24ml</t>
         </is>
       </c>
       <c r="AO73" t="n">
         <v>0</v>
       </c>
       <c r="AP73" t="n">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="AQ73" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/137828</t>
         </is>
       </c>
-      <c r="AR73" s="1" t="n">
-        <v>69</v>
+      <c r="AR73" t="n">
+        <v>0</v>
       </c>
       <c r="AS73" t="n">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="AT73" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/mistic-probiotic-all-days-sheet-mask</t>
         </is>
       </c>
       <c r="AU73" t="n">
         <v>0</v>
       </c>
       <c r="AV73" t="n">
         <v>0</v>
       </c>
       <c r="AW73" t="inlineStr"/>
       <c r="AX73" t="n">
         <v>0</v>
       </c>
       <c r="AY73" t="n">
         <v>0</v>
       </c>
       <c r="AZ73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>150374</t>
@@ -11583,75 +11708,79 @@
       <c r="AA74" t="n">
         <v>0</v>
       </c>
       <c r="AB74" t="inlineStr"/>
       <c r="AC74" t="n">
         <v>0</v>
       </c>
       <c r="AD74" t="n">
         <v>0</v>
       </c>
       <c r="AE74" t="inlineStr"/>
       <c r="AF74" t="n">
         <v>0</v>
       </c>
       <c r="AG74" t="n">
         <v>0</v>
       </c>
       <c r="AH74" t="inlineStr"/>
       <c r="AI74" t="n">
         <v>0</v>
       </c>
       <c r="AJ74" t="n">
         <v>0</v>
       </c>
       <c r="AK74" t="inlineStr"/>
-      <c r="AL74" s="1" t="n">
-[...3 lines deleted...]
-        <v>1410</v>
+      <c r="AL74" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM74" t="n">
+        <v>0</v>
       </c>
       <c r="AN74" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/lifting-syvorotka-dlya-litsa-s-mutsinom-ulitki-i-chastitsami-zolota-anti-aging-snail-gold-ampoule-250ml</t>
         </is>
       </c>
       <c r="AO74" t="n">
         <v>0</v>
       </c>
       <c r="AP74" t="n">
         <v>0</v>
       </c>
       <c r="AQ74" t="inlineStr"/>
       <c r="AR74" t="n">
         <v>0</v>
       </c>
       <c r="AS74" t="n">
         <v>0</v>
       </c>
-      <c r="AT74" t="inlineStr"/>
+      <c r="AT74" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/mistic-anti-aging-snail--gold-ampoule</t>
+        </is>
+      </c>
       <c r="AU74" t="n">
         <v>0</v>
       </c>
       <c r="AV74" t="n">
         <v>0</v>
       </c>
       <c r="AW74" t="inlineStr"/>
       <c r="AX74" t="n">
         <v>0</v>
       </c>
       <c r="AY74" t="n">
         <v>0</v>
       </c>
       <c r="AZ74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>150367</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>MISTIC</t>
         </is>
@@ -11719,55 +11848,55 @@
       <c r="AA75" t="n">
         <v>0</v>
       </c>
       <c r="AB75" t="inlineStr"/>
       <c r="AC75" t="n">
         <v>0</v>
       </c>
       <c r="AD75" t="n">
         <v>0</v>
       </c>
       <c r="AE75" t="inlineStr"/>
       <c r="AF75" t="n">
         <v>0</v>
       </c>
       <c r="AG75" t="n">
         <v>0</v>
       </c>
       <c r="AH75" t="inlineStr"/>
       <c r="AI75" t="n">
         <v>0</v>
       </c>
       <c r="AJ75" t="n">
         <v>0</v>
       </c>
       <c r="AK75" t="inlineStr"/>
-      <c r="AL75" s="1" t="n">
-[...3 lines deleted...]
-        <v>1410</v>
+      <c r="AL75" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM75" t="n">
+        <v>0</v>
       </c>
       <c r="AN75" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/vosstanavlivayuschaya-syvorotka-dlya-litsa-s-ekstraktami-tsentelly-i-galaktomisisa-brightening-asian-centella-galactomyces-ampoule-250ml</t>
         </is>
       </c>
       <c r="AO75" t="n">
         <v>0</v>
       </c>
       <c r="AP75" t="n">
         <v>0</v>
       </c>
       <c r="AQ75" t="inlineStr"/>
       <c r="AR75" t="n">
         <v>0</v>
       </c>
       <c r="AS75" t="n">
         <v>0</v>
       </c>
       <c r="AT75" t="inlineStr"/>
       <c r="AU75" t="n">
         <v>0</v>
       </c>
       <c r="AV75" t="n">
         <v>0</v>
@@ -11803,151 +11932,155 @@
       <c r="E76" t="n">
         <v>0</v>
       </c>
       <c r="F76" t="n">
         <v>0</v>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="n">
         <v>0</v>
       </c>
       <c r="I76" t="n">
         <v>0</v>
       </c>
       <c r="J76" t="inlineStr"/>
       <c r="K76" t="n">
         <v>0</v>
       </c>
       <c r="L76" t="n">
         <v>0</v>
       </c>
       <c r="M76" t="inlineStr"/>
       <c r="N76" t="n">
         <v>0</v>
       </c>
       <c r="O76" t="n">
-        <v>1025</v>
+        <v>0</v>
       </c>
       <c r="P76" t="inlineStr">
         <is>
           <t>https://aumishop.ru/patchi-dlyaglaz-ot-otekov-i-meshkov-s-ekstraktom-romashki/</t>
         </is>
       </c>
       <c r="Q76" t="n">
         <v>0</v>
       </c>
       <c r="R76" t="n">
         <v>0</v>
       </c>
       <c r="S76" t="inlineStr"/>
       <c r="T76" t="n">
         <v>0</v>
       </c>
       <c r="U76" t="n">
         <v>0</v>
       </c>
       <c r="V76" t="inlineStr"/>
       <c r="W76" t="n">
         <v>0</v>
       </c>
-      <c r="X76" s="1" t="n">
-        <v>639</v>
+      <c r="X76" t="n">
+        <v>0</v>
       </c>
       <c r="Y76" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/873826_ST/?sphrase_id=15604043</t>
         </is>
       </c>
       <c r="Z76" t="n">
         <v>0</v>
       </c>
-      <c r="AA76" s="1" t="n">
-        <v>798</v>
+      <c r="AA76" t="n">
+        <v>0</v>
       </c>
       <c r="AB76" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000399033-patches-with-camomile-tea</t>
         </is>
       </c>
       <c r="AC76" t="n">
         <v>0</v>
       </c>
       <c r="AD76" t="n">
         <v>0</v>
       </c>
       <c r="AE76" t="inlineStr"/>
       <c r="AF76" t="n">
         <v>0</v>
       </c>
       <c r="AG76" t="n">
         <v>0</v>
       </c>
       <c r="AH76" t="inlineStr"/>
       <c r="AI76" t="n">
         <v>0</v>
       </c>
       <c r="AJ76" t="n">
         <v>0</v>
       </c>
       <c r="AK76" t="inlineStr"/>
-      <c r="AL76" s="1" t="n">
-[...3 lines deleted...]
-        <v>720</v>
+      <c r="AL76" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM76" t="n">
+        <v>0</v>
       </c>
       <c r="AN76" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/patchi-dlya-kozhi-vokrug-glaz-s-ekstraktom-romashki-patches-with-camomile-tea-90ml?preferred=524969</t>
         </is>
       </c>
       <c r="AO76" t="n">
         <v>0</v>
       </c>
       <c r="AP76" t="n">
         <v>0</v>
       </c>
       <c r="AQ76" t="inlineStr"/>
       <c r="AR76" t="n">
         <v>0</v>
       </c>
       <c r="AS76" t="n">
         <v>0</v>
       </c>
-      <c r="AT76" t="inlineStr"/>
+      <c r="AT76" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-camomile-tea-patches</t>
+        </is>
+      </c>
       <c r="AU76" t="n">
         <v>0</v>
       </c>
       <c r="AV76" t="n">
         <v>0</v>
       </c>
       <c r="AW76" t="inlineStr"/>
       <c r="AX76" t="n">
         <v>0</v>
       </c>
-      <c r="AY76" s="1" t="n">
-        <v>755</v>
+      <c r="AY76" t="n">
+        <v>0</v>
       </c>
       <c r="AZ76" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/patchi_maski_vokrug_glaz/soosan_patchi_dlya_glaz_ot_otekov_i_meshkov_s_ekstraktom_romashki_patches_with_camomile_tea_60_sht/</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>370311</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>SOOSAN Patches with Marine Algae &amp; Coral Патчи для глаз от отеков и мешков с экстрактом морских водорослей и кораллом 90мл</t>
         </is>
       </c>
       <c r="D77" t="n">
         <v>799</v>
@@ -11955,147 +12088,151 @@
       <c r="E77" t="n">
         <v>0</v>
       </c>
       <c r="F77" t="n">
         <v>0</v>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="n">
         <v>0</v>
       </c>
       <c r="I77" t="n">
         <v>0</v>
       </c>
       <c r="J77" t="inlineStr"/>
       <c r="K77" t="n">
         <v>0</v>
       </c>
       <c r="L77" t="n">
         <v>0</v>
       </c>
       <c r="M77" t="inlineStr"/>
       <c r="N77" t="n">
         <v>0</v>
       </c>
       <c r="O77" t="n">
-        <v>1025</v>
+        <v>0</v>
       </c>
       <c r="P77" t="inlineStr">
         <is>
           <t>https://aumishop.ru/patchi-dlya-glaz-ot-otekov-i-meshkov-s-ekstraktom-morskih-vodoroslej-i-korallom/</t>
         </is>
       </c>
       <c r="Q77" t="n">
         <v>0</v>
       </c>
       <c r="R77" t="n">
         <v>0</v>
       </c>
       <c r="S77" t="inlineStr"/>
       <c r="T77" t="n">
         <v>0</v>
       </c>
       <c r="U77" t="n">
         <v>0</v>
       </c>
       <c r="V77" t="inlineStr"/>
       <c r="W77" t="n">
         <v>0</v>
       </c>
       <c r="X77" t="n">
         <v>0</v>
       </c>
       <c r="Y77" t="inlineStr"/>
       <c r="Z77" t="n">
         <v>0</v>
       </c>
-      <c r="AA77" s="1" t="n">
-        <v>798</v>
+      <c r="AA77" t="n">
+        <v>0</v>
       </c>
       <c r="AB77" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000399034-patches-with-marine-algae-coral</t>
         </is>
       </c>
       <c r="AC77" t="n">
         <v>0</v>
       </c>
       <c r="AD77" t="n">
         <v>0</v>
       </c>
       <c r="AE77" t="inlineStr"/>
       <c r="AF77" t="n">
         <v>0</v>
       </c>
       <c r="AG77" t="n">
         <v>0</v>
       </c>
       <c r="AH77" t="inlineStr"/>
       <c r="AI77" t="n">
         <v>0</v>
       </c>
       <c r="AJ77" t="n">
         <v>0</v>
       </c>
       <c r="AK77" t="inlineStr"/>
-      <c r="AL77" s="1" t="n">
-[...3 lines deleted...]
-        <v>720</v>
+      <c r="AL77" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM77" t="n">
+        <v>0</v>
       </c>
       <c r="AN77" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/patchi-dlya-kozhi-vokrug-glaz-s-ekstraktom-morskih-vodorosley-i-korallom-patches-with-marine-algae-coral-90ml?preferred=524968</t>
         </is>
       </c>
       <c r="AO77" t="n">
         <v>0</v>
       </c>
       <c r="AP77" t="n">
         <v>0</v>
       </c>
       <c r="AQ77" t="inlineStr"/>
       <c r="AR77" t="n">
         <v>0</v>
       </c>
       <c r="AS77" t="n">
         <v>0</v>
       </c>
-      <c r="AT77" t="inlineStr"/>
+      <c r="AT77" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-marine-algae--coral-patches</t>
+        </is>
+      </c>
       <c r="AU77" t="n">
         <v>0</v>
       </c>
       <c r="AV77" t="n">
         <v>0</v>
       </c>
       <c r="AW77" t="inlineStr"/>
       <c r="AX77" t="n">
         <v>0</v>
       </c>
-      <c r="AY77" s="1" t="n">
-        <v>755</v>
+      <c r="AY77" t="n">
+        <v>0</v>
       </c>
       <c r="AZ77" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/patchi_maski_vokrug_glaz/soosan_patchi_dlya_glaz_ot_otekov_i_meshkov_s_ekstraktom_morskikh_vodorosley_i_korallom_patches_with_11644/</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>370281</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>SOOSAN Patches with Pistachio &amp; Centella Патчи для глаз от отеков и мешков с экстрактами фисташки и центеллы 90мл</t>
         </is>
       </c>
       <c r="D78" t="n">
         <v>799</v>
@@ -12103,151 +12240,155 @@
       <c r="E78" t="n">
         <v>0</v>
       </c>
       <c r="F78" t="n">
         <v>0</v>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="n">
         <v>0</v>
       </c>
       <c r="I78" t="n">
         <v>0</v>
       </c>
       <c r="J78" t="inlineStr"/>
       <c r="K78" t="n">
         <v>0</v>
       </c>
       <c r="L78" t="n">
         <v>0</v>
       </c>
       <c r="M78" t="inlineStr"/>
       <c r="N78" t="n">
         <v>0</v>
       </c>
       <c r="O78" t="n">
-        <v>1025</v>
+        <v>0</v>
       </c>
       <c r="P78" t="inlineStr">
         <is>
           <t>https://aumishop.ru/patchi-dlya-glaz-ot-otekov-i-meshkov-s-ekstraktami-fistashki-i-centelly/</t>
         </is>
       </c>
       <c r="Q78" t="n">
         <v>0</v>
       </c>
       <c r="R78" t="n">
         <v>0</v>
       </c>
       <c r="S78" t="inlineStr"/>
       <c r="T78" t="n">
         <v>0</v>
       </c>
       <c r="U78" t="n">
         <v>0</v>
       </c>
       <c r="V78" t="inlineStr"/>
       <c r="W78" t="n">
         <v>0</v>
       </c>
-      <c r="X78" s="1" t="n">
-        <v>739</v>
+      <c r="X78" t="n">
+        <v>0</v>
       </c>
       <c r="Y78" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/873835_ST/?sphrase_id=15604043</t>
         </is>
       </c>
       <c r="Z78" t="n">
         <v>0</v>
       </c>
-      <c r="AA78" s="1" t="n">
-        <v>798</v>
+      <c r="AA78" t="n">
+        <v>0</v>
       </c>
       <c r="AB78" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000399035-patches-with-pistachio-centella</t>
         </is>
       </c>
       <c r="AC78" t="n">
         <v>0</v>
       </c>
       <c r="AD78" t="n">
         <v>0</v>
       </c>
       <c r="AE78" t="inlineStr"/>
       <c r="AF78" t="n">
         <v>0</v>
       </c>
       <c r="AG78" t="n">
         <v>0</v>
       </c>
       <c r="AH78" t="inlineStr"/>
       <c r="AI78" t="n">
         <v>0</v>
       </c>
       <c r="AJ78" t="n">
         <v>0</v>
       </c>
       <c r="AK78" t="inlineStr"/>
-      <c r="AL78" s="1" t="n">
-[...3 lines deleted...]
-        <v>720</v>
+      <c r="AL78" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM78" t="n">
+        <v>0</v>
       </c>
       <c r="AN78" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/patchi-dlya-kozhi-vokrug-glaz-ot-otekov-i-meshkov-s-ekstraktami-fistashki-i-tsentelly-patches-with-pistachio-centella-90ml?preferred=524967</t>
         </is>
       </c>
       <c r="AO78" t="n">
         <v>0</v>
       </c>
       <c r="AP78" t="n">
         <v>0</v>
       </c>
       <c r="AQ78" t="inlineStr"/>
       <c r="AR78" t="n">
         <v>0</v>
       </c>
       <c r="AS78" t="n">
         <v>0</v>
       </c>
-      <c r="AT78" t="inlineStr"/>
+      <c r="AT78" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-pistachio--centella-patches</t>
+        </is>
+      </c>
       <c r="AU78" t="n">
         <v>0</v>
       </c>
       <c r="AV78" t="n">
         <v>0</v>
       </c>
       <c r="AW78" t="inlineStr"/>
       <c r="AX78" t="n">
         <v>0</v>
       </c>
-      <c r="AY78" s="1" t="n">
-        <v>755</v>
+      <c r="AY78" t="n">
+        <v>0</v>
       </c>
       <c r="AZ78" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/patchi_maski_vokrug_glaz/soosan_patchi_dlya_glaz_ot_otekov_i_meshkov_s_ekstraktom_fistashki_i_tsentelly_patches_with_pistachi/</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>370328</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>SOOSAN Patches with Raspberry &amp; Dragon Fruit Патчи дляглаз от отеков и мешков с экстрактами малины и питахайи 90мл</t>
         </is>
       </c>
       <c r="D79" t="n">
         <v>799</v>
@@ -12255,151 +12396,155 @@
       <c r="E79" t="n">
         <v>0</v>
       </c>
       <c r="F79" t="n">
         <v>0</v>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="n">
         <v>0</v>
       </c>
       <c r="I79" t="n">
         <v>0</v>
       </c>
       <c r="J79" t="inlineStr"/>
       <c r="K79" t="n">
         <v>0</v>
       </c>
       <c r="L79" t="n">
         <v>0</v>
       </c>
       <c r="M79" t="inlineStr"/>
       <c r="N79" t="n">
         <v>0</v>
       </c>
       <c r="O79" t="n">
-        <v>1025</v>
+        <v>0</v>
       </c>
       <c r="P79" t="inlineStr">
         <is>
           <t>https://aumishop.ru/patchi-dlya-glaz-ot-otekov-i-meshkov-s-ekstraktami-maliny-i-pitahaji/</t>
         </is>
       </c>
       <c r="Q79" t="n">
         <v>0</v>
       </c>
       <c r="R79" t="n">
         <v>0</v>
       </c>
       <c r="S79" t="inlineStr"/>
       <c r="T79" t="n">
         <v>0</v>
       </c>
       <c r="U79" t="n">
         <v>0</v>
       </c>
       <c r="V79" t="inlineStr"/>
       <c r="W79" t="n">
         <v>0</v>
       </c>
-      <c r="X79" s="1" t="n">
-        <v>739</v>
+      <c r="X79" t="n">
+        <v>0</v>
       </c>
       <c r="Y79" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/873851_ST/?sphrase_id=15604043</t>
         </is>
       </c>
       <c r="Z79" t="n">
         <v>0</v>
       </c>
-      <c r="AA79" s="1" t="n">
-        <v>798</v>
+      <c r="AA79" t="n">
+        <v>0</v>
       </c>
       <c r="AB79" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000399036-patches-with-raspberry-dragon-fruit</t>
         </is>
       </c>
       <c r="AC79" t="n">
         <v>0</v>
       </c>
       <c r="AD79" t="n">
         <v>0</v>
       </c>
       <c r="AE79" t="inlineStr"/>
       <c r="AF79" t="n">
         <v>0</v>
       </c>
       <c r="AG79" t="n">
         <v>0</v>
       </c>
       <c r="AH79" t="inlineStr"/>
       <c r="AI79" t="n">
         <v>0</v>
       </c>
       <c r="AJ79" t="n">
         <v>0</v>
       </c>
       <c r="AK79" t="inlineStr"/>
-      <c r="AL79" s="1" t="n">
-[...3 lines deleted...]
-        <v>720</v>
+      <c r="AL79" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM79" t="n">
+        <v>0</v>
       </c>
       <c r="AN79" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/patchi-dlya-kozhi-vokrug-glaz-ot-otekov-i-meshkov-s-ekstraktami-maliny-i-dragonfruta-patches-with-raspberry-dragon-fruit-90ml?preferred=524966</t>
         </is>
       </c>
       <c r="AO79" t="n">
         <v>0</v>
       </c>
       <c r="AP79" t="n">
         <v>0</v>
       </c>
       <c r="AQ79" t="inlineStr"/>
       <c r="AR79" t="n">
         <v>0</v>
       </c>
       <c r="AS79" t="n">
         <v>0</v>
       </c>
-      <c r="AT79" t="inlineStr"/>
+      <c r="AT79" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-raspberry--dragon-fruit-patches</t>
+        </is>
+      </c>
       <c r="AU79" t="n">
         <v>0</v>
       </c>
       <c r="AV79" t="n">
         <v>0</v>
       </c>
       <c r="AW79" t="inlineStr"/>
       <c r="AX79" t="n">
         <v>0</v>
       </c>
-      <c r="AY79" s="1" t="n">
-        <v>755</v>
+      <c r="AY79" t="n">
+        <v>0</v>
       </c>
       <c r="AZ79" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/patchi_maski_vokrug_glaz/soosan_patchi_dlya_glaz_ot_otekov_i_meshkov_s_ekstraktom_maliny_i_pitakhayi_patches_with_raspberry_d/</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>370304</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>SOOSAN Patches with Sweet Plum &amp; Orchid Патчи для глаз от отеков и мешков с экстрактами сливы и орхидеи 90мл</t>
         </is>
       </c>
       <c r="D80" t="n">
         <v>799</v>
@@ -12407,151 +12552,151 @@
       <c r="E80" t="n">
         <v>0</v>
       </c>
       <c r="F80" t="n">
         <v>0</v>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="n">
         <v>0</v>
       </c>
       <c r="I80" t="n">
         <v>0</v>
       </c>
       <c r="J80" t="inlineStr"/>
       <c r="K80" t="n">
         <v>0</v>
       </c>
       <c r="L80" t="n">
         <v>0</v>
       </c>
       <c r="M80" t="inlineStr"/>
       <c r="N80" t="n">
         <v>0</v>
       </c>
       <c r="O80" t="n">
-        <v>1025</v>
+        <v>0</v>
       </c>
       <c r="P80" t="inlineStr">
         <is>
           <t>https://aumishop.ru/patchi-dlya-glaz-ot-otekov-i-meshkov-s-ekstraktami-slivy-i-orhidei/</t>
         </is>
       </c>
       <c r="Q80" t="n">
         <v>0</v>
       </c>
       <c r="R80" t="n">
         <v>0</v>
       </c>
       <c r="S80" t="inlineStr"/>
       <c r="T80" t="n">
         <v>0</v>
       </c>
       <c r="U80" t="n">
         <v>0</v>
       </c>
       <c r="V80" t="inlineStr"/>
       <c r="W80" t="n">
         <v>0</v>
       </c>
-      <c r="X80" s="1" t="n">
-        <v>739</v>
+      <c r="X80" t="n">
+        <v>0</v>
       </c>
       <c r="Y80" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/873850_ST/?sphrase_id=15604043</t>
         </is>
       </c>
       <c r="Z80" t="n">
         <v>0</v>
       </c>
-      <c r="AA80" s="1" t="n">
-        <v>798</v>
+      <c r="AA80" t="n">
+        <v>0</v>
       </c>
       <c r="AB80" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000399037-patches-with-sweet-plum-orchid</t>
         </is>
       </c>
       <c r="AC80" t="n">
         <v>0</v>
       </c>
       <c r="AD80" t="n">
         <v>0</v>
       </c>
       <c r="AE80" t="inlineStr"/>
       <c r="AF80" t="n">
         <v>0</v>
       </c>
       <c r="AG80" t="n">
         <v>0</v>
       </c>
       <c r="AH80" t="inlineStr"/>
       <c r="AI80" t="n">
         <v>0</v>
       </c>
       <c r="AJ80" t="n">
         <v>0</v>
       </c>
       <c r="AK80" t="inlineStr"/>
-      <c r="AL80" s="1" t="n">
-[...3 lines deleted...]
-        <v>720</v>
+      <c r="AL80" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM80" t="n">
+        <v>0</v>
       </c>
       <c r="AN80" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/patchi-dlya-kozhi-vokrug-glaz-ot-otekov-i-meshkov-s-ekstraktami-slivy-i-orhidei-patches-with-sweet-plum-orchid-90ml?preferred=524964</t>
         </is>
       </c>
       <c r="AO80" t="n">
         <v>0</v>
       </c>
       <c r="AP80" t="n">
         <v>0</v>
       </c>
       <c r="AQ80" t="inlineStr"/>
       <c r="AR80" t="n">
         <v>0</v>
       </c>
       <c r="AS80" t="n">
         <v>0</v>
       </c>
       <c r="AT80" t="inlineStr"/>
       <c r="AU80" t="n">
         <v>0</v>
       </c>
       <c r="AV80" t="n">
         <v>0</v>
       </c>
       <c r="AW80" t="inlineStr"/>
       <c r="AX80" t="n">
         <v>0</v>
       </c>
-      <c r="AY80" s="1" t="n">
-        <v>755</v>
+      <c r="AY80" t="n">
+        <v>0</v>
       </c>
       <c r="AZ80" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/patchi_maski_vokrug_glaz/soosan_patchi_dlya_glaz_ot_otekov_i_meshkov_s_ekstraktami_slivy_i_orkhidei_patches_with_sweet_plum_o/</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>370434</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>SOOSAN Brightening serum with Cranberry Выравнивающая тон сыворотка с экстрактом клюквы 30мл</t>
         </is>
       </c>
       <c r="D81" t="n">
         <v>510</v>
@@ -12559,147 +12704,147 @@
       <c r="E81" t="n">
         <v>0</v>
       </c>
       <c r="F81" t="n">
         <v>0</v>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="n">
         <v>0</v>
       </c>
       <c r="I81" t="n">
         <v>0</v>
       </c>
       <c r="J81" t="inlineStr"/>
       <c r="K81" t="n">
         <v>0</v>
       </c>
       <c r="L81" t="n">
         <v>0</v>
       </c>
       <c r="M81" t="inlineStr"/>
       <c r="N81" t="n">
         <v>0</v>
       </c>
       <c r="O81" t="n">
-        <v>640</v>
+        <v>0</v>
       </c>
       <c r="P81" t="inlineStr">
         <is>
           <t>https://aumishop.ru/vyravnivayuschaya-ton-syvorotka-s-ekstraktom-klyukvy/</t>
         </is>
       </c>
       <c r="Q81" t="n">
         <v>0</v>
       </c>
       <c r="R81" t="n">
         <v>0</v>
       </c>
       <c r="S81" t="inlineStr"/>
       <c r="T81" t="n">
         <v>0</v>
       </c>
       <c r="U81" t="n">
         <v>0</v>
       </c>
       <c r="V81" t="inlineStr"/>
       <c r="W81" t="n">
         <v>0</v>
       </c>
       <c r="X81" t="n">
         <v>0</v>
       </c>
       <c r="Y81" t="inlineStr"/>
       <c r="Z81" t="n">
         <v>0</v>
       </c>
       <c r="AA81" t="n">
-        <v>510</v>
+        <v>0</v>
       </c>
       <c r="AB81" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436312-cranberry</t>
         </is>
       </c>
       <c r="AC81" t="n">
         <v>0</v>
       </c>
       <c r="AD81" t="n">
         <v>0</v>
       </c>
       <c r="AE81" t="inlineStr"/>
       <c r="AF81" t="n">
         <v>0</v>
       </c>
       <c r="AG81" t="n">
         <v>0</v>
       </c>
       <c r="AH81" t="inlineStr"/>
       <c r="AI81" t="n">
         <v>0</v>
       </c>
       <c r="AJ81" t="n">
         <v>0</v>
       </c>
       <c r="AK81" t="inlineStr"/>
-      <c r="AL81" s="1" t="n">
-[...3 lines deleted...]
-        <v>460</v>
+      <c r="AL81" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM81" t="n">
+        <v>0</v>
       </c>
       <c r="AN81" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/vyravnivayuschaya-ton-syvorotka-s-ekstraktom-klyukvy-brightening-serum-with-cranberry-30ml?preferred=524911</t>
         </is>
       </c>
       <c r="AO81" t="n">
         <v>0</v>
       </c>
       <c r="AP81" t="n">
         <v>0</v>
       </c>
       <c r="AQ81" t="inlineStr"/>
       <c r="AR81" t="n">
         <v>0</v>
       </c>
       <c r="AS81" t="n">
         <v>0</v>
       </c>
       <c r="AT81" t="inlineStr"/>
       <c r="AU81" t="n">
         <v>0</v>
       </c>
       <c r="AV81" t="n">
         <v>0</v>
       </c>
       <c r="AW81" t="inlineStr"/>
       <c r="AX81" t="n">
         <v>0</v>
       </c>
       <c r="AY81" t="n">
-        <v>650</v>
+        <v>0</v>
       </c>
       <c r="AZ81" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/essentsii_i_emulsii/soosan_vyravnivayushchaya_ton_syvorotka_s_ekstraktom_klyukvy_brightening_serum_with_cranberry_30_ml/</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>070522</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>SOOSAN Brightening Toner with Kiwi &amp; Chia Тонер с экстрактами киви и чиа для сияния кожи 150мл</t>
         </is>
       </c>
       <c r="D82" t="n">
         <v>639</v>
@@ -12707,147 +12852,151 @@
       <c r="E82" t="n">
         <v>0</v>
       </c>
       <c r="F82" t="n">
         <v>0</v>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="n">
         <v>0</v>
       </c>
       <c r="I82" t="n">
         <v>0</v>
       </c>
       <c r="J82" t="inlineStr"/>
       <c r="K82" t="n">
         <v>0</v>
       </c>
       <c r="L82" t="n">
         <v>0</v>
       </c>
       <c r="M82" t="inlineStr"/>
       <c r="N82" t="n">
         <v>0</v>
       </c>
       <c r="O82" t="n">
-        <v>825</v>
+        <v>0</v>
       </c>
       <c r="P82" t="inlineStr">
         <is>
           <t>https://aumishop.ru/toner-s-ekstraktami-kivi-i-chia-dlya-siyaniya-kozhi/</t>
         </is>
       </c>
       <c r="Q82" t="n">
         <v>0</v>
       </c>
       <c r="R82" t="n">
         <v>0</v>
       </c>
       <c r="S82" t="inlineStr"/>
       <c r="T82" t="n">
         <v>0</v>
       </c>
       <c r="U82" t="n">
         <v>0</v>
       </c>
       <c r="V82" t="inlineStr"/>
       <c r="W82" t="n">
         <v>0</v>
       </c>
       <c r="X82" t="n">
         <v>0</v>
       </c>
       <c r="Y82" t="inlineStr"/>
       <c r="Z82" t="n">
         <v>0</v>
       </c>
-      <c r="AA82" s="1" t="n">
-        <v>582</v>
+      <c r="AA82" t="n">
+        <v>0</v>
       </c>
       <c r="AB82" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436313-kiwi-chia</t>
         </is>
       </c>
       <c r="AC82" t="n">
         <v>0</v>
       </c>
       <c r="AD82" t="n">
         <v>0</v>
       </c>
       <c r="AE82" t="inlineStr"/>
       <c r="AF82" t="n">
         <v>0</v>
       </c>
       <c r="AG82" t="n">
         <v>0</v>
       </c>
       <c r="AH82" t="inlineStr"/>
       <c r="AI82" t="n">
         <v>0</v>
       </c>
       <c r="AJ82" t="n">
         <v>0</v>
       </c>
       <c r="AK82" t="inlineStr"/>
-      <c r="AL82" s="1" t="n">
-[...3 lines deleted...]
-        <v>576</v>
+      <c r="AL82" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM82" t="n">
+        <v>0</v>
       </c>
       <c r="AN82" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/toner-dlya-siyaniya-kozhi-s-ekstraktami-kivi-i-chia-brightening-toner-with-kiwi-chia-150ml?preferred=524914</t>
         </is>
       </c>
       <c r="AO82" t="n">
         <v>0</v>
       </c>
       <c r="AP82" t="n">
         <v>0</v>
       </c>
       <c r="AQ82" t="inlineStr"/>
       <c r="AR82" t="n">
         <v>0</v>
       </c>
       <c r="AS82" t="n">
         <v>0</v>
       </c>
-      <c r="AT82" t="inlineStr"/>
+      <c r="AT82" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-kiwi--chia-brightening-toner</t>
+        </is>
+      </c>
       <c r="AU82" t="n">
         <v>0</v>
       </c>
       <c r="AV82" t="n">
         <v>0</v>
       </c>
       <c r="AW82" t="inlineStr"/>
       <c r="AX82" t="n">
         <v>0</v>
       </c>
       <c r="AY82" t="n">
-        <v>665</v>
+        <v>0</v>
       </c>
       <c r="AZ82" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/tonery/soosan_toner_s_ekstraktami_kivi_i_chia_dlya_siyaniya_kozhi_brightening_toner_with_kiwi_chia_150_ml/</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>070492</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>SOOSAN Calming Toner with Cica &amp; Azulen Успокаивающий тонер с центеллой и азуленом 150мл</t>
         </is>
       </c>
       <c r="D83" t="n">
         <v>639</v>
@@ -12855,147 +13004,151 @@
       <c r="E83" t="n">
         <v>0</v>
       </c>
       <c r="F83" t="n">
         <v>0</v>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="n">
         <v>0</v>
       </c>
       <c r="I83" t="n">
         <v>0</v>
       </c>
       <c r="J83" t="inlineStr"/>
       <c r="K83" t="n">
         <v>0</v>
       </c>
       <c r="L83" t="n">
         <v>0</v>
       </c>
       <c r="M83" t="inlineStr"/>
       <c r="N83" t="n">
         <v>0</v>
       </c>
       <c r="O83" t="n">
-        <v>825</v>
+        <v>0</v>
       </c>
       <c r="P83" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uspokaivayuschij-toner-s-centelloj-i-azulenom-soosan-calming-toner-with-cica-and-azulen-150ml/</t>
         </is>
       </c>
       <c r="Q83" t="n">
         <v>0</v>
       </c>
       <c r="R83" t="n">
         <v>0</v>
       </c>
       <c r="S83" t="inlineStr"/>
       <c r="T83" t="n">
         <v>0</v>
       </c>
       <c r="U83" t="n">
         <v>0</v>
       </c>
       <c r="V83" t="inlineStr"/>
       <c r="W83" t="n">
         <v>0</v>
       </c>
       <c r="X83" t="n">
         <v>0</v>
       </c>
       <c r="Y83" t="inlineStr"/>
       <c r="Z83" t="n">
         <v>0</v>
       </c>
-      <c r="AA83" s="1" t="n">
-        <v>582</v>
+      <c r="AA83" t="n">
+        <v>0</v>
       </c>
       <c r="AB83" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436314-cica-azulen</t>
         </is>
       </c>
       <c r="AC83" t="n">
         <v>0</v>
       </c>
       <c r="AD83" t="n">
         <v>0</v>
       </c>
       <c r="AE83" t="inlineStr"/>
       <c r="AF83" t="n">
         <v>0</v>
       </c>
       <c r="AG83" t="n">
         <v>0</v>
       </c>
       <c r="AH83" t="inlineStr"/>
       <c r="AI83" t="n">
         <v>0</v>
       </c>
       <c r="AJ83" t="n">
         <v>0</v>
       </c>
       <c r="AK83" t="inlineStr"/>
-      <c r="AL83" s="1" t="n">
-[...3 lines deleted...]
-        <v>576</v>
+      <c r="AL83" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM83" t="n">
+        <v>0</v>
       </c>
       <c r="AN83" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uspokaivayuschiy-toner-dlya-litsa-s-tsentelloy-i-azulenom-calming-toner-with-cica-azulen-150ml?preferred=524916</t>
         </is>
       </c>
       <c r="AO83" t="n">
         <v>0</v>
       </c>
       <c r="AP83" t="n">
         <v>0</v>
       </c>
       <c r="AQ83" t="inlineStr"/>
       <c r="AR83" t="n">
         <v>0</v>
       </c>
       <c r="AS83" t="n">
         <v>0</v>
       </c>
-      <c r="AT83" t="inlineStr"/>
+      <c r="AT83" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-cica--azulene-calming-toner</t>
+        </is>
+      </c>
       <c r="AU83" t="n">
         <v>0</v>
       </c>
       <c r="AV83" t="n">
         <v>0</v>
       </c>
       <c r="AW83" t="inlineStr"/>
       <c r="AX83" t="n">
         <v>0</v>
       </c>
       <c r="AY83" t="n">
-        <v>665</v>
+        <v>0</v>
       </c>
       <c r="AZ83" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/tonery/soosan_uspokaivayushchiy_toner_s_tsentelloy_i_azulenom_calming_toner_with_cica_azulen_150_ml/</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>070546</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>SOOSAN Moisturizing Mist with White tea &amp; Mangosteen Увлажняющий мист для лица с экстрактами белого чая и мангустина 100мл</t>
         </is>
       </c>
       <c r="D84" t="n">
         <v>599</v>
@@ -13003,83 +13156,83 @@
       <c r="E84" t="n">
         <v>0</v>
       </c>
       <c r="F84" t="n">
         <v>0</v>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="n">
         <v>0</v>
       </c>
       <c r="I84" t="n">
         <v>0</v>
       </c>
       <c r="J84" t="inlineStr"/>
       <c r="K84" t="n">
         <v>0</v>
       </c>
       <c r="L84" t="n">
         <v>0</v>
       </c>
       <c r="M84" t="inlineStr"/>
       <c r="N84" t="n">
         <v>0</v>
       </c>
       <c r="O84" t="n">
-        <v>750</v>
+        <v>0</v>
       </c>
       <c r="P84" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uvlazhnyayuschij-mist-dlya-lica-s-ekstraktami-belogo-chaya-i-mangustina/</t>
         </is>
       </c>
       <c r="Q84" t="n">
         <v>0</v>
       </c>
       <c r="R84" t="n">
         <v>0</v>
       </c>
       <c r="S84" t="inlineStr"/>
       <c r="T84" t="n">
         <v>0</v>
       </c>
       <c r="U84" t="n">
         <v>0</v>
       </c>
       <c r="V84" t="inlineStr"/>
       <c r="W84" t="n">
         <v>0</v>
       </c>
       <c r="X84" t="n">
         <v>0</v>
       </c>
       <c r="Y84" t="inlineStr"/>
       <c r="Z84" t="n">
         <v>0</v>
       </c>
-      <c r="AA84" s="1" t="n">
-        <v>503</v>
+      <c r="AA84" t="n">
+        <v>0</v>
       </c>
       <c r="AB84" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436315-white-tea-mangosteen</t>
         </is>
       </c>
       <c r="AC84" t="n">
         <v>0</v>
       </c>
       <c r="AD84" t="n">
         <v>0</v>
       </c>
       <c r="AE84" t="inlineStr"/>
       <c r="AF84" t="n">
         <v>0</v>
       </c>
       <c r="AG84" t="n">
         <v>0</v>
       </c>
       <c r="AH84" t="inlineStr"/>
       <c r="AI84" t="n">
         <v>0</v>
       </c>
       <c r="AJ84" t="n">
         <v>0</v>
@@ -13087,63 +13240,67 @@
       <c r="AK84" t="inlineStr"/>
       <c r="AL84" t="n">
         <v>0</v>
       </c>
       <c r="AM84" t="n">
         <v>0</v>
       </c>
       <c r="AN84" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschiy-mist-dlya-litsa-s-ekstraktami-belogo-chaya-i-mangustina-moisturizing-mist-with-white-tea-mangosteen-100ml?preferred=524950</t>
         </is>
       </c>
       <c r="AO84" t="n">
         <v>0</v>
       </c>
       <c r="AP84" t="n">
         <v>0</v>
       </c>
       <c r="AQ84" t="inlineStr"/>
       <c r="AR84" t="n">
         <v>0</v>
       </c>
       <c r="AS84" t="n">
         <v>0</v>
       </c>
-      <c r="AT84" t="inlineStr"/>
+      <c r="AT84" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-white-tea--mangosteen-moisturizing-mist</t>
+        </is>
+      </c>
       <c r="AU84" t="n">
         <v>0</v>
       </c>
       <c r="AV84" t="n">
         <v>0</v>
       </c>
       <c r="AW84" t="inlineStr"/>
       <c r="AX84" t="n">
         <v>0</v>
       </c>
-      <c r="AY84" s="1" t="n">
-        <v>550</v>
+      <c r="AY84" t="n">
+        <v>0</v>
       </c>
       <c r="AZ84" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/sprei/soosan_uvlazhnyayushchiy_mist_dlya_litsa_s_ekstraktami_belogo_chaya_i_mangustina_moisturizing_mist_w/</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>070515</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>SOOSAN Moisturizing Toner with Lily &amp; Hyaluronic Acid Увлажняющий тонер с экстрактом лилии и гиалуроновой кислотой 150мл</t>
         </is>
       </c>
       <c r="D85" t="n">
         <v>639</v>
@@ -13151,147 +13308,151 @@
       <c r="E85" t="n">
         <v>0</v>
       </c>
       <c r="F85" t="n">
         <v>0</v>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="n">
         <v>0</v>
       </c>
       <c r="I85" t="n">
         <v>0</v>
       </c>
       <c r="J85" t="inlineStr"/>
       <c r="K85" t="n">
         <v>0</v>
       </c>
       <c r="L85" t="n">
         <v>0</v>
       </c>
       <c r="M85" t="inlineStr"/>
       <c r="N85" t="n">
         <v>0</v>
       </c>
       <c r="O85" t="n">
-        <v>825</v>
+        <v>0</v>
       </c>
       <c r="P85" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uvlazhnyayuschij-toner-s-ekstraktom-lilii-i-gialuronovoj-kislotoj/</t>
         </is>
       </c>
       <c r="Q85" t="n">
         <v>0</v>
       </c>
       <c r="R85" t="n">
         <v>0</v>
       </c>
       <c r="S85" t="inlineStr"/>
       <c r="T85" t="n">
         <v>0</v>
       </c>
       <c r="U85" t="n">
         <v>0</v>
       </c>
       <c r="V85" t="inlineStr"/>
       <c r="W85" t="n">
         <v>0</v>
       </c>
       <c r="X85" t="n">
         <v>0</v>
       </c>
       <c r="Y85" t="inlineStr"/>
       <c r="Z85" t="n">
         <v>0</v>
       </c>
-      <c r="AA85" s="1" t="n">
-        <v>582</v>
+      <c r="AA85" t="n">
+        <v>0</v>
       </c>
       <c r="AB85" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436316-lily-hyaluronic-acid</t>
         </is>
       </c>
       <c r="AC85" t="n">
         <v>0</v>
       </c>
       <c r="AD85" t="n">
         <v>0</v>
       </c>
       <c r="AE85" t="inlineStr"/>
       <c r="AF85" t="n">
         <v>0</v>
       </c>
       <c r="AG85" t="n">
         <v>0</v>
       </c>
       <c r="AH85" t="inlineStr"/>
       <c r="AI85" t="n">
         <v>0</v>
       </c>
       <c r="AJ85" t="n">
         <v>0</v>
       </c>
       <c r="AK85" t="inlineStr"/>
-      <c r="AL85" s="1" t="n">
-[...3 lines deleted...]
-        <v>576</v>
+      <c r="AL85" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM85" t="n">
+        <v>0</v>
       </c>
       <c r="AN85" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschiy-toner-dlya-litsa-s-ekstraktom-lilii-i-gialuronovoy-kislotoy-moisturizing-toner-with-lily-hyaluronic-acid-150ml?preferred=524951</t>
         </is>
       </c>
       <c r="AO85" t="n">
         <v>0</v>
       </c>
       <c r="AP85" t="n">
         <v>0</v>
       </c>
       <c r="AQ85" t="inlineStr"/>
       <c r="AR85" t="n">
         <v>0</v>
       </c>
       <c r="AS85" t="n">
         <v>0</v>
       </c>
-      <c r="AT85" t="inlineStr"/>
+      <c r="AT85" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-lily--hyaluronic-acid-moisturizing-toner</t>
+        </is>
+      </c>
       <c r="AU85" t="n">
         <v>0</v>
       </c>
       <c r="AV85" t="n">
         <v>0</v>
       </c>
       <c r="AW85" t="inlineStr"/>
       <c r="AX85" t="n">
         <v>0</v>
       </c>
       <c r="AY85" t="n">
-        <v>665</v>
+        <v>0</v>
       </c>
       <c r="AZ85" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/tonery/soosan_uvlazhnyayushchiy_toner_s_ekstraktom_lilii_i_gialuronovoy_kislotoy_moisturizing_toner_with_li/</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>370427</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>SOOSAN Nourishing Serum with Plum &amp; Collagen Питательная сыворотка для лица с экстрактом сливы и коллагеном для сухой кожи 30мл</t>
         </is>
       </c>
       <c r="D86" t="n">
         <v>510</v>
@@ -13299,83 +13460,83 @@
       <c r="E86" t="n">
         <v>0</v>
       </c>
       <c r="F86" t="n">
         <v>0</v>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="n">
         <v>0</v>
       </c>
       <c r="I86" t="n">
         <v>0</v>
       </c>
       <c r="J86" t="inlineStr"/>
       <c r="K86" t="n">
         <v>0</v>
       </c>
       <c r="L86" t="n">
         <v>0</v>
       </c>
       <c r="M86" t="inlineStr"/>
       <c r="N86" t="n">
         <v>0</v>
       </c>
       <c r="O86" t="n">
-        <v>640</v>
+        <v>0</v>
       </c>
       <c r="P86" t="inlineStr">
         <is>
           <t>https://aumishop.ru/pitatelnaya-syvorotka-dlya-lica-s-ekstraktom-slivy-i-kollagenom-dlya-suhoj-kozhi/</t>
         </is>
       </c>
       <c r="Q86" t="n">
         <v>0</v>
       </c>
       <c r="R86" t="n">
         <v>0</v>
       </c>
       <c r="S86" t="inlineStr"/>
       <c r="T86" t="n">
         <v>0</v>
       </c>
       <c r="U86" t="n">
         <v>0</v>
       </c>
       <c r="V86" t="inlineStr"/>
       <c r="W86" t="n">
         <v>0</v>
       </c>
       <c r="X86" t="n">
         <v>0</v>
       </c>
       <c r="Y86" t="inlineStr"/>
       <c r="Z86" t="n">
         <v>0</v>
       </c>
       <c r="AA86" t="n">
-        <v>510</v>
+        <v>0</v>
       </c>
       <c r="AB86" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436317-plum-collagen</t>
         </is>
       </c>
       <c r="AC86" t="n">
         <v>0</v>
       </c>
       <c r="AD86" t="n">
         <v>0</v>
       </c>
       <c r="AE86" t="inlineStr"/>
       <c r="AF86" t="n">
         <v>0</v>
       </c>
       <c r="AG86" t="n">
         <v>0</v>
       </c>
       <c r="AH86" t="inlineStr"/>
       <c r="AI86" t="n">
         <v>0</v>
       </c>
       <c r="AJ86" t="n">
         <v>0</v>
@@ -13383,63 +13544,67 @@
       <c r="AK86" t="inlineStr"/>
       <c r="AL86" t="n">
         <v>0</v>
       </c>
       <c r="AM86" t="n">
         <v>0</v>
       </c>
       <c r="AN86" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/pitatelnaya-syvorotka-dlya-suhoy-kozhi-litsa-s-ekstraktom-slivy-i-kollagenom-nourishing-serum-with-plum-collagen-30ml?preferred=524953</t>
         </is>
       </c>
       <c r="AO86" t="n">
         <v>0</v>
       </c>
       <c r="AP86" t="n">
         <v>0</v>
       </c>
       <c r="AQ86" t="inlineStr"/>
       <c r="AR86" t="n">
         <v>0</v>
       </c>
       <c r="AS86" t="n">
         <v>0</v>
       </c>
-      <c r="AT86" t="inlineStr"/>
+      <c r="AT86" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-plum--collagen-nourishing-serum</t>
+        </is>
+      </c>
       <c r="AU86" t="n">
         <v>0</v>
       </c>
       <c r="AV86" t="n">
         <v>0</v>
       </c>
       <c r="AW86" t="inlineStr"/>
       <c r="AX86" t="n">
         <v>0</v>
       </c>
       <c r="AY86" t="n">
-        <v>650</v>
+        <v>0</v>
       </c>
       <c r="AZ86" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/essentsii_i_emulsii/soosan_pitatelnaya_syvorotka_dlya_litsa_s_ekstraktom_slivy_i_kollagenom_dlya_sukhoy_kozhi_nourishing/</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>070508</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>SOOSAN Peeling Toner with AHA/BHA/PHA &amp; Lemongrass Мягкий отшелушивающий тонер с кислотами и экстрактом лемонграсса150мл</t>
         </is>
       </c>
       <c r="D87" t="n">
         <v>639</v>
@@ -13447,147 +13612,151 @@
       <c r="E87" t="n">
         <v>0</v>
       </c>
       <c r="F87" t="n">
         <v>0</v>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="n">
         <v>0</v>
       </c>
       <c r="I87" t="n">
         <v>0</v>
       </c>
       <c r="J87" t="inlineStr"/>
       <c r="K87" t="n">
         <v>0</v>
       </c>
       <c r="L87" t="n">
         <v>0</v>
       </c>
       <c r="M87" t="inlineStr"/>
       <c r="N87" t="n">
         <v>0</v>
       </c>
       <c r="O87" t="n">
-        <v>825</v>
+        <v>0</v>
       </c>
       <c r="P87" t="inlineStr">
         <is>
           <t>https://aumishop.ru/myagkij-otshelushivayuschij-toner-s-kislotami-i-ekstraktom-lemongrassa-soosan-peeling-toner-with-aha-bha-pha-and-lemongrass-150ml/</t>
         </is>
       </c>
       <c r="Q87" t="n">
         <v>0</v>
       </c>
       <c r="R87" t="n">
         <v>0</v>
       </c>
       <c r="S87" t="inlineStr"/>
       <c r="T87" t="n">
         <v>0</v>
       </c>
       <c r="U87" t="n">
         <v>0</v>
       </c>
       <c r="V87" t="inlineStr"/>
       <c r="W87" t="n">
         <v>0</v>
       </c>
       <c r="X87" t="n">
         <v>0</v>
       </c>
       <c r="Y87" t="inlineStr"/>
       <c r="Z87" t="n">
         <v>0</v>
       </c>
-      <c r="AA87" s="1" t="n">
-        <v>582</v>
+      <c r="AA87" t="n">
+        <v>0</v>
       </c>
       <c r="AB87" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436318-aha-bha-pha-lemongrass</t>
         </is>
       </c>
       <c r="AC87" t="n">
         <v>0</v>
       </c>
       <c r="AD87" t="n">
         <v>0</v>
       </c>
       <c r="AE87" t="inlineStr"/>
       <c r="AF87" t="n">
         <v>0</v>
       </c>
       <c r="AG87" t="n">
         <v>0</v>
       </c>
       <c r="AH87" t="inlineStr"/>
       <c r="AI87" t="n">
         <v>0</v>
       </c>
       <c r="AJ87" t="n">
         <v>0</v>
       </c>
       <c r="AK87" t="inlineStr"/>
-      <c r="AL87" s="1" t="n">
-[...3 lines deleted...]
-        <v>576</v>
+      <c r="AL87" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM87" t="n">
+        <v>0</v>
       </c>
       <c r="AN87" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/myagkiy-otshelushivayuschiy-toner-dlya-litsa-s-kislotami-i-ekstraktom-lemongrassa-peeling-toner-with-aha-bha-pha-lemongrass-150ml?preferred=524949</t>
         </is>
       </c>
       <c r="AO87" t="n">
         <v>0</v>
       </c>
       <c r="AP87" t="n">
         <v>0</v>
       </c>
       <c r="AQ87" t="inlineStr"/>
       <c r="AR87" t="n">
         <v>0</v>
       </c>
       <c r="AS87" t="n">
         <v>0</v>
       </c>
-      <c r="AT87" t="inlineStr"/>
+      <c r="AT87" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-ahabhapha--lemongrass-peeling-toner</t>
+        </is>
+      </c>
       <c r="AU87" t="n">
         <v>0</v>
       </c>
       <c r="AV87" t="n">
         <v>0</v>
       </c>
       <c r="AW87" t="inlineStr"/>
       <c r="AX87" t="n">
         <v>0</v>
       </c>
       <c r="AY87" t="n">
-        <v>665</v>
+        <v>0</v>
       </c>
       <c r="AZ87" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/tonery/soosan_myagkiy_otshelushivayushchiy_toner_s_kislotami_i_ekstraktom_lemongrassa_peeling_toner_with_ah/</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>370441</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>SOOSAN Sebo control Serum with Niacinamide &amp; Zinc Сыворотка себорегулирующая с ниацинамидом и цинком против несовершенств кожи 30мл</t>
         </is>
       </c>
       <c r="D88" t="n">
         <v>510</v>
@@ -13595,235 +13764,239 @@
       <c r="E88" t="n">
         <v>0</v>
       </c>
       <c r="F88" t="n">
         <v>0</v>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="n">
         <v>0</v>
       </c>
       <c r="I88" t="n">
         <v>0</v>
       </c>
       <c r="J88" t="inlineStr"/>
       <c r="K88" t="n">
         <v>0</v>
       </c>
       <c r="L88" t="n">
         <v>0</v>
       </c>
       <c r="M88" t="inlineStr"/>
       <c r="N88" t="n">
         <v>0</v>
       </c>
       <c r="O88" t="n">
-        <v>640</v>
+        <v>0</v>
       </c>
       <c r="P88" t="inlineStr">
         <is>
           <t>https://aumishop.ru/syvorotka-seboreguliruyuschaya-s-niacinamidom-i-cinkom-protiv-nesovershenstv-kozhi/</t>
         </is>
       </c>
       <c r="Q88" t="n">
         <v>0</v>
       </c>
       <c r="R88" t="n">
         <v>0</v>
       </c>
       <c r="S88" t="inlineStr"/>
       <c r="T88" t="n">
         <v>0</v>
       </c>
       <c r="U88" t="n">
         <v>0</v>
       </c>
       <c r="V88" t="inlineStr"/>
       <c r="W88" t="n">
         <v>0</v>
       </c>
       <c r="X88" t="n">
         <v>0</v>
       </c>
       <c r="Y88" t="inlineStr"/>
       <c r="Z88" t="n">
         <v>0</v>
       </c>
       <c r="AA88" t="n">
-        <v>510</v>
+        <v>0</v>
       </c>
       <c r="AB88" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436319-niacinamide-zinc</t>
         </is>
       </c>
       <c r="AC88" t="n">
         <v>0</v>
       </c>
       <c r="AD88" t="n">
         <v>0</v>
       </c>
       <c r="AE88" t="inlineStr"/>
       <c r="AF88" t="n">
         <v>0</v>
       </c>
       <c r="AG88" t="n">
         <v>0</v>
       </c>
       <c r="AH88" t="inlineStr"/>
       <c r="AI88" t="n">
         <v>0</v>
       </c>
       <c r="AJ88" t="n">
         <v>0</v>
       </c>
       <c r="AK88" t="inlineStr"/>
-      <c r="AL88" s="1" t="n">
-[...3 lines deleted...]
-        <v>460</v>
+      <c r="AL88" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM88" t="n">
+        <v>0</v>
       </c>
       <c r="AN88" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/seboreguliruyuschaya-syvorotka-s-niatsinamidom-i-tsinkom-protiv-nesovershenstv-kozhi-sebo-control-serum-with-niacinamide-zinc-30ml?preferred=524948</t>
         </is>
       </c>
       <c r="AO88" t="n">
         <v>0</v>
       </c>
       <c r="AP88" t="n">
         <v>0</v>
       </c>
       <c r="AQ88" t="inlineStr"/>
       <c r="AR88" t="n">
         <v>0</v>
       </c>
       <c r="AS88" t="n">
         <v>0</v>
       </c>
-      <c r="AT88" t="inlineStr"/>
+      <c r="AT88" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-niacinamide--zinc-sebo-control-serum</t>
+        </is>
+      </c>
       <c r="AU88" t="n">
         <v>0</v>
       </c>
       <c r="AV88" t="n">
         <v>0</v>
       </c>
       <c r="AW88" t="inlineStr"/>
       <c r="AX88" t="n">
         <v>0</v>
       </c>
       <c r="AY88" t="n">
-        <v>650</v>
+        <v>0</v>
       </c>
       <c r="AZ88" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/essentsii_i_emulsii/soosan_syvorotka_seboreguliruyushchaya_s_niatsinamidom_i_tsinkom_protiv_nesovershenstv_kozhi_sebo_co/</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>070539</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>SOOSAN Soothing Mist with Aloe &amp; Matcha Успокаивающий мист для лица с экстрактами алоэ и матча 100мл</t>
         </is>
       </c>
       <c r="D89" t="n">
         <v>599</v>
       </c>
       <c r="E89" t="n">
         <v>0</v>
       </c>
       <c r="F89" t="n">
         <v>0</v>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="n">
         <v>0</v>
       </c>
       <c r="I89" t="n">
-        <v>599</v>
+        <v>0</v>
       </c>
       <c r="J89" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/soosan_uspokaivayushchiy_mist_dlya_litsa_s_ekstraktami_aloe_i_matcha_soothing_mist_with_aloe_matcha/</t>
         </is>
       </c>
       <c r="K89" t="n">
         <v>0</v>
       </c>
       <c r="L89" t="n">
         <v>0</v>
       </c>
       <c r="M89" t="inlineStr"/>
       <c r="N89" t="n">
         <v>0</v>
       </c>
       <c r="O89" t="n">
-        <v>750</v>
+        <v>0</v>
       </c>
       <c r="P89" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uspokaivayuschij-mist-dlya-lica-s-ekstraktami-aloe-i-matcha/</t>
         </is>
       </c>
       <c r="Q89" t="n">
         <v>0</v>
       </c>
       <c r="R89" t="n">
         <v>0</v>
       </c>
       <c r="S89" t="inlineStr"/>
       <c r="T89" t="n">
         <v>0</v>
       </c>
       <c r="U89" t="n">
         <v>0</v>
       </c>
       <c r="V89" t="inlineStr"/>
       <c r="W89" t="n">
         <v>0</v>
       </c>
       <c r="X89" t="n">
         <v>0</v>
       </c>
       <c r="Y89" t="inlineStr"/>
       <c r="Z89" t="n">
         <v>0</v>
       </c>
-      <c r="AA89" s="1" t="n">
-        <v>554</v>
+      <c r="AA89" t="n">
+        <v>0</v>
       </c>
       <c r="AB89" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436325-aloe-matcha</t>
         </is>
       </c>
       <c r="AC89" t="n">
         <v>0</v>
       </c>
       <c r="AD89" t="n">
         <v>0</v>
       </c>
       <c r="AE89" t="inlineStr"/>
       <c r="AF89" t="n">
         <v>0</v>
       </c>
       <c r="AG89" t="n">
         <v>0</v>
       </c>
       <c r="AH89" t="inlineStr"/>
       <c r="AI89" t="n">
         <v>0</v>
       </c>
       <c r="AJ89" t="n">
         <v>0</v>
@@ -13831,63 +14004,67 @@
       <c r="AK89" t="inlineStr"/>
       <c r="AL89" t="n">
         <v>0</v>
       </c>
       <c r="AM89" t="n">
         <v>0</v>
       </c>
       <c r="AN89" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uspokaivayuschiy-mist-dlya-litsa-s-ekstraktami-aloe-i-matcha-soothing-mist-with-aloe-matcha-100ml?preferred=524926</t>
         </is>
       </c>
       <c r="AO89" t="n">
         <v>0</v>
       </c>
       <c r="AP89" t="n">
         <v>0</v>
       </c>
       <c r="AQ89" t="inlineStr"/>
       <c r="AR89" t="n">
         <v>0</v>
       </c>
       <c r="AS89" t="n">
         <v>0</v>
       </c>
-      <c r="AT89" t="inlineStr"/>
+      <c r="AT89" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-aloe--matcha-soothing-mist</t>
+        </is>
+      </c>
       <c r="AU89" t="n">
         <v>0</v>
       </c>
       <c r="AV89" t="n">
         <v>0</v>
       </c>
       <c r="AW89" t="inlineStr"/>
       <c r="AX89" t="n">
         <v>0</v>
       </c>
-      <c r="AY89" s="1" t="n">
-        <v>550</v>
+      <c r="AY89" t="n">
+        <v>0</v>
       </c>
       <c r="AZ89" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/sprei/soosan_uspokaivayushchiy_mist_dlya_litsa_s_ekstraktami_aloe_i_matcha_soothing_mist_with_aloe_matcha_/</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>025357</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>La'dor ASH SILVER SHAMPOO Увлажняющий оттеночный шампунь для светлых волос 300мл</t>
         </is>
       </c>
       <c r="D90" t="n">
         <v>1615</v>
@@ -13895,119 +14072,119 @@
       <c r="E90" t="n">
         <v>0</v>
       </c>
       <c r="F90" t="n">
         <v>0</v>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="n">
         <v>0</v>
       </c>
       <c r="I90" t="n">
         <v>0</v>
       </c>
       <c r="J90" t="inlineStr"/>
       <c r="K90" t="n">
         <v>0</v>
       </c>
       <c r="L90" t="n">
         <v>0</v>
       </c>
       <c r="M90" t="inlineStr"/>
       <c r="N90" t="n">
         <v>0</v>
       </c>
       <c r="O90" t="n">
-        <v>2025</v>
+        <v>0</v>
       </c>
       <c r="P90" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uvlazhnyayuschij-ottenochnyj-shampun-dlya-svetlyh-volos-la-dor-ash-silver-shampoo-300ml/</t>
         </is>
       </c>
-      <c r="Q90" s="1" t="n">
-[...3 lines deleted...]
-        <v>1590</v>
+      <c r="Q90" t="n">
+        <v>0</v>
+      </c>
+      <c r="R90" t="n">
+        <v>0</v>
       </c>
       <c r="S90" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/32254302/</t>
         </is>
       </c>
       <c r="T90" t="n">
         <v>0</v>
       </c>
       <c r="U90" t="n">
         <v>0</v>
       </c>
       <c r="V90" t="inlineStr"/>
       <c r="W90" t="n">
         <v>0</v>
       </c>
       <c r="X90" t="n">
         <v>0</v>
       </c>
       <c r="Y90" t="inlineStr"/>
       <c r="Z90" t="n">
         <v>0</v>
       </c>
       <c r="AA90" t="n">
         <v>0</v>
       </c>
       <c r="AB90" t="inlineStr"/>
-      <c r="AC90" s="1" t="n">
-        <v>1143</v>
+      <c r="AC90" t="n">
+        <v>0</v>
       </c>
       <c r="AD90" t="n">
-        <v>2100</v>
+        <v>0</v>
       </c>
       <c r="AE90" t="inlineStr">
         <is>
           <t>https://mm.ru/product/lador-shampun-dlya-2444041?skuId=7366069</t>
         </is>
       </c>
       <c r="AF90" t="n">
         <v>0</v>
       </c>
       <c r="AG90" t="n">
         <v>0</v>
       </c>
       <c r="AH90" t="inlineStr"/>
       <c r="AI90" t="n">
         <v>0</v>
       </c>
       <c r="AJ90" t="n">
         <v>0</v>
       </c>
       <c r="AK90" t="inlineStr"/>
-      <c r="AL90" s="1" t="n">
-        <v>1395</v>
+      <c r="AL90" t="n">
+        <v>0</v>
       </c>
       <c r="AM90" t="n">
-        <v>1744</v>
+        <v>0</v>
       </c>
       <c r="AN90" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-obestsvechennyh-volos-ash-silver-shampoo</t>
         </is>
       </c>
       <c r="AO90" t="n">
         <v>0</v>
       </c>
       <c r="AP90" t="n">
         <v>0</v>
       </c>
       <c r="AQ90" t="inlineStr"/>
       <c r="AR90" t="n">
         <v>0</v>
       </c>
       <c r="AS90" t="n">
         <v>0</v>
       </c>
       <c r="AT90" t="inlineStr"/>
       <c r="AU90" t="n">
         <v>0</v>
       </c>
       <c r="AV90" t="n">
         <v>0</v>
@@ -14043,98 +14220,98 @@
       <c r="E91" t="n">
         <v>0</v>
       </c>
       <c r="F91" t="n">
         <v>0</v>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="n">
         <v>0</v>
       </c>
       <c r="I91" t="n">
         <v>0</v>
       </c>
       <c r="J91" t="inlineStr"/>
       <c r="K91" t="n">
         <v>0</v>
       </c>
       <c r="L91" t="n">
         <v>0</v>
       </c>
       <c r="M91" t="inlineStr"/>
       <c r="N91" t="n">
         <v>0</v>
       </c>
       <c r="O91" t="n">
-        <v>620</v>
+        <v>0</v>
       </c>
       <c r="P91" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_dermatical_hair_loss_shampoo_for_normal_to_dry_hair_50_/</t>
         </is>
       </c>
       <c r="Q91" t="n">
         <v>0</v>
       </c>
       <c r="R91" t="n">
-        <v>560</v>
+        <v>0</v>
       </c>
       <c r="S91" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/47919642/</t>
         </is>
       </c>
       <c r="T91" t="n">
         <v>0</v>
       </c>
       <c r="U91" t="n">
         <v>0</v>
       </c>
       <c r="V91" t="inlineStr"/>
       <c r="W91" t="n">
         <v>0</v>
       </c>
       <c r="X91" t="n">
         <v>0</v>
       </c>
       <c r="Y91" t="inlineStr"/>
       <c r="Z91" t="n">
         <v>0</v>
       </c>
       <c r="AA91" t="n">
-        <v>651</v>
+        <v>0</v>
       </c>
       <c r="AB91" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000283314-dermatical-hair</t>
         </is>
       </c>
-      <c r="AC91" s="1" t="n">
-        <v>370</v>
+      <c r="AC91" t="n">
+        <v>0</v>
       </c>
       <c r="AD91" t="n">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="AE91" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-protiv-vypadeniya-779700?skuId=6135172</t>
         </is>
       </c>
       <c r="AF91" t="n">
         <v>0</v>
       </c>
       <c r="AG91" t="n">
         <v>0</v>
       </c>
       <c r="AH91" t="inlineStr"/>
       <c r="AI91" t="n">
         <v>0</v>
       </c>
       <c r="AJ91" t="n">
         <v>0</v>
       </c>
       <c r="AK91" t="inlineStr"/>
       <c r="AL91" t="n">
         <v>0</v>
       </c>
       <c r="AM91" t="n">
         <v>0</v>
@@ -14199,123 +14376,123 @@
         <v>0</v>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="n">
         <v>0</v>
       </c>
       <c r="I92" t="n">
         <v>0</v>
       </c>
       <c r="J92" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_parfyumirovannyy_mist_dlya_ukrepleniya_i_zashchity_volos_s_keratinom_keratin_layered_oil_hair_/</t>
         </is>
       </c>
       <c r="K92" t="n">
         <v>0</v>
       </c>
       <c r="L92" t="n">
         <v>0</v>
       </c>
       <c r="M92" t="inlineStr"/>
       <c r="N92" t="n">
         <v>0</v>
       </c>
       <c r="O92" t="n">
-        <v>2230</v>
+        <v>0</v>
       </c>
       <c r="P92" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_keratin_layered_oil_mist_130_/</t>
         </is>
       </c>
       <c r="Q92" t="n">
         <v>0</v>
       </c>
       <c r="R92" t="n">
-        <v>2270</v>
+        <v>0</v>
       </c>
       <c r="S92" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/8111008/</t>
         </is>
       </c>
       <c r="T92" t="n">
         <v>0</v>
       </c>
       <c r="U92" t="n">
         <v>0</v>
       </c>
       <c r="V92" t="inlineStr"/>
       <c r="W92" t="n">
         <v>0</v>
       </c>
       <c r="X92" t="n">
         <v>0</v>
       </c>
       <c r="Y92" t="inlineStr"/>
       <c r="Z92" t="n">
         <v>0</v>
       </c>
       <c r="AA92" t="n">
-        <v>2357</v>
+        <v>0</v>
       </c>
       <c r="AB92" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000241488-keratin-layered-oil-mist</t>
         </is>
       </c>
-      <c r="AC92" s="1" t="n">
-[...3 lines deleted...]
-        <v>1503</v>
+      <c r="AC92" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD92" t="n">
+        <v>0</v>
       </c>
       <c r="AE92" t="inlineStr">
         <is>
           <t>https://mm.ru/product/parfyumirovannoe-maslo-mist-dlya-2806177?skuId=8038598</t>
         </is>
       </c>
       <c r="AF92" t="n">
         <v>0</v>
       </c>
       <c r="AG92" t="n">
         <v>0</v>
       </c>
       <c r="AH92" t="inlineStr"/>
       <c r="AI92" t="n">
         <v>0</v>
       </c>
       <c r="AJ92" t="n">
         <v>0</v>
       </c>
       <c r="AK92" t="inlineStr"/>
-      <c r="AL92" s="1" t="n">
-        <v>1542</v>
+      <c r="AL92" t="n">
+        <v>0</v>
       </c>
       <c r="AM92" t="n">
-        <v>1928</v>
+        <v>0</v>
       </c>
       <c r="AN92" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/keratinovyy-mist-dlya-volos-s-kompleksom-masel-keratin-layered-oil-hair-mist-130ml</t>
         </is>
       </c>
       <c r="AO92" t="n">
         <v>0</v>
       </c>
       <c r="AP92" t="n">
         <v>0</v>
       </c>
       <c r="AQ92" t="inlineStr"/>
       <c r="AR92" t="n">
         <v>0</v>
       </c>
       <c r="AS92" t="n">
         <v>0</v>
       </c>
       <c r="AT92" t="inlineStr"/>
       <c r="AU92" t="n">
         <v>0</v>
       </c>
       <c r="AV92" t="n">
         <v>0</v>
@@ -14351,87 +14528,87 @@
       <c r="E93" t="n">
         <v>0</v>
       </c>
       <c r="F93" t="n">
         <v>0</v>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="n">
         <v>0</v>
       </c>
       <c r="I93" t="n">
         <v>0</v>
       </c>
       <c r="J93" t="inlineStr"/>
       <c r="K93" t="n">
         <v>0</v>
       </c>
       <c r="L93" t="n">
         <v>0</v>
       </c>
       <c r="M93" t="inlineStr"/>
       <c r="N93" t="n">
         <v>0</v>
       </c>
       <c r="O93" t="n">
-        <v>2120</v>
+        <v>0</v>
       </c>
       <c r="P93" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_kids_care_shampoo_/</t>
         </is>
       </c>
-      <c r="Q93" s="1" t="n">
-[...3 lines deleted...]
-        <v>1490</v>
+      <c r="Q93" t="n">
+        <v>0</v>
+      </c>
+      <c r="R93" t="n">
+        <v>0</v>
       </c>
       <c r="S93" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/6674093/</t>
         </is>
       </c>
       <c r="T93" t="n">
         <v>0</v>
       </c>
       <c r="U93" t="n">
         <v>0</v>
       </c>
       <c r="V93" t="inlineStr"/>
       <c r="W93" t="n">
         <v>0</v>
       </c>
       <c r="X93" t="n">
         <v>0</v>
       </c>
       <c r="Y93" t="inlineStr"/>
       <c r="Z93" t="n">
         <v>0</v>
       </c>
       <c r="AA93" t="n">
-        <v>2403</v>
+        <v>0</v>
       </c>
       <c r="AB93" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000241489-kids-care</t>
         </is>
       </c>
       <c r="AC93" t="n">
         <v>0</v>
       </c>
       <c r="AD93" t="n">
         <v>0</v>
       </c>
       <c r="AE93" t="inlineStr"/>
       <c r="AF93" t="n">
         <v>0</v>
       </c>
       <c r="AG93" t="n">
         <v>0</v>
       </c>
       <c r="AH93" t="inlineStr"/>
       <c r="AI93" t="n">
         <v>0</v>
       </c>
       <c r="AJ93" t="n">
         <v>0</v>
@@ -14447,55 +14624,55 @@
         <is>
           <t>https://randewoo.ru/product/becsulfatnyy-shampun-dlya-volos-kids-care-shampoo</t>
         </is>
       </c>
       <c r="AO93" t="n">
         <v>0</v>
       </c>
       <c r="AP93" t="n">
         <v>0</v>
       </c>
       <c r="AQ93" t="inlineStr"/>
       <c r="AR93" t="n">
         <v>0</v>
       </c>
       <c r="AS93" t="n">
         <v>0</v>
       </c>
       <c r="AT93" t="inlineStr"/>
       <c r="AU93" t="n">
         <v>0</v>
       </c>
       <c r="AV93" t="n">
         <v>0</v>
       </c>
       <c r="AW93" t="inlineStr"/>
-      <c r="AX93" s="1" t="n">
-        <v>1536</v>
+      <c r="AX93" t="n">
+        <v>0</v>
       </c>
       <c r="AY93" t="n">
-        <v>2793</v>
+        <v>0</v>
       </c>
       <c r="AZ93" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/becsulfatnyy-shampun-dlya-detey-lador-lador-kids/</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>980063</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>La'dor NEWPLEX BALANCING CONDITIONER Мягкий увлажняющий кондиционер для сухих и повреждённых волос 530мл</t>
         </is>
       </c>
       <c r="D94" t="n">
         <v>1318</v>
@@ -14514,152 +14691,152 @@
         <v>0</v>
       </c>
       <c r="J94" t="inlineStr"/>
       <c r="K94" t="n">
         <v>0</v>
       </c>
       <c r="L94" t="n">
         <v>0</v>
       </c>
       <c r="M94" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_myagkiy_uvlazhnyayushchiy_konditsioner_530ml/?ysclid=m8itzrl4ys890993859</t>
         </is>
       </c>
       <c r="N94" t="n">
         <v>0</v>
       </c>
       <c r="O94" t="n">
         <v>0</v>
       </c>
       <c r="P94" t="inlineStr"/>
       <c r="Q94" t="n">
         <v>0</v>
       </c>
       <c r="R94" t="n">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="S94" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/209329/</t>
         </is>
       </c>
       <c r="T94" t="n">
         <v>0</v>
       </c>
       <c r="U94" t="n">
         <v>0</v>
       </c>
       <c r="V94" t="inlineStr"/>
       <c r="W94" t="n">
         <v>0</v>
       </c>
       <c r="X94" t="n">
         <v>0</v>
       </c>
       <c r="Y94" t="inlineStr"/>
       <c r="Z94" t="n">
         <v>0</v>
       </c>
       <c r="AA94" t="n">
-        <v>1605</v>
+        <v>0</v>
       </c>
       <c r="AB94" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000318370-new-plex-balancing</t>
         </is>
       </c>
-      <c r="AC94" s="1" t="n">
-        <v>1090</v>
+      <c r="AC94" t="n">
+        <v>0</v>
       </c>
       <c r="AD94" t="n">
-        <v>1700</v>
+        <v>0</v>
       </c>
       <c r="AE94" t="inlineStr">
         <is>
           <t>https://mm.ru/product/kondicioner-dlya-volos-2671040?skuId=7817537</t>
         </is>
       </c>
       <c r="AF94" t="n">
         <v>0</v>
       </c>
       <c r="AG94" t="n">
         <v>0</v>
       </c>
       <c r="AH94" t="inlineStr"/>
       <c r="AI94" t="n">
         <v>0</v>
       </c>
       <c r="AJ94" t="n">
         <v>0</v>
       </c>
       <c r="AK94" t="inlineStr"/>
-      <c r="AL94" s="1" t="n">
-        <v>1101</v>
+      <c r="AL94" t="n">
+        <v>0</v>
       </c>
       <c r="AM94" t="n">
-        <v>1376</v>
+        <v>0</v>
       </c>
       <c r="AN94" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/myagkiy-bessilikonovyy-konditsioner-s-uspokaivayuschim-effektom-new-plex-balancing-conditioner-530ml</t>
         </is>
       </c>
       <c r="AO94" t="n">
         <v>0</v>
       </c>
       <c r="AP94" t="n">
         <v>0</v>
       </c>
       <c r="AQ94" t="inlineStr"/>
       <c r="AR94" t="n">
-        <v>1520</v>
+        <v>0</v>
       </c>
       <c r="AS94" t="n">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="AT94" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-new-plex-balancing-conditioner</t>
         </is>
       </c>
-      <c r="AU94" s="1" t="n">
-        <v>1014.3</v>
+      <c r="AU94" t="n">
+        <v>0</v>
       </c>
       <c r="AV94" t="n">
-        <v>1449</v>
+        <v>0</v>
       </c>
       <c r="AW94" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_newplex_balancing_konditsioner_dlya_volos_bessilikonovyy_530ml-364941/</t>
         </is>
       </c>
-      <c r="AX94" s="1" t="n">
-        <v>1141</v>
+      <c r="AX94" t="n">
+        <v>0</v>
       </c>
       <c r="AY94" t="n">
-        <v>1522</v>
+        <v>0</v>
       </c>
       <c r="AZ94" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/balzamy_i_konditsionery/lador-myagkiy-bessilikonovyy-konditsioner-dlya-volos-s-uspokaivayushchim-effektom-new-plex-balancing/</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>980056</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>La'dor NEWPLEX BALANCING SHAMPOO Мягкий увлажняющий шампунь для сухих и повреждённых волос 530мл</t>
         </is>
       </c>
       <c r="D95" t="n">
         <v>1318</v>
@@ -14678,152 +14855,152 @@
         <v>0</v>
       </c>
       <c r="J95" t="inlineStr"/>
       <c r="K95" t="n">
         <v>0</v>
       </c>
       <c r="L95" t="n">
         <v>0</v>
       </c>
       <c r="M95" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_myagkiy_uvlazhnyayushchiy_shampun_530ml/?ysclid=m8itzuuux0769820223</t>
         </is>
       </c>
       <c r="N95" t="n">
         <v>0</v>
       </c>
       <c r="O95" t="n">
         <v>0</v>
       </c>
       <c r="P95" t="inlineStr"/>
       <c r="Q95" t="n">
         <v>0</v>
       </c>
       <c r="R95" t="n">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="S95" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/209334/</t>
         </is>
       </c>
       <c r="T95" t="n">
         <v>0</v>
       </c>
       <c r="U95" t="n">
         <v>0</v>
       </c>
       <c r="V95" t="inlineStr"/>
       <c r="W95" t="n">
         <v>0</v>
       </c>
       <c r="X95" t="n">
         <v>0</v>
       </c>
       <c r="Y95" t="inlineStr"/>
       <c r="Z95" t="n">
         <v>0</v>
       </c>
       <c r="AA95" t="n">
-        <v>1626</v>
+        <v>0</v>
       </c>
       <c r="AB95" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000318369-new-plex-balancing</t>
         </is>
       </c>
       <c r="AC95" t="n">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="AD95" t="n">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="AE95" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-bessilikonovyj-uvlazhnyayuschij-530ml-newplex-3013994?skuId=8466503</t>
         </is>
       </c>
       <c r="AF95" t="n">
         <v>0</v>
       </c>
       <c r="AG95" t="n">
         <v>0</v>
       </c>
       <c r="AH95" t="inlineStr"/>
       <c r="AI95" t="n">
         <v>0</v>
       </c>
       <c r="AJ95" t="n">
         <v>0</v>
       </c>
       <c r="AK95" t="inlineStr"/>
       <c r="AL95" t="n">
-        <v>1318</v>
+        <v>0</v>
       </c>
       <c r="AM95" t="n">
-        <v>1647</v>
+        <v>0</v>
       </c>
       <c r="AN95" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/myagkiy-bessilikonovyy-shampun-s-uspokaivayuschim-effektom-new-plex-balancing-shampoo-530ml</t>
         </is>
       </c>
       <c r="AO95" t="n">
         <v>0</v>
       </c>
       <c r="AP95" t="n">
         <v>0</v>
       </c>
       <c r="AQ95" t="inlineStr"/>
       <c r="AR95" t="n">
-        <v>1567</v>
+        <v>0</v>
       </c>
       <c r="AS95" t="n">
-        <v>1650</v>
+        <v>0</v>
       </c>
       <c r="AT95" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-new-plex-balancing-shampoo</t>
         </is>
       </c>
-      <c r="AU95" s="1" t="n">
-        <v>923.3</v>
+      <c r="AU95" t="n">
+        <v>0</v>
       </c>
       <c r="AV95" t="n">
-        <v>1319</v>
+        <v>0</v>
       </c>
       <c r="AW95" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_newplex_balancing_shampun_bessilikonovyy_530ml-364940/</t>
         </is>
       </c>
-      <c r="AX95" s="1" t="n">
-        <v>1141</v>
+      <c r="AX95" t="n">
+        <v>0</v>
       </c>
       <c r="AY95" t="n">
-        <v>1522</v>
+        <v>0</v>
       </c>
       <c r="AZ95" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/lador-myagkiy-bessilikonovyy-shampun-dlya-povrezhdennykh-volos-s-uspokaivayushchim-effektom-new-plex/</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>634794</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>La'dor PERFUMED HAIR OIL (OUR LEAF) Парфюмированное масло для волос с ароматом свежей зелени 30мл</t>
         </is>
       </c>
       <c r="D96" t="n">
         <v>1188</v>
@@ -14831,151 +15008,155 @@
       <c r="E96" t="n">
         <v>0</v>
       </c>
       <c r="F96" t="n">
         <v>0</v>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="n">
         <v>0</v>
       </c>
       <c r="I96" t="n">
         <v>0</v>
       </c>
       <c r="J96" t="inlineStr"/>
       <c r="K96" t="n">
         <v>0</v>
       </c>
       <c r="L96" t="n">
         <v>0</v>
       </c>
       <c r="M96" t="inlineStr"/>
       <c r="N96" t="n">
         <v>0</v>
       </c>
       <c r="O96" t="n">
-        <v>1485</v>
+        <v>0</v>
       </c>
       <c r="P96" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_perfumed_hair_oil_our_leaf_30_/</t>
         </is>
       </c>
       <c r="Q96" t="n">
         <v>0</v>
       </c>
       <c r="R96" t="n">
         <v>0</v>
       </c>
       <c r="S96" t="inlineStr"/>
       <c r="T96" t="n">
         <v>0</v>
       </c>
       <c r="U96" t="n">
         <v>0</v>
       </c>
       <c r="V96" t="inlineStr"/>
       <c r="W96" t="n">
         <v>0</v>
       </c>
       <c r="X96" t="n">
         <v>0</v>
       </c>
       <c r="Y96" t="inlineStr"/>
       <c r="Z96" t="n">
         <v>0</v>
       </c>
       <c r="AA96" t="n">
-        <v>1569</v>
+        <v>0</v>
       </c>
       <c r="AB96" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000283259-perfumed</t>
         </is>
       </c>
-      <c r="AC96" s="1" t="n">
-        <v>1037</v>
+      <c r="AC96" t="n">
+        <v>0</v>
       </c>
       <c r="AD96" t="n">
-        <v>1540</v>
+        <v>0</v>
       </c>
       <c r="AE96" t="inlineStr">
         <is>
           <t>https://mm.ru/product/uvlazhnyayuschee-maslo-dlya-2449620?SG=4743869</t>
         </is>
       </c>
       <c r="AF96" t="n">
         <v>0</v>
       </c>
       <c r="AG96" t="n">
         <v>0</v>
       </c>
       <c r="AH96" t="inlineStr"/>
       <c r="AI96" t="n">
         <v>0</v>
       </c>
       <c r="AJ96" t="n">
         <v>0</v>
       </c>
       <c r="AK96" t="inlineStr"/>
       <c r="AL96" t="n">
         <v>0</v>
       </c>
       <c r="AM96" t="n">
         <v>0</v>
       </c>
       <c r="AN96" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/parfyumirovannoe-maslo-dlya-volos-s-aromatom-svezhey-zeleni-perfumed-hair-oil-our-leaf</t>
         </is>
       </c>
       <c r="AO96" t="n">
         <v>0</v>
       </c>
       <c r="AP96" t="n">
         <v>0</v>
       </c>
       <c r="AQ96" t="inlineStr"/>
       <c r="AR96" t="n">
         <v>0</v>
       </c>
       <c r="AS96" t="n">
         <v>0</v>
       </c>
-      <c r="AT96" t="inlineStr"/>
+      <c r="AT96" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/lador-our-leaf-perfumed-hair-oil</t>
+        </is>
+      </c>
       <c r="AU96" t="n">
         <v>0</v>
       </c>
       <c r="AV96" t="n">
         <v>0</v>
       </c>
       <c r="AW96" t="inlineStr"/>
-      <c r="AX96" s="1" t="n">
-        <v>1125</v>
+      <c r="AX96" t="n">
+        <v>0</v>
       </c>
       <c r="AY96" t="n">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="AZ96" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/lechebnoe_maslo/maslo-uvlazhnyayushchee-parfyumirovannoe-dlya-volos-lador-lador-perfumed-hair-oil-our-leaf-30-ml/</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>634800</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>La'dor PERFUMED HAIR OIL (OUR LEAF) Парфюмированное масло для волос с ароматом свежей зелени 80мл</t>
         </is>
       </c>
       <c r="D97" t="n">
         <v>2131</v>
@@ -14983,87 +15164,87 @@
       <c r="E97" t="n">
         <v>0</v>
       </c>
       <c r="F97" t="n">
         <v>0</v>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="n">
         <v>0</v>
       </c>
       <c r="I97" t="n">
         <v>0</v>
       </c>
       <c r="J97" t="inlineStr"/>
       <c r="K97" t="n">
         <v>0</v>
       </c>
       <c r="L97" t="n">
         <v>0</v>
       </c>
       <c r="M97" t="inlineStr"/>
       <c r="N97" t="n">
         <v>0</v>
       </c>
       <c r="O97" t="n">
-        <v>2665</v>
+        <v>0</v>
       </c>
       <c r="P97" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_perfumed_hair_oil_our_leaf_80_/</t>
         </is>
       </c>
       <c r="Q97" t="n">
         <v>0</v>
       </c>
-      <c r="R97" s="1" t="n">
-        <v>2090</v>
+      <c r="R97" t="n">
+        <v>0</v>
       </c>
       <c r="S97" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/39910282/</t>
         </is>
       </c>
       <c r="T97" t="n">
         <v>0</v>
       </c>
       <c r="U97" t="n">
         <v>0</v>
       </c>
       <c r="V97" t="inlineStr"/>
       <c r="W97" t="n">
         <v>0</v>
       </c>
       <c r="X97" t="n">
         <v>0</v>
       </c>
       <c r="Y97" t="inlineStr"/>
       <c r="Z97" t="n">
         <v>0</v>
       </c>
       <c r="AA97" t="n">
-        <v>2812</v>
+        <v>0</v>
       </c>
       <c r="AB97" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000301072-perfumed-hair-oil-our-leaf</t>
         </is>
       </c>
       <c r="AC97" t="n">
         <v>0</v>
       </c>
       <c r="AD97" t="n">
         <v>0</v>
       </c>
       <c r="AE97" t="inlineStr"/>
       <c r="AF97" t="n">
         <v>0</v>
       </c>
       <c r="AG97" t="n">
         <v>0</v>
       </c>
       <c r="AH97" t="inlineStr"/>
       <c r="AI97" t="n">
         <v>0</v>
       </c>
       <c r="AJ97" t="n">
         <v>0</v>
@@ -15079,171 +15260,171 @@
         <is>
           <t>https://randewoo.ru/product/parfyumirovannoe-maslo-dlya-volos-s-aromatom-svezhey-zeleni-perfumed-hair-oil-our-leaf</t>
         </is>
       </c>
       <c r="AO97" t="n">
         <v>0</v>
       </c>
       <c r="AP97" t="n">
         <v>0</v>
       </c>
       <c r="AQ97" t="inlineStr"/>
       <c r="AR97" t="n">
         <v>0</v>
       </c>
       <c r="AS97" t="n">
         <v>0</v>
       </c>
       <c r="AT97" t="inlineStr"/>
       <c r="AU97" t="n">
         <v>0</v>
       </c>
       <c r="AV97" t="n">
         <v>0</v>
       </c>
       <c r="AW97" t="inlineStr"/>
-      <c r="AX97" s="1" t="n">
-        <v>1762</v>
+      <c r="AX97" t="n">
+        <v>0</v>
       </c>
       <c r="AY97" t="n">
-        <v>2350</v>
+        <v>0</v>
       </c>
       <c r="AZ97" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/lechebnoe_maslo/maslo-uvlazhnyayushchee-parfyumirovannoe-dlya-volos-lador-lador-perfumed-hair-oil-our-leaf-80-ml/</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>633957</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>La'dor PERFUMED HAIR OIL TRIO SET Набор: Парфюмированное масло для волос 3x30мл</t>
         </is>
       </c>
       <c r="D98" t="n">
         <v>3777</v>
       </c>
       <c r="E98" t="n">
         <v>0</v>
       </c>
       <c r="F98" t="n">
         <v>0</v>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="n">
         <v>0</v>
       </c>
       <c r="I98" t="n">
         <v>0</v>
       </c>
       <c r="J98" t="inlineStr"/>
       <c r="K98" t="n">
         <v>0</v>
       </c>
       <c r="L98" t="n">
         <v>0</v>
       </c>
       <c r="M98" t="inlineStr"/>
       <c r="N98" t="n">
         <v>0</v>
       </c>
-      <c r="O98" s="1" t="n">
-        <v>3520</v>
+      <c r="O98" t="n">
+        <v>0</v>
       </c>
       <c r="P98" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_perfumed_hair_oil_trio_set_3x30_/</t>
         </is>
       </c>
       <c r="Q98" t="n">
         <v>0</v>
       </c>
       <c r="R98" t="n">
         <v>0</v>
       </c>
       <c r="S98" t="inlineStr"/>
       <c r="T98" t="n">
         <v>0</v>
       </c>
       <c r="U98" t="n">
         <v>0</v>
       </c>
       <c r="V98" t="inlineStr"/>
       <c r="W98" t="n">
         <v>0</v>
       </c>
       <c r="X98" t="n">
         <v>0</v>
       </c>
       <c r="Y98" t="inlineStr"/>
       <c r="Z98" t="n">
         <v>0</v>
       </c>
       <c r="AA98" t="n">
-        <v>5175</v>
+        <v>0</v>
       </c>
       <c r="AB98" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000283265-trio-set</t>
         </is>
       </c>
       <c r="AC98" t="n">
         <v>0</v>
       </c>
       <c r="AD98" t="n">
         <v>0</v>
       </c>
       <c r="AE98" t="inlineStr"/>
       <c r="AF98" t="n">
         <v>0</v>
       </c>
       <c r="AG98" t="n">
         <v>0</v>
       </c>
       <c r="AH98" t="inlineStr"/>
       <c r="AI98" t="n">
         <v>0</v>
       </c>
       <c r="AJ98" t="n">
         <v>0</v>
       </c>
       <c r="AK98" t="inlineStr"/>
-      <c r="AL98" s="1" t="n">
-        <v>3587</v>
+      <c r="AL98" t="n">
+        <v>0</v>
       </c>
       <c r="AM98" t="n">
-        <v>4484</v>
+        <v>0</v>
       </c>
       <c r="AN98" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/nabor-masel-dlya-volos-perfumed-hair-oil-trio-3-30ml-la-pitta-hinoko-osmanthus</t>
         </is>
       </c>
       <c r="AO98" t="n">
         <v>0</v>
       </c>
       <c r="AP98" t="n">
         <v>0</v>
       </c>
       <c r="AQ98" t="inlineStr"/>
       <c r="AR98" t="n">
         <v>0</v>
       </c>
       <c r="AS98" t="n">
         <v>0</v>
       </c>
       <c r="AT98" t="inlineStr"/>
       <c r="AU98" t="n">
         <v>0</v>
       </c>
       <c r="AV98" t="n">
         <v>0</v>
@@ -15265,365 +15446,365 @@
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>La'dor REAL INTENSIVE ACID CONDITIONER Интенсивный кислотный кондиционер для сухих и повреждённых волос 900мл</t>
         </is>
       </c>
       <c r="D99" t="n">
         <v>1857</v>
       </c>
       <c r="E99" t="n">
         <v>0</v>
       </c>
       <c r="F99" t="n">
         <v>0</v>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="n">
         <v>0</v>
       </c>
       <c r="I99" t="n">
-        <v>1998</v>
+        <v>0</v>
       </c>
       <c r="J99" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_intensivnyy_slabokislotnyy_konditsioner_dlya_povrezhdennykh_volos_intensive_acid_conditioner/</t>
         </is>
       </c>
       <c r="K99" t="n">
         <v>0</v>
       </c>
       <c r="L99" t="n">
         <v>0</v>
       </c>
       <c r="M99" t="inlineStr"/>
       <c r="N99" t="n">
         <v>0</v>
       </c>
       <c r="O99" t="n">
-        <v>2325</v>
+        <v>0</v>
       </c>
       <c r="P99" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_real_intensive_acid_conditioner_900_/</t>
         </is>
       </c>
       <c r="Q99" t="n">
         <v>0</v>
       </c>
       <c r="R99" t="n">
-        <v>2150</v>
+        <v>0</v>
       </c>
       <c r="S99" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/30149109/</t>
         </is>
       </c>
       <c r="T99" t="n">
         <v>0</v>
       </c>
       <c r="U99" t="n">
         <v>0</v>
       </c>
       <c r="V99" t="inlineStr"/>
       <c r="W99" t="n">
         <v>0</v>
       </c>
       <c r="X99" t="n">
         <v>0</v>
       </c>
       <c r="Y99" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/846298_ST/?sphrase_id=15241351</t>
         </is>
       </c>
       <c r="Z99" t="n">
         <v>0</v>
       </c>
       <c r="AA99" t="n">
-        <v>2421</v>
+        <v>0</v>
       </c>
       <c r="AB99" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000283227-real-intensive-acid</t>
         </is>
       </c>
-      <c r="AC99" s="1" t="n">
-        <v>1341</v>
+      <c r="AC99" t="n">
+        <v>0</v>
       </c>
       <c r="AD99" t="n">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="AE99" t="inlineStr">
         <is>
           <t>https://mm.ru/product/kondicioner-slabokislotnyj-intensivnyj-2449624?skuId=7383785</t>
         </is>
       </c>
       <c r="AF99" t="n">
         <v>0</v>
       </c>
       <c r="AG99" t="n">
         <v>0</v>
       </c>
       <c r="AH99" t="inlineStr"/>
       <c r="AI99" t="n">
         <v>0</v>
       </c>
       <c r="AJ99" t="n">
         <v>0</v>
       </c>
       <c r="AK99" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/442/p/kondicioner-lador-intensivnyj-kislotnyj-dla-suhih-i-povrezdennyh-volos-900ml-4380755</t>
         </is>
       </c>
       <c r="AL99" t="n">
-        <v>1857</v>
+        <v>0</v>
       </c>
       <c r="AM99" t="n">
-        <v>2321</v>
+        <v>0</v>
       </c>
       <c r="AN99" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/kislotnyy-konditsioner-dlya-suhih-i-povrezhdennyh-volos-real-intensive-acid-conditioner</t>
         </is>
       </c>
       <c r="AO99" t="n">
         <v>0</v>
       </c>
       <c r="AP99" t="n">
         <v>0</v>
       </c>
       <c r="AQ99" t="inlineStr"/>
       <c r="AR99" t="n">
-        <v>2403</v>
+        <v>0</v>
       </c>
       <c r="AS99" t="n">
-        <v>2530</v>
+        <v>0</v>
       </c>
       <c r="AT99" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-real-intensive-acid-conditioner</t>
         </is>
       </c>
-      <c r="AU99" s="1" t="n">
-        <v>1308.3</v>
+      <c r="AU99" t="n">
+        <v>0</v>
       </c>
       <c r="AV99" t="n">
-        <v>1869</v>
+        <v>0</v>
       </c>
       <c r="AW99" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_shampun_dlya_sukhikh_i_povrezhdennykh_volos_real_intensive_acid_shampoo_900ml-364943/</t>
         </is>
       </c>
-      <c r="AX99" s="1" t="n">
-        <v>1841</v>
+      <c r="AX99" t="n">
+        <v>0</v>
       </c>
       <c r="AY99" t="n">
-        <v>2455</v>
+        <v>0</v>
       </c>
       <c r="AZ99" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/balzamy_i_konditsionery/konditsioner-slabokislotnyy-intensivnyy-konditsioner-dlya-povrezhdennykh-volos-lador-lador-real-inte/</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>025807</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>La'dor REAL INTENSIVE ACID SHAMPOO Интенсивный кислотный шампунь для сухих и повреждённых волос 900мл</t>
         </is>
       </c>
       <c r="D100" t="n">
         <v>1857</v>
       </c>
       <c r="E100" t="n">
         <v>0</v>
       </c>
       <c r="F100" t="n">
         <v>0</v>
       </c>
       <c r="G100" t="inlineStr"/>
-      <c r="H100" s="1" t="n">
-        <v>1600</v>
+      <c r="H100" t="n">
+        <v>0</v>
       </c>
       <c r="I100" t="n">
-        <v>2198</v>
+        <v>0</v>
       </c>
       <c r="J100" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_intensivnyy_slabokislotnyy_shampun_dlya_povrezhdennykh_volos_real_intensive_acid_shampoo/</t>
         </is>
       </c>
       <c r="K100" t="n">
         <v>0</v>
       </c>
       <c r="L100" t="n">
         <v>0</v>
       </c>
       <c r="M100" t="inlineStr"/>
       <c r="N100" t="n">
         <v>0</v>
       </c>
       <c r="O100" t="n">
-        <v>2325</v>
+        <v>0</v>
       </c>
       <c r="P100" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_real_intensive_acid_shampoo_900_/</t>
         </is>
       </c>
       <c r="Q100" t="n">
         <v>0</v>
       </c>
       <c r="R100" t="n">
-        <v>2150</v>
+        <v>0</v>
       </c>
       <c r="S100" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/30149110/</t>
         </is>
       </c>
       <c r="T100" t="n">
         <v>0</v>
       </c>
       <c r="U100" t="n">
         <v>0</v>
       </c>
       <c r="V100" t="inlineStr"/>
       <c r="W100" t="n">
         <v>0</v>
       </c>
-      <c r="X100" s="1" t="n">
-        <v>1749</v>
+      <c r="X100" t="n">
+        <v>0</v>
       </c>
       <c r="Y100" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/846297_ST/?sphrase_id=15399847</t>
         </is>
       </c>
       <c r="Z100" t="n">
         <v>0</v>
       </c>
       <c r="AA100" t="n">
-        <v>2479</v>
+        <v>0</v>
       </c>
       <c r="AB100" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000283313-real-intensive-acid</t>
         </is>
       </c>
-      <c r="AC100" s="1" t="n">
-        <v>1764</v>
+      <c r="AC100" t="n">
+        <v>0</v>
       </c>
       <c r="AD100" t="n">
-        <v>2600</v>
+        <v>0</v>
       </c>
       <c r="AE100" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-dlya-volos-2406263?skuId=7261560</t>
         </is>
       </c>
       <c r="AF100" t="n">
         <v>0</v>
       </c>
       <c r="AG100" t="n">
         <v>0</v>
       </c>
       <c r="AH100" t="inlineStr"/>
       <c r="AI100" t="n">
         <v>0</v>
       </c>
       <c r="AJ100" t="n">
         <v>0</v>
       </c>
       <c r="AK100" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/442/p/sampun-lador-intensivnyj-kislotnyj-dla-suhih-i-povrezdennyh-volos-900ml-4380757</t>
         </is>
       </c>
       <c r="AL100" t="n">
-        <v>1857</v>
+        <v>0</v>
       </c>
       <c r="AM100" t="n">
-        <v>2321</v>
+        <v>0</v>
       </c>
       <c r="AN100" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/kislotnyy-shampun-dlya-suhih-i-povrezhdennyh-volos-real-intensive-acid-shampoo</t>
         </is>
       </c>
       <c r="AO100" t="n">
         <v>0</v>
       </c>
       <c r="AP100" t="n">
         <v>0</v>
       </c>
       <c r="AQ100" t="inlineStr"/>
       <c r="AR100" t="n">
-        <v>2327</v>
+        <v>0</v>
       </c>
       <c r="AS100" t="n">
-        <v>2450</v>
+        <v>0</v>
       </c>
       <c r="AT100" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-real-intensive-acid-shampoo</t>
         </is>
       </c>
-      <c r="AU100" s="1" t="n">
-        <v>1600.2</v>
+      <c r="AU100" t="n">
+        <v>0</v>
       </c>
       <c r="AV100" t="n">
-        <v>2286</v>
+        <v>0</v>
       </c>
       <c r="AW100" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_shampun_dlya_volos_arganovoe_maslo_damage_protector_acid_900ml-331034/</t>
         </is>
       </c>
-      <c r="AX100" s="1" t="n">
-        <v>1841</v>
+      <c r="AX100" t="n">
+        <v>0</v>
       </c>
       <c r="AY100" t="n">
-        <v>2455</v>
+        <v>0</v>
       </c>
       <c r="AZ100" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-slabokislotnyy-intensivnyy-dlya-povrezhdennykh-volos-lador-lador-real-intensive-acid-shampoo/</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>980094</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>LA'DOR TAMANU AIRY SUNSCREEN Лёгкий солнцезащитный крем с маслом Таману 50мл</t>
         </is>
       </c>
       <c r="D101" t="n">
         <v>1397</v>
@@ -15634,144 +15815,144 @@
       <c r="F101" t="n">
         <v>0</v>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="n">
         <v>0</v>
       </c>
       <c r="I101" t="n">
         <v>0</v>
       </c>
       <c r="J101" t="inlineStr"/>
       <c r="K101" t="n">
         <v>0</v>
       </c>
       <c r="L101" t="n">
         <v>0</v>
       </c>
       <c r="M101" t="inlineStr"/>
       <c r="N101" t="n">
         <v>0</v>
       </c>
       <c r="O101" t="n">
         <v>0</v>
       </c>
       <c r="P101" t="inlineStr"/>
-      <c r="Q101" s="1" t="n">
-        <v>1377</v>
+      <c r="Q101" t="n">
+        <v>0</v>
       </c>
       <c r="R101" t="n">
-        <v>1530</v>
+        <v>0</v>
       </c>
       <c r="S101" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/58185771/</t>
         </is>
       </c>
       <c r="T101" t="n">
         <v>0</v>
       </c>
       <c r="U101" t="n">
         <v>0</v>
       </c>
       <c r="V101" t="inlineStr"/>
       <c r="W101" t="n">
         <v>0</v>
       </c>
       <c r="X101" t="n">
         <v>0</v>
       </c>
       <c r="Y101" t="inlineStr"/>
       <c r="Z101" t="n">
         <v>0</v>
       </c>
       <c r="AA101" t="n">
-        <v>1844</v>
+        <v>0</v>
       </c>
       <c r="AB101" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000358460-tamanu-airy</t>
         </is>
       </c>
       <c r="AC101" t="n">
         <v>0</v>
       </c>
       <c r="AD101" t="n">
         <v>0</v>
       </c>
       <c r="AE101" t="inlineStr"/>
       <c r="AF101" t="n">
         <v>0</v>
       </c>
       <c r="AG101" t="n">
         <v>0</v>
       </c>
       <c r="AH101" t="inlineStr"/>
       <c r="AI101" t="n">
         <v>0</v>
       </c>
       <c r="AJ101" t="n">
         <v>0</v>
       </c>
       <c r="AK101" t="inlineStr"/>
-      <c r="AL101" s="1" t="n">
-        <v>1208</v>
+      <c r="AL101" t="n">
+        <v>0</v>
       </c>
       <c r="AM101" t="n">
-        <v>1510</v>
+        <v>0</v>
       </c>
       <c r="AN101" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/solntsezaschitnyy-krem-s-maslom-tamanu-tamanu-airy-sunscreen-spf50-pa-50ml</t>
         </is>
       </c>
       <c r="AO101" t="n">
         <v>0</v>
       </c>
       <c r="AP101" t="n">
         <v>0</v>
       </c>
       <c r="AQ101" t="inlineStr"/>
       <c r="AR101" t="n">
         <v>0</v>
       </c>
       <c r="AS101" t="n">
         <v>0</v>
       </c>
       <c r="AT101" t="inlineStr"/>
       <c r="AU101" t="n">
         <v>0</v>
       </c>
       <c r="AV101" t="n">
         <v>0</v>
       </c>
       <c r="AW101" t="inlineStr"/>
-      <c r="AX101" s="1" t="n">
-        <v>1325</v>
+      <c r="AX101" t="n">
+        <v>0</v>
       </c>
       <c r="AY101" t="n">
-        <v>1767</v>
+        <v>0</v>
       </c>
       <c r="AZ101" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/zashchita_ot_solntsa/lador_lador_krem_dlya_litsa_tamanu_airy_sunscreen_50_ml_10879/</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>980117</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>LA'DOR TAMANU TONE-UP SUNSCREEN Тонирующий солнцезащитный крем с маслом Таману 50мл</t>
         </is>
       </c>
       <c r="D102" t="n">
         <v>1397</v>
@@ -15807,115 +15988,115 @@
       <c r="Q102" t="n">
         <v>0</v>
       </c>
       <c r="R102" t="n">
         <v>0</v>
       </c>
       <c r="S102" t="inlineStr"/>
       <c r="T102" t="n">
         <v>0</v>
       </c>
       <c r="U102" t="n">
         <v>0</v>
       </c>
       <c r="V102" t="inlineStr"/>
       <c r="W102" t="n">
         <v>0</v>
       </c>
       <c r="X102" t="n">
         <v>0</v>
       </c>
       <c r="Y102" t="inlineStr"/>
       <c r="Z102" t="n">
         <v>0</v>
       </c>
       <c r="AA102" t="n">
-        <v>1823</v>
+        <v>0</v>
       </c>
       <c r="AB102" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000358462-tamanu</t>
         </is>
       </c>
       <c r="AC102" t="n">
         <v>0</v>
       </c>
       <c r="AD102" t="n">
         <v>0</v>
       </c>
       <c r="AE102" t="inlineStr"/>
       <c r="AF102" t="n">
         <v>0</v>
       </c>
       <c r="AG102" t="n">
         <v>0</v>
       </c>
       <c r="AH102" t="inlineStr"/>
       <c r="AI102" t="n">
         <v>0</v>
       </c>
       <c r="AJ102" t="n">
         <v>0</v>
       </c>
       <c r="AK102" t="inlineStr"/>
-      <c r="AL102" s="1" t="n">
-        <v>1194</v>
+      <c r="AL102" t="n">
+        <v>0</v>
       </c>
       <c r="AM102" t="n">
-        <v>1492</v>
+        <v>0</v>
       </c>
       <c r="AN102" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/solntsezaschitnyy-krem-s-maslom-tamanu-tamanu-tone-up-sunscreen-spf50-pa-50ml</t>
         </is>
       </c>
       <c r="AO102" t="n">
         <v>0</v>
       </c>
       <c r="AP102" t="n">
         <v>0</v>
       </c>
       <c r="AQ102" t="inlineStr"/>
       <c r="AR102" t="n">
         <v>0</v>
       </c>
       <c r="AS102" t="n">
         <v>0</v>
       </c>
       <c r="AT102" t="inlineStr"/>
       <c r="AU102" t="n">
         <v>0</v>
       </c>
       <c r="AV102" t="n">
         <v>0</v>
       </c>
       <c r="AW102" t="inlineStr"/>
-      <c r="AX102" s="1" t="n">
-        <v>1325</v>
+      <c r="AX102" t="n">
+        <v>0</v>
       </c>
       <c r="AY102" t="n">
-        <v>1767</v>
+        <v>0</v>
       </c>
       <c r="AZ102" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/zashchita_ot_solntsa/lador_lador_krem_dlya_litsa_tamanu_tone_up_sunscreen_50_ml/</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>980186</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>LA'DOR TAMANU OIL SUNSTICK Восстанавливающий и успокаивающий солнцезащитный стик с маслом Таману 21г</t>
         </is>
       </c>
       <c r="D103" t="n">
         <v>1800</v>
@@ -15927,143 +16108,143 @@
         <v>0</v>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="n">
         <v>0</v>
       </c>
       <c r="I103" t="n">
         <v>0</v>
       </c>
       <c r="J103" t="inlineStr"/>
       <c r="K103" t="n">
         <v>0</v>
       </c>
       <c r="L103" t="n">
         <v>0</v>
       </c>
       <c r="M103" t="inlineStr"/>
       <c r="N103" t="n">
         <v>0</v>
       </c>
       <c r="O103" t="n">
         <v>0</v>
       </c>
       <c r="P103" t="inlineStr"/>
       <c r="Q103" t="n">
-        <v>1890</v>
+        <v>0</v>
       </c>
       <c r="R103" t="n">
-        <v>2100</v>
+        <v>0</v>
       </c>
       <c r="S103" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/58191471/</t>
         </is>
       </c>
       <c r="T103" t="n">
         <v>0</v>
       </c>
       <c r="U103" t="n">
         <v>0</v>
       </c>
       <c r="V103" t="inlineStr"/>
       <c r="W103" t="n">
         <v>0</v>
       </c>
       <c r="X103" t="n">
         <v>0</v>
       </c>
       <c r="Y103" t="inlineStr"/>
       <c r="Z103" t="n">
         <v>0</v>
       </c>
       <c r="AA103" t="n">
-        <v>2611</v>
+        <v>0</v>
       </c>
       <c r="AB103" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000358463-tamanu-oil</t>
         </is>
       </c>
       <c r="AC103" t="n">
         <v>0</v>
       </c>
       <c r="AD103" t="n">
         <v>0</v>
       </c>
       <c r="AE103" t="inlineStr"/>
       <c r="AF103" t="n">
         <v>0</v>
       </c>
       <c r="AG103" t="n">
         <v>0</v>
       </c>
       <c r="AH103" t="inlineStr"/>
       <c r="AI103" t="n">
         <v>0</v>
       </c>
       <c r="AJ103" t="n">
         <v>0</v>
       </c>
       <c r="AK103" t="inlineStr"/>
-      <c r="AL103" s="1" t="n">
-        <v>1799</v>
+      <c r="AL103" t="n">
+        <v>0</v>
       </c>
       <c r="AM103" t="n">
-        <v>2249</v>
+        <v>0</v>
       </c>
       <c r="AN103" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/balzam-stik-dlya-litsa-solntsezaschitnyy-tamanu-oil-sunstick-spf50-pa-21g</t>
         </is>
       </c>
       <c r="AO103" t="n">
         <v>0</v>
       </c>
       <c r="AP103" t="n">
         <v>0</v>
       </c>
       <c r="AQ103" t="inlineStr"/>
       <c r="AR103" t="n">
         <v>0</v>
       </c>
       <c r="AS103" t="n">
         <v>0</v>
       </c>
       <c r="AT103" t="inlineStr"/>
       <c r="AU103" t="n">
         <v>0</v>
       </c>
       <c r="AV103" t="n">
         <v>0</v>
       </c>
       <c r="AW103" t="inlineStr"/>
       <c r="AX103" t="n">
-        <v>1818</v>
+        <v>0</v>
       </c>
       <c r="AY103" t="n">
-        <v>2425</v>
+        <v>0</v>
       </c>
       <c r="AZ103" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/zashchita_ot_solntsa/lador_lador_balzam_stik_dlya_litsa_solntsezashchitnyy_tamanu_oil_sunstick_21_g/</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>980100</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>LA'DOR TAMANU MILD SUNSCREEN Мягкий гипоаллергенный солнцезащитный крем с маслом Таману 50мл</t>
         </is>
       </c>
       <c r="D104" t="n">
         <v>1397</v>
@@ -16074,144 +16255,148 @@
       <c r="F104" t="n">
         <v>0</v>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="n">
         <v>0</v>
       </c>
       <c r="I104" t="n">
         <v>0</v>
       </c>
       <c r="J104" t="inlineStr"/>
       <c r="K104" t="n">
         <v>0</v>
       </c>
       <c r="L104" t="n">
         <v>0</v>
       </c>
       <c r="M104" t="inlineStr"/>
       <c r="N104" t="n">
         <v>0</v>
       </c>
       <c r="O104" t="n">
         <v>0</v>
       </c>
       <c r="P104" t="inlineStr"/>
-      <c r="Q104" s="1" t="n">
-        <v>1377</v>
+      <c r="Q104" t="n">
+        <v>0</v>
       </c>
       <c r="R104" t="n">
-        <v>1530</v>
+        <v>0</v>
       </c>
       <c r="S104" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/58185772/</t>
         </is>
       </c>
       <c r="T104" t="n">
         <v>0</v>
       </c>
       <c r="U104" t="n">
         <v>0</v>
       </c>
       <c r="V104" t="inlineStr"/>
       <c r="W104" t="n">
         <v>0</v>
       </c>
       <c r="X104" t="n">
         <v>0</v>
       </c>
       <c r="Y104" t="inlineStr"/>
       <c r="Z104" t="n">
         <v>0</v>
       </c>
       <c r="AA104" t="n">
-        <v>1823</v>
+        <v>0</v>
       </c>
       <c r="AB104" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000358461-tamanu-mild</t>
         </is>
       </c>
       <c r="AC104" t="n">
         <v>0</v>
       </c>
       <c r="AD104" t="n">
         <v>0</v>
       </c>
-      <c r="AE104" t="inlineStr"/>
+      <c r="AE104" t="inlineStr">
+        <is>
+          <t>https://mm.ru/product/lador-krem-dlya-5849464?skuId=13074969</t>
+        </is>
+      </c>
       <c r="AF104" t="n">
         <v>0</v>
       </c>
       <c r="AG104" t="n">
         <v>0</v>
       </c>
       <c r="AH104" t="inlineStr"/>
       <c r="AI104" t="n">
         <v>0</v>
       </c>
       <c r="AJ104" t="n">
         <v>0</v>
       </c>
       <c r="AK104" t="inlineStr"/>
       <c r="AL104" t="n">
-        <v>1397</v>
+        <v>0</v>
       </c>
       <c r="AM104" t="n">
-        <v>1746</v>
+        <v>0</v>
       </c>
       <c r="AN104" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/solntsezaschitnyy-krem-s-maslom-tamanu-tamanu-mild-sunscreen-spf50-pa-50ml</t>
         </is>
       </c>
       <c r="AO104" t="n">
         <v>0</v>
       </c>
       <c r="AP104" t="n">
         <v>0</v>
       </c>
       <c r="AQ104" t="inlineStr"/>
       <c r="AR104" t="n">
         <v>0</v>
       </c>
       <c r="AS104" t="n">
         <v>0</v>
       </c>
       <c r="AT104" t="inlineStr"/>
       <c r="AU104" t="n">
         <v>0</v>
       </c>
       <c r="AV104" t="n">
         <v>0</v>
       </c>
       <c r="AW104" t="inlineStr"/>
-      <c r="AX104" s="1" t="n">
-        <v>1325</v>
+      <c r="AX104" t="n">
+        <v>0</v>
       </c>
       <c r="AY104" t="n">
-        <v>1767</v>
+        <v>0</v>
       </c>
       <c r="AZ104" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/zashchita_ot_solntsa/lador_lador_krem_dlya_litsa_tamanu_mild_sunscreen_50_ml_10881/</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>410394</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>La'dor WASABI SHAMPOO BAR Твёрдый шампунь для волос с экстрактом корня васаби 115г</t>
         </is>
       </c>
       <c r="D105" t="n">
         <v>850</v>
@@ -16226,290 +16411,290 @@
       <c r="H105" t="n">
         <v>0</v>
       </c>
       <c r="I105" t="n">
         <v>0</v>
       </c>
       <c r="J105" t="inlineStr"/>
       <c r="K105" t="n">
         <v>0</v>
       </c>
       <c r="L105" t="n">
         <v>0</v>
       </c>
       <c r="M105" t="inlineStr"/>
       <c r="N105" t="n">
         <v>0</v>
       </c>
       <c r="O105" t="n">
         <v>0</v>
       </c>
       <c r="P105" t="inlineStr"/>
       <c r="Q105" t="n">
         <v>0</v>
       </c>
       <c r="R105" t="n">
-        <v>1230</v>
+        <v>0</v>
       </c>
       <c r="S105" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207852/</t>
         </is>
       </c>
       <c r="T105" t="n">
         <v>0</v>
       </c>
       <c r="U105" t="n">
         <v>0</v>
       </c>
       <c r="V105" t="inlineStr"/>
       <c r="W105" t="n">
         <v>0</v>
       </c>
       <c r="X105" t="n">
         <v>0</v>
       </c>
       <c r="Y105" t="inlineStr"/>
       <c r="Z105" t="n">
         <v>0</v>
       </c>
       <c r="AA105" t="n">
         <v>0</v>
       </c>
       <c r="AB105" t="inlineStr"/>
-      <c r="AC105" s="1" t="n">
-        <v>765</v>
+      <c r="AC105" t="n">
+        <v>0</v>
       </c>
       <c r="AD105" t="n">
-        <v>1700</v>
+        <v>0</v>
       </c>
       <c r="AE105" t="inlineStr">
         <is>
           <t>https://mm.ru/product/ekologichnyj-tvrdyj-shampun-lador-2614922?skuId=7690580</t>
         </is>
       </c>
       <c r="AF105" t="n">
         <v>0</v>
       </c>
       <c r="AG105" t="n">
         <v>0</v>
       </c>
       <c r="AH105" t="inlineStr"/>
       <c r="AI105" t="n">
         <v>0</v>
       </c>
       <c r="AJ105" t="n">
         <v>0</v>
       </c>
       <c r="AK105" t="inlineStr"/>
       <c r="AL105" t="n">
-        <v>850</v>
+        <v>0</v>
       </c>
       <c r="AM105" t="n">
-        <v>1062</v>
+        <v>0</v>
       </c>
       <c r="AN105" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tverdyy-shampun-dlya-volos-s-ekstraktom-kornya-vasabi-wasabi-shampoo-bar-115g</t>
         </is>
       </c>
       <c r="AO105" t="n">
         <v>0</v>
       </c>
       <c r="AP105" t="n">
         <v>0</v>
       </c>
       <c r="AQ105" t="inlineStr"/>
       <c r="AR105" t="n">
         <v>0</v>
       </c>
       <c r="AS105" t="n">
         <v>0</v>
       </c>
       <c r="AT105" t="inlineStr"/>
       <c r="AU105" t="n">
         <v>0</v>
       </c>
       <c r="AV105" t="n">
         <v>0</v>
       </c>
       <c r="AW105" t="inlineStr"/>
-      <c r="AX105" s="1" t="n">
-        <v>765</v>
+      <c r="AX105" t="n">
+        <v>0</v>
       </c>
       <c r="AY105" t="n">
-        <v>1021</v>
+        <v>0</v>
       </c>
       <c r="AZ105" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/lador-lador-shampun-naturalnyy-bessilikonovyy-tverdyy-s-ekstraktom-vasabi-wasabi-shampoo-bar-115-g/</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>938049</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>La'dor ACV VINEGAR SHAMPOO Шампунь для волос с яблочным уксусом 150 мл</t>
         </is>
       </c>
       <c r="D106" t="n">
         <v>1020</v>
       </c>
       <c r="E106" t="n">
         <v>0</v>
       </c>
       <c r="F106" t="n">
         <v>0</v>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="n">
         <v>0</v>
       </c>
       <c r="I106" t="n">
-        <v>1269</v>
+        <v>0</v>
       </c>
       <c r="J106" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_glubokoochishchayushchiy_shampun_s_yablochnym_uksusom_acv_vinegar_shampoo/</t>
         </is>
       </c>
       <c r="K106" t="n">
         <v>0</v>
       </c>
       <c r="L106" t="n">
         <v>0</v>
       </c>
       <c r="M106" t="inlineStr"/>
       <c r="N106" t="n">
         <v>0</v>
       </c>
       <c r="O106" t="n">
-        <v>1275</v>
+        <v>0</v>
       </c>
       <c r="P106" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-acv-vinegar-shampoo-shampun-dlya-volos-s-yablochnym-uksusom-150-ml/</t>
         </is>
       </c>
       <c r="Q106" t="n">
-        <v>1044</v>
+        <v>0</v>
       </c>
       <c r="R106" t="n">
-        <v>1160</v>
+        <v>0</v>
       </c>
       <c r="S106" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/2780668/</t>
         </is>
       </c>
       <c r="T106" t="n">
         <v>0</v>
       </c>
       <c r="U106" t="n">
         <v>0</v>
       </c>
       <c r="V106" t="inlineStr"/>
       <c r="W106" t="n">
         <v>0</v>
       </c>
       <c r="X106" t="n">
         <v>0</v>
       </c>
       <c r="Y106" t="inlineStr"/>
       <c r="Z106" t="n">
         <v>0</v>
       </c>
       <c r="AA106" t="n">
-        <v>1361</v>
+        <v>0</v>
       </c>
       <c r="AB106" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000062724-acv-vinegar-shampoo</t>
         </is>
       </c>
-      <c r="AC106" s="1" t="n">
-        <v>772</v>
+      <c r="AC106" t="n">
+        <v>0</v>
       </c>
       <c r="AD106" t="n">
-        <v>1050</v>
+        <v>0</v>
       </c>
       <c r="AE106" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-dlya-siyaniya-1249954?skuId=3408916</t>
         </is>
       </c>
       <c r="AF106" t="n">
         <v>0</v>
       </c>
       <c r="AG106" t="n">
         <v>0</v>
       </c>
       <c r="AH106" t="inlineStr"/>
       <c r="AI106" t="n">
         <v>0</v>
       </c>
       <c r="AJ106" t="n">
         <v>0</v>
       </c>
       <c r="AK106" t="inlineStr"/>
       <c r="AL106" t="n">
         <v>0</v>
       </c>
       <c r="AM106" t="n">
         <v>0</v>
       </c>
       <c r="AN106" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-s-yablochnym-uksusom-acv-apple-vinergar-shampoo-150ml</t>
         </is>
       </c>
       <c r="AO106" t="n">
         <v>0</v>
       </c>
-      <c r="AP106" s="1" t="n">
-        <v>600</v>
+      <c r="AP106" t="n">
+        <v>0</v>
       </c>
       <c r="AQ106" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/115447</t>
         </is>
       </c>
       <c r="AR106" t="n">
-        <v>1099</v>
+        <v>0</v>
       </c>
       <c r="AS106" t="n">
-        <v>1605</v>
+        <v>0</v>
       </c>
       <c r="AT106" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-acv-vinegar-shampoo-150</t>
         </is>
       </c>
       <c r="AU106" t="n">
         <v>0</v>
       </c>
       <c r="AV106" t="n">
         <v>0</v>
       </c>
       <c r="AW106" t="inlineStr"/>
       <c r="AX106" t="n">
         <v>0</v>
       </c>
       <c r="AY106" t="n">
         <v>0</v>
       </c>
       <c r="AZ106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>937653</t>
@@ -16535,270 +16720,270 @@
         <v>0</v>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="n">
         <v>0</v>
       </c>
       <c r="I107" t="n">
         <v>0</v>
       </c>
       <c r="J107" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_shampun_s_yablochnoy_kislotoy_dlya_obyema_i_bleska_volos_acv_vinegar_shampoo/</t>
         </is>
       </c>
       <c r="K107" t="n">
         <v>0</v>
       </c>
       <c r="L107" t="n">
         <v>0</v>
       </c>
       <c r="M107" t="inlineStr"/>
       <c r="N107" t="n">
         <v>0</v>
       </c>
       <c r="O107" t="n">
-        <v>2975</v>
+        <v>0</v>
       </c>
       <c r="P107" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-acv-vinegar-shampoo-shampun-dlya-volos-s-yablochnym-uksusom-430-ml/</t>
         </is>
       </c>
-      <c r="Q107" s="1" t="n">
-[...3 lines deleted...]
-        <v>2240</v>
+      <c r="Q107" t="n">
+        <v>0</v>
+      </c>
+      <c r="R107" t="n">
+        <v>0</v>
       </c>
       <c r="S107" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/1838912/</t>
         </is>
       </c>
       <c r="T107" t="n">
         <v>0</v>
       </c>
       <c r="U107" t="n">
         <v>0</v>
       </c>
       <c r="V107" t="inlineStr"/>
       <c r="W107" t="n">
         <v>0</v>
       </c>
       <c r="X107" t="n">
         <v>0</v>
       </c>
       <c r="Y107" t="inlineStr"/>
       <c r="Z107" t="n">
         <v>0</v>
       </c>
       <c r="AA107" t="n">
-        <v>3177</v>
+        <v>0</v>
       </c>
       <c r="AB107" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000062725-acv-vinegar-shampoo?srsltid=AfmBOopaTzc7NyWaRDYB99FncRRYjvTi--C503gFBxjRoxB5o3JEbZYo</t>
         </is>
       </c>
-      <c r="AC107" s="1" t="n">
-[...3 lines deleted...]
-        <v>2313</v>
+      <c r="AC107" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD107" t="n">
+        <v>0</v>
       </c>
       <c r="AE107" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-dlya-volos-2806165?skuId=8038586</t>
         </is>
       </c>
       <c r="AF107" t="n">
         <v>0</v>
       </c>
       <c r="AG107" t="n">
         <v>0</v>
       </c>
       <c r="AH107" t="inlineStr"/>
       <c r="AI107" t="n">
         <v>0</v>
       </c>
       <c r="AJ107" t="n">
         <v>0</v>
       </c>
       <c r="AK107" t="inlineStr"/>
       <c r="AL107" t="n">
         <v>0</v>
       </c>
       <c r="AM107" t="n">
         <v>0</v>
       </c>
       <c r="AN107" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-s-yablochnym-uksusom-acv-apple-vinergar-shampoo-150ml</t>
         </is>
       </c>
       <c r="AO107" t="n">
         <v>0</v>
       </c>
-      <c r="AP107" s="1" t="n">
-        <v>2132</v>
+      <c r="AP107" t="n">
+        <v>0</v>
       </c>
       <c r="AQ107" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/115448</t>
         </is>
       </c>
-      <c r="AR107" s="1" t="n">
-        <v>2061</v>
+      <c r="AR107" t="n">
+        <v>0</v>
       </c>
       <c r="AS107" t="n">
-        <v>3220</v>
+        <v>0</v>
       </c>
       <c r="AT107" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-acv-vinegar-shampoo-430</t>
         </is>
       </c>
-      <c r="AU107" s="1" t="n">
-        <v>1953</v>
+      <c r="AU107" t="n">
+        <v>0</v>
       </c>
       <c r="AV107" t="n">
-        <v>2790</v>
+        <v>0</v>
       </c>
       <c r="AW107" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_acv_vinegar_shampun_dlya_volos_s_yablochnym_uksusom_430ml-333459/</t>
         </is>
       </c>
-      <c r="AX107" s="1" t="n">
-        <v>2289</v>
+      <c r="AX107" t="n">
+        <v>0</v>
       </c>
       <c r="AY107" t="n">
-        <v>3053</v>
+        <v>0</v>
       </c>
       <c r="AZ107" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-dlya-siyaniya-volos-s-yablochnym-uksusom-lador/</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>632912</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>La'dor ANTI-YELLOW SHAMPOO Шампунь для устранения желтизны волос 50мл</t>
         </is>
       </c>
       <c r="D108" t="n">
         <v>588</v>
       </c>
       <c r="E108" t="n">
         <v>0</v>
       </c>
       <c r="F108" t="n">
         <v>0</v>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="n">
         <v>0</v>
       </c>
       <c r="I108" t="n">
         <v>0</v>
       </c>
       <c r="J108" t="inlineStr"/>
-      <c r="K108" s="1" t="n">
-[...3 lines deleted...]
-        <v>502</v>
+      <c r="K108" t="n">
+        <v>0</v>
+      </c>
+      <c r="L108" t="n">
+        <v>0</v>
       </c>
       <c r="M108" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_shampun_d_ustraneniya_zheltizny_volos_50_ml/?ysclid=m8iu0rhpwd427251838</t>
         </is>
       </c>
       <c r="N108" t="n">
         <v>0</v>
       </c>
       <c r="O108" t="n">
-        <v>735</v>
+        <v>0</v>
       </c>
       <c r="P108" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-anti-yellow-shampoo-shampun-dlya-ustraneniya-zheltizny-volos-50ml/</t>
         </is>
       </c>
       <c r="Q108" t="n">
         <v>0</v>
       </c>
       <c r="R108" t="n">
-        <v>750</v>
+        <v>0</v>
       </c>
       <c r="S108" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/6920577/</t>
         </is>
       </c>
       <c r="T108" t="n">
         <v>0</v>
       </c>
       <c r="U108" t="n">
         <v>0</v>
       </c>
       <c r="V108" t="inlineStr"/>
       <c r="W108" t="n">
         <v>0</v>
       </c>
       <c r="X108" t="n">
         <v>0</v>
       </c>
       <c r="Y108" t="inlineStr"/>
       <c r="Z108" t="n">
         <v>0</v>
       </c>
       <c r="AA108" t="n">
-        <v>780</v>
+        <v>0</v>
       </c>
       <c r="AB108" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000208635-anti-yellow</t>
         </is>
       </c>
-      <c r="AC108" s="1" t="n">
-        <v>382</v>
+      <c r="AC108" t="n">
+        <v>0</v>
       </c>
       <c r="AD108" t="n">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="AE108" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maska-protiv-zheltizny-2349379?skuId=7037359</t>
         </is>
       </c>
       <c r="AF108" t="n">
         <v>0</v>
       </c>
       <c r="AG108" t="n">
         <v>0</v>
       </c>
       <c r="AH108" t="inlineStr"/>
       <c r="AI108" t="n">
         <v>0</v>
       </c>
       <c r="AJ108" t="n">
         <v>0</v>
       </c>
       <c r="AK108" t="inlineStr"/>
       <c r="AL108" t="n">
         <v>0</v>
       </c>
       <c r="AM108" t="n">
         <v>0</v>
@@ -16808,54 +16993,54 @@
           <t>https://randewoo.ru/product/ottenochnyy-shampun-protiv-zheltizny-volos-anti-yellow-shampoo</t>
         </is>
       </c>
       <c r="AO108" t="n">
         <v>0</v>
       </c>
       <c r="AP108" t="n">
         <v>0</v>
       </c>
       <c r="AQ108" t="inlineStr"/>
       <c r="AR108" t="n">
         <v>0</v>
       </c>
       <c r="AS108" t="n">
         <v>0</v>
       </c>
       <c r="AT108" t="inlineStr"/>
       <c r="AU108" t="n">
         <v>0</v>
       </c>
       <c r="AV108" t="n">
         <v>0</v>
       </c>
       <c r="AW108" t="inlineStr"/>
       <c r="AX108" t="n">
-        <v>588</v>
+        <v>0</v>
       </c>
       <c r="AY108" t="n">
-        <v>785</v>
+        <v>0</v>
       </c>
       <c r="AZ108" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-ottenochnyy-protiv-zheltizny-volos-lador-lador-anti-yellow-shampoo-50-ml/</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>632899</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>La'dor ANTI-YELLOW TREATMENT Маска для устранения желтизны волос 300мл</t>
         </is>
       </c>
       <c r="D109" t="n">
         <v>1615</v>
@@ -16863,167 +17048,167 @@
       <c r="E109" t="n">
         <v>0</v>
       </c>
       <c r="F109" t="n">
         <v>0</v>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="n">
         <v>0</v>
       </c>
       <c r="I109" t="n">
         <v>0</v>
       </c>
       <c r="J109" t="inlineStr"/>
       <c r="K109" t="n">
         <v>0</v>
       </c>
       <c r="L109" t="n">
         <v>0</v>
       </c>
       <c r="M109" t="inlineStr"/>
       <c r="N109" t="n">
         <v>0</v>
       </c>
       <c r="O109" t="n">
-        <v>2025</v>
+        <v>0</v>
       </c>
       <c r="P109" t="inlineStr">
         <is>
           <t>https://aumishop.ru/maska-dlya-ustraneniya-zheltizny-volos-la-dor-anti-yellow-treatment/</t>
         </is>
       </c>
       <c r="Q109" t="n">
         <v>0</v>
       </c>
       <c r="R109" t="n">
-        <v>1860</v>
+        <v>0</v>
       </c>
       <c r="S109" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/5831233/</t>
         </is>
       </c>
       <c r="T109" t="n">
         <v>0</v>
       </c>
       <c r="U109" t="n">
         <v>0</v>
       </c>
       <c r="V109" t="inlineStr"/>
       <c r="W109" t="n">
         <v>0</v>
       </c>
       <c r="X109" t="n">
         <v>0</v>
       </c>
       <c r="Y109" t="inlineStr"/>
       <c r="Z109" t="n">
         <v>0</v>
       </c>
       <c r="AA109" t="n">
-        <v>2122</v>
+        <v>0</v>
       </c>
       <c r="AB109" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170244-anti-yellow-treatment</t>
         </is>
       </c>
-      <c r="AC109" s="1" t="n">
-        <v>949</v>
+      <c r="AC109" t="n">
+        <v>0</v>
       </c>
       <c r="AD109" t="n">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="AE109" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maska-protiv-zheltizny-2349379?skuId=7037358</t>
         </is>
       </c>
       <c r="AF109" t="n">
         <v>0</v>
       </c>
       <c r="AG109" t="n">
         <v>0</v>
       </c>
       <c r="AH109" t="inlineStr"/>
       <c r="AI109" t="n">
         <v>0</v>
       </c>
       <c r="AJ109" t="n">
         <v>0</v>
       </c>
       <c r="AK109" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/442/p/maska-lador-dla-ustranenia-zeltizny-volos-300ml-4381406</t>
         </is>
       </c>
       <c r="AL109" t="n">
         <v>0</v>
       </c>
       <c r="AM109" t="n">
         <v>0</v>
       </c>
       <c r="AN109" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/maska-dlya-svetlyh-volos-protiv-zheltizny-anti-yellow-treatment</t>
         </is>
       </c>
       <c r="AO109" t="n">
         <v>0</v>
       </c>
       <c r="AP109" t="n">
         <v>0</v>
       </c>
       <c r="AQ109" t="inlineStr"/>
       <c r="AR109" t="n">
-        <v>1669</v>
+        <v>0</v>
       </c>
       <c r="AS109" t="n">
-        <v>2395</v>
+        <v>0</v>
       </c>
       <c r="AT109" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-anti-yellow-treatment</t>
         </is>
       </c>
-      <c r="AU109" s="1" t="n">
-[...3 lines deleted...]
-        <v>1399</v>
+      <c r="AU109" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV109" t="n">
+        <v>0</v>
       </c>
       <c r="AW109" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_maska_dlya_volos_anti_yyellow_treatment_300ml-364935/</t>
         </is>
       </c>
-      <c r="AX109" s="1" t="n">
-[...3 lines deleted...]
-        <v>607</v>
+      <c r="AX109" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY109" t="n">
+        <v>0</v>
       </c>
       <c r="AZ109" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/balzamy_i_konditsionery/maska-dlya-svetlykh-volos-protiv-zheltizny-lador/</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>632905</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>La'dor ANTI-YELLOW TREATMENT Маска для устранения желтизны волос 50мл</t>
         </is>
       </c>
       <c r="D110" t="n">
         <v>588</v>
@@ -17031,98 +17216,98 @@
       <c r="E110" t="n">
         <v>0</v>
       </c>
       <c r="F110" t="n">
         <v>0</v>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="n">
         <v>0</v>
       </c>
       <c r="I110" t="n">
         <v>0</v>
       </c>
       <c r="J110" t="inlineStr"/>
       <c r="K110" t="n">
         <v>0</v>
       </c>
       <c r="L110" t="n">
         <v>0</v>
       </c>
       <c r="M110" t="inlineStr"/>
       <c r="N110" t="n">
         <v>0</v>
       </c>
       <c r="O110" t="n">
-        <v>735</v>
+        <v>0</v>
       </c>
       <c r="P110" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-anti-yellow-treatment-maska-dlya-ustraneniya-zheltizny-volos-50ml/</t>
         </is>
       </c>
       <c r="Q110" t="n">
         <v>0</v>
       </c>
       <c r="R110" t="n">
-        <v>770</v>
+        <v>0</v>
       </c>
       <c r="S110" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/6920418/</t>
         </is>
       </c>
       <c r="T110" t="n">
         <v>0</v>
       </c>
       <c r="U110" t="n">
         <v>0</v>
       </c>
       <c r="V110" t="inlineStr"/>
       <c r="W110" t="n">
         <v>0</v>
       </c>
       <c r="X110" t="n">
         <v>0</v>
       </c>
       <c r="Y110" t="inlineStr"/>
       <c r="Z110" t="n">
         <v>0</v>
       </c>
       <c r="AA110" t="n">
-        <v>865</v>
+        <v>0</v>
       </c>
       <c r="AB110" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000208634-anti-yellow</t>
         </is>
       </c>
-      <c r="AC110" s="1" t="n">
-        <v>382</v>
+      <c r="AC110" t="n">
+        <v>0</v>
       </c>
       <c r="AD110" t="n">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="AE110" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maska-protiv-zheltizny-2349379?skuId=7037359</t>
         </is>
       </c>
       <c r="AF110" t="n">
         <v>0</v>
       </c>
       <c r="AG110" t="n">
         <v>0</v>
       </c>
       <c r="AH110" t="inlineStr"/>
       <c r="AI110" t="n">
         <v>0</v>
       </c>
       <c r="AJ110" t="n">
         <v>0</v>
       </c>
       <c r="AK110" t="inlineStr"/>
       <c r="AL110" t="n">
         <v>0</v>
       </c>
       <c r="AM110" t="n">
         <v>0</v>
@@ -17162,564 +17347,564 @@
       <c r="AZ110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>810896</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>La'dor Before Care Keratin PPT Спрей для волос кератиновый 30мл</t>
         </is>
       </c>
       <c r="D111" t="n">
         <v>383</v>
       </c>
       <c r="E111" t="n">
         <v>0</v>
       </c>
       <c r="F111" t="n">
-        <v>445</v>
+        <v>0</v>
       </c>
       <c r="G111" t="inlineStr">
         <is>
           <t>https://366.ru/p/lador-sprej-dlja-volos-keratinovyj-before-keratin-ppt-30ml-340553/</t>
         </is>
       </c>
       <c r="H111" t="n">
         <v>0</v>
       </c>
       <c r="I111" t="n">
-        <v>459</v>
+        <v>0</v>
       </c>
       <c r="J111" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_zhidkiy_keratin_dlya_zashchity_i_vosstanovleniya_volos_before_keratin_ppt/</t>
         </is>
       </c>
       <c r="K111" t="n">
         <v>0</v>
       </c>
       <c r="L111" t="n">
         <v>0</v>
       </c>
       <c r="M111" t="inlineStr"/>
       <c r="N111" t="n">
         <v>0</v>
       </c>
       <c r="O111" t="n">
-        <v>480</v>
+        <v>0</v>
       </c>
       <c r="P111" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-sprej-dlya-volos-keratinovyj-before-keratin-ppt-30ml/</t>
         </is>
       </c>
       <c r="Q111" t="n">
         <v>0</v>
       </c>
       <c r="R111" t="n">
-        <v>450</v>
+        <v>0</v>
       </c>
       <c r="S111" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/209215/</t>
         </is>
       </c>
       <c r="T111" t="n">
         <v>0</v>
       </c>
       <c r="U111" t="n">
         <v>0</v>
       </c>
       <c r="V111" t="inlineStr"/>
       <c r="W111" t="n">
         <v>0</v>
       </c>
       <c r="X111" t="n">
         <v>0</v>
       </c>
       <c r="Y111" t="inlineStr"/>
       <c r="Z111" t="n">
         <v>0</v>
       </c>
       <c r="AA111" t="n">
-        <v>485</v>
+        <v>0</v>
       </c>
       <c r="AB111" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300014-before-keratin-ppt</t>
         </is>
       </c>
-      <c r="AC111" s="1" t="n">
-[...3 lines deleted...]
-        <v>300</v>
+      <c r="AC111" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD111" t="n">
+        <v>0</v>
       </c>
       <c r="AE111" t="inlineStr">
         <is>
           <t>https://mm.ru/product/sprej-dlya-volos-452980?skuId=1231442</t>
         </is>
       </c>
       <c r="AF111" t="n">
         <v>0</v>
       </c>
       <c r="AG111" t="n">
         <v>0</v>
       </c>
       <c r="AH111" t="inlineStr"/>
       <c r="AI111" t="n">
         <v>0</v>
       </c>
       <c r="AJ111" t="n">
         <v>0</v>
       </c>
       <c r="AK111" t="inlineStr"/>
       <c r="AL111" t="n">
         <v>0</v>
       </c>
       <c r="AM111" t="n">
         <v>0</v>
       </c>
       <c r="AN111" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/sprey-dlya-volos-keratinovyy-before-care-keratin-ppt</t>
         </is>
       </c>
       <c r="AO111" t="n">
         <v>0</v>
       </c>
       <c r="AP111" t="n">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="AQ111" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/125873</t>
         </is>
       </c>
       <c r="AR111" t="n">
-        <v>399</v>
+        <v>0</v>
       </c>
       <c r="AS111" t="n">
-        <v>580</v>
+        <v>0</v>
       </c>
       <c r="AT111" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-before-care-keratin-ppt-travel-size-30</t>
         </is>
       </c>
-      <c r="AU111" s="1" t="n">
-        <v>349.3</v>
+      <c r="AU111" t="n">
+        <v>0</v>
       </c>
       <c r="AV111" t="n">
-        <v>499</v>
+        <v>0</v>
       </c>
       <c r="AW111" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_sprey_essentsiya_dlya_volos_keratinovaya_before_keratin_ppt_30ml-364938/</t>
         </is>
       </c>
-      <c r="AX111" s="1" t="n">
-        <v>348</v>
+      <c r="AX111" t="n">
+        <v>0</v>
       </c>
       <c r="AY111" t="n">
-        <v>464</v>
+        <v>0</v>
       </c>
       <c r="AZ111" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/dlya_ukladki/keratinovyy-sprey-dlya-zashchity-i-vosstanovleniya-volos-lador/</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>814269</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>La'dor Damage Protector Acid Conditioner Защитный кондиционер для поврежденных волос 900мл</t>
         </is>
       </c>
       <c r="D112" t="n">
         <v>1896</v>
       </c>
       <c r="E112" t="n">
         <v>0</v>
       </c>
       <c r="F112" t="n">
         <v>0</v>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="n">
         <v>0</v>
       </c>
       <c r="I112" t="n">
-        <v>1999</v>
+        <v>0</v>
       </c>
       <c r="J112" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_konditsioner_s_arganovym_maslom_damage_protector_acid_conditioner/</t>
         </is>
       </c>
       <c r="K112" t="n">
         <v>0</v>
       </c>
       <c r="L112" t="n">
         <v>0</v>
       </c>
       <c r="M112" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_zashchitnyy_konditsioner_dlya_povrezhdennykh_volos_900ml/?ysclid=m8itvd1lt6236725356</t>
         </is>
       </c>
       <c r="N112" t="n">
         <v>0</v>
       </c>
       <c r="O112" t="n">
-        <v>2370</v>
+        <v>0</v>
       </c>
       <c r="P112" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-damaged-protector-acid-conditioner-zaschitnyj-konditsioner-dlja-povrezhdennyx-volos/</t>
         </is>
       </c>
       <c r="Q112" t="n">
         <v>0</v>
       </c>
       <c r="R112" t="n">
-        <v>2420</v>
+        <v>0</v>
       </c>
       <c r="S112" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207638/</t>
         </is>
       </c>
       <c r="T112" t="n">
         <v>0</v>
       </c>
       <c r="U112" t="n">
         <v>0</v>
       </c>
       <c r="V112" t="inlineStr"/>
       <c r="W112" t="n">
         <v>0</v>
       </c>
       <c r="X112" t="n">
-        <v>1969</v>
+        <v>0</v>
       </c>
       <c r="Y112" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/815126_ST/?sphrase_id=15241351</t>
         </is>
       </c>
       <c r="Z112" t="n">
         <v>0</v>
       </c>
       <c r="AA112" t="n">
-        <v>2616</v>
+        <v>0</v>
       </c>
       <c r="AB112" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760100003-damaged-protector</t>
         </is>
       </c>
-      <c r="AC112" s="1" t="n">
-        <v>1649</v>
+      <c r="AC112" t="n">
+        <v>0</v>
       </c>
       <c r="AD112" t="n">
-        <v>2050</v>
+        <v>0</v>
       </c>
       <c r="AE112" t="inlineStr">
         <is>
           <t>https://mm.ru/product/kondicioner-dlya-povrezhdennykh-685978?skuId=1827008</t>
         </is>
       </c>
       <c r="AF112" t="n">
         <v>0</v>
       </c>
       <c r="AG112" t="n">
         <v>0</v>
       </c>
       <c r="AH112" t="inlineStr"/>
       <c r="AI112" t="n">
         <v>0</v>
       </c>
       <c r="AJ112" t="n">
         <v>0</v>
       </c>
       <c r="AK112" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/91/p/kondicioner-lador-zasitnyj-dla-povrezdennyh-volos-900ml-4227322</t>
         </is>
       </c>
-      <c r="AL112" s="1" t="n">
-        <v>1638</v>
+      <c r="AL112" t="n">
+        <v>0</v>
       </c>
       <c r="AM112" t="n">
-        <v>2048</v>
+        <v>0</v>
       </c>
       <c r="AN112" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/konditsioner-dlya-povrezhdennyh-volos-damaged-protector-acid-conditioner</t>
         </is>
       </c>
       <c r="AO112" t="n">
         <v>0</v>
       </c>
       <c r="AP112" t="n">
-        <v>2349</v>
+        <v>0</v>
       </c>
       <c r="AQ112" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/125874</t>
         </is>
       </c>
       <c r="AR112" t="n">
-        <v>2099</v>
+        <v>0</v>
       </c>
       <c r="AS112" t="n">
-        <v>3035</v>
+        <v>0</v>
       </c>
       <c r="AT112" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-damage-protector-acid-conditioner</t>
         </is>
       </c>
-      <c r="AU112" s="1" t="n">
-        <v>1511.3</v>
+      <c r="AU112" t="n">
+        <v>0</v>
       </c>
       <c r="AV112" t="n">
-        <v>2159</v>
+        <v>0</v>
       </c>
       <c r="AW112" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_konditsioner_dlya_povrezhdennykh_volos_zashchitnyy_damage_protector_acid_conditioner_900ml-330994/</t>
         </is>
       </c>
       <c r="AX112" t="n">
-        <v>1896</v>
+        <v>0</v>
       </c>
       <c r="AY112" t="n">
-        <v>2529</v>
+        <v>0</v>
       </c>
       <c r="AZ112" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/balzamy_i_konditsionery/konditsioner-s-kollagenom-i-arganovym-maslom-lador/</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>810926</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>La'dor Damage Protector Acid Shampoo Шампунь с аргановым маслом 900мл</t>
         </is>
       </c>
       <c r="D113" t="n">
         <v>1896</v>
       </c>
       <c r="E113" t="n">
         <v>0</v>
       </c>
       <c r="F113" t="n">
         <v>0</v>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="n">
         <v>0</v>
       </c>
       <c r="I113" t="n">
-        <v>2299</v>
+        <v>0</v>
       </c>
       <c r="J113" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_shampun_s_arganovym_maslom_damage_protector_acid_shampoo/</t>
         </is>
       </c>
       <c r="K113" t="n">
         <v>0</v>
       </c>
       <c r="L113" t="n">
         <v>0</v>
       </c>
       <c r="M113" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_shampun_s_arganovym_maslom_900ml/?ysclid=m8iu0orflt30990381</t>
         </is>
       </c>
       <c r="N113" t="n">
         <v>0</v>
       </c>
       <c r="O113" t="n">
-        <v>2370</v>
+        <v>0</v>
       </c>
       <c r="P113" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-besshchelochnoj-shampun-s-kollagenom-i-arganovym-maslom-damaged-protector-acid-shampoo-900ml/</t>
         </is>
       </c>
       <c r="Q113" t="n">
         <v>0</v>
       </c>
       <c r="R113" t="n">
-        <v>2110</v>
+        <v>0</v>
       </c>
       <c r="S113" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207748/</t>
         </is>
       </c>
       <c r="T113" t="n">
         <v>0</v>
       </c>
       <c r="U113" t="n">
         <v>0</v>
       </c>
       <c r="V113" t="inlineStr"/>
       <c r="W113" t="n">
         <v>0</v>
       </c>
-      <c r="X113" s="1" t="n">
-        <v>1869</v>
+      <c r="X113" t="n">
+        <v>0</v>
       </c>
       <c r="Y113" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/815098_ST/?sphrase_id=15241351</t>
         </is>
       </c>
       <c r="Z113" t="n">
         <v>0</v>
       </c>
       <c r="AA113" t="n">
-        <v>2376</v>
+        <v>0</v>
       </c>
       <c r="AB113" t="inlineStr">
         <is>
           <t>https://goldapple.ru/11379001-damaged-protector</t>
         </is>
       </c>
-      <c r="AC113" s="1" t="n">
-        <v>1842</v>
+      <c r="AC113" t="n">
+        <v>0</v>
       </c>
       <c r="AD113" t="n">
-        <v>2600</v>
+        <v>0</v>
       </c>
       <c r="AE113" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-professionalnyj-lador-660138?skuId=1756459</t>
         </is>
       </c>
       <c r="AF113" t="n">
         <v>0</v>
       </c>
       <c r="AG113" t="n">
         <v>0</v>
       </c>
       <c r="AH113" t="inlineStr"/>
       <c r="AI113" t="n">
         <v>0</v>
       </c>
       <c r="AJ113" t="n">
         <v>0</v>
       </c>
       <c r="AK113" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/91/p/sampun-lador-s-kollagenom-i-arganovym-maslom-800ml-4227323</t>
         </is>
       </c>
       <c r="AL113" t="n">
         <v>0</v>
       </c>
       <c r="AM113" t="n">
         <v>0</v>
       </c>
       <c r="AN113" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-s-arganovym-maslom-damaged-protector-acid-shampoo</t>
         </is>
       </c>
       <c r="AO113" t="n">
         <v>0</v>
       </c>
       <c r="AP113" t="n">
-        <v>2129</v>
+        <v>0</v>
       </c>
       <c r="AQ113" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/5004158</t>
         </is>
       </c>
-      <c r="AR113" s="1" t="n">
-        <v>1849</v>
+      <c r="AR113" t="n">
+        <v>0</v>
       </c>
       <c r="AS113" t="n">
-        <v>2640</v>
+        <v>0</v>
       </c>
       <c r="AT113" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-damage-protector-acid-shampoo-900</t>
         </is>
       </c>
-      <c r="AU113" s="1" t="n">
-        <v>1600.2</v>
+      <c r="AU113" t="n">
+        <v>0</v>
       </c>
       <c r="AV113" t="n">
-        <v>2286</v>
+        <v>0</v>
       </c>
       <c r="AW113" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_shampun_dlya_volos_arganovoe_maslo_damage_protector_acid_900ml-331034/</t>
         </is>
       </c>
       <c r="AX113" t="n">
-        <v>1896</v>
+        <v>0</v>
       </c>
       <c r="AY113" t="n">
-        <v>2529</v>
+        <v>0</v>
       </c>
       <c r="AZ113" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-s-kollagenom-i-arganovym-maslom-lador-lador-damage-protector/</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>934614</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>La'dor DERMATICAL HAIR- LOSS SHAMPOO (FOR THIN HAIR) Укрепляющий шампунь для тонких волос 200мл</t>
         </is>
       </c>
       <c r="D114" t="n">
         <v>1093</v>
@@ -17727,150 +17912,154 @@
       <c r="E114" t="n">
         <v>0</v>
       </c>
       <c r="F114" t="n">
         <v>0</v>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="n">
         <v>0</v>
       </c>
       <c r="I114" t="n">
         <v>0</v>
       </c>
       <c r="J114" t="inlineStr"/>
       <c r="K114" t="n">
         <v>0</v>
       </c>
       <c r="L114" t="n">
         <v>0</v>
       </c>
       <c r="M114" t="inlineStr"/>
       <c r="N114" t="n">
         <v>0</v>
       </c>
       <c r="O114" t="n">
-        <v>1370</v>
+        <v>0</v>
       </c>
       <c r="P114" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-dermatical-hair-loss-shampoo-for-thin-hair-ukreplyayuschiy-shampun-dlya-tonkikh-volos-200ml/</t>
         </is>
       </c>
       <c r="Q114" t="n">
         <v>0</v>
       </c>
       <c r="R114" t="n">
         <v>0</v>
       </c>
       <c r="S114" t="inlineStr"/>
       <c r="T114" t="n">
         <v>0</v>
       </c>
       <c r="U114" t="n">
         <v>0</v>
       </c>
       <c r="V114" t="inlineStr"/>
       <c r="W114" t="n">
         <v>0</v>
       </c>
       <c r="X114" t="n">
         <v>0</v>
       </c>
       <c r="Y114" t="inlineStr"/>
       <c r="Z114" t="n">
         <v>0</v>
       </c>
       <c r="AA114" t="n">
-        <v>1460</v>
+        <v>0</v>
       </c>
       <c r="AB114" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170261-dermatical-hair-loss-shampoo</t>
         </is>
       </c>
-      <c r="AC114" s="1" t="n">
-[...3 lines deleted...]
-        <v>850</v>
+      <c r="AC114" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD114" t="n">
+        <v>0</v>
       </c>
       <c r="AE114" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-protiv-vypadeniya-779700?skuId=2086146</t>
         </is>
       </c>
       <c r="AF114" t="n">
         <v>0</v>
       </c>
       <c r="AG114" t="n">
         <v>0</v>
       </c>
       <c r="AH114" t="inlineStr"/>
       <c r="AI114" t="n">
         <v>0</v>
       </c>
       <c r="AJ114" t="n">
         <v>0</v>
       </c>
       <c r="AK114" t="inlineStr"/>
       <c r="AL114" t="n">
         <v>0</v>
       </c>
       <c r="AM114" t="n">
         <v>0</v>
       </c>
       <c r="AN114" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/ukreplyayuschiy-shampun-dlya-tonkih-volos-dermatical-hair-loss-shampoo-for-thin-hair</t>
         </is>
       </c>
       <c r="AO114" t="n">
         <v>0</v>
       </c>
       <c r="AP114" t="n">
         <v>0</v>
       </c>
       <c r="AQ114" t="inlineStr"/>
-      <c r="AR114" s="1" t="n">
-        <v>945</v>
+      <c r="AR114" t="n">
+        <v>0</v>
       </c>
       <c r="AS114" t="n">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="AT114" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-dermatical-hair-loss-shampoo-for-thin-hair-200</t>
         </is>
       </c>
       <c r="AU114" t="n">
         <v>0</v>
       </c>
       <c r="AV114" t="n">
         <v>0</v>
       </c>
-      <c r="AW114" t="inlineStr"/>
+      <c r="AW114" t="inlineStr">
+        <is>
+          <t>https://www.scent.ru/catalog/la_dor_dermatical_shampun_ukreplyayushchiy_dlya_tonkikh_volos_200ml-333462/</t>
+        </is>
+      </c>
       <c r="AX114" t="n">
         <v>0</v>
       </c>
       <c r="AY114" t="n">
         <v>0</v>
       </c>
       <c r="AZ114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>935222</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>La'dor DERMATICAL HAIR- LOSS SHAMPOO (FOR THIN HAIR) Укрепляющий шампунь для тонких волос 530мл</t>
         </is>
       </c>
       <c r="D115" t="n">
@@ -17883,167 +18072,167 @@
         <v>0</v>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="n">
         <v>0</v>
       </c>
       <c r="I115" t="n">
         <v>0</v>
       </c>
       <c r="J115" t="inlineStr"/>
       <c r="K115" t="n">
         <v>0</v>
       </c>
       <c r="L115" t="n">
         <v>0</v>
       </c>
       <c r="M115" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_shampun_protiv_vypadeniya_volos_530ml/?ysclid=m8iu0wnk9o805277903</t>
         </is>
       </c>
       <c r="N115" t="n">
         <v>0</v>
       </c>
       <c r="O115" t="n">
-        <v>2825</v>
+        <v>0</v>
       </c>
       <c r="P115" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-dermatical-hair-loss-shampoo-for-thin-hair-shampun-dlya-volos/</t>
         </is>
       </c>
       <c r="Q115" t="n">
         <v>0</v>
       </c>
       <c r="R115" t="n">
-        <v>2830</v>
+        <v>0</v>
       </c>
       <c r="S115" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207821/</t>
         </is>
       </c>
       <c r="T115" t="n">
         <v>0</v>
       </c>
       <c r="U115" t="n">
         <v>0</v>
       </c>
       <c r="V115" t="inlineStr"/>
       <c r="W115" t="n">
         <v>0</v>
       </c>
       <c r="X115" t="n">
         <v>0</v>
       </c>
       <c r="Y115" t="inlineStr"/>
       <c r="Z115" t="n">
         <v>0</v>
       </c>
       <c r="AA115" t="n">
-        <v>3161</v>
+        <v>0</v>
       </c>
       <c r="AB115" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000004416-dermatical-hair-loss-shampoo</t>
         </is>
       </c>
-      <c r="AC115" s="1" t="n">
-[...3 lines deleted...]
-        <v>1800</v>
+      <c r="AC115" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD115" t="n">
+        <v>0</v>
       </c>
       <c r="AE115" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-protiv-vypadeniya-779700?skuId=2086145</t>
         </is>
       </c>
       <c r="AF115" t="n">
         <v>0</v>
       </c>
       <c r="AG115" t="n">
         <v>0</v>
       </c>
       <c r="AH115" t="inlineStr"/>
       <c r="AI115" t="n">
         <v>0</v>
       </c>
       <c r="AJ115" t="n">
         <v>0</v>
       </c>
       <c r="AK115" t="inlineStr"/>
       <c r="AL115" t="n">
         <v>0</v>
       </c>
       <c r="AM115" t="n">
         <v>0</v>
       </c>
       <c r="AN115" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/ukreplyayuschiy-shampun-dlya-tonkih-volos-dermatical-hair-loss-shampoo-for-thin-hair</t>
         </is>
       </c>
       <c r="AO115" t="n">
         <v>0</v>
       </c>
       <c r="AP115" t="n">
-        <v>3105</v>
+        <v>0</v>
       </c>
       <c r="AQ115" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/113440</t>
         </is>
       </c>
       <c r="AR115" t="n">
-        <v>2413</v>
+        <v>0</v>
       </c>
       <c r="AS115" t="n">
-        <v>3770</v>
+        <v>0</v>
       </c>
       <c r="AT115" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-dermatical-hair-loss-shampoo-for-thin-hair-530</t>
         </is>
       </c>
-      <c r="AU115" s="1" t="n">
-        <v>2147.6</v>
+      <c r="AU115" t="n">
+        <v>0</v>
       </c>
       <c r="AV115" t="n">
-        <v>3068</v>
+        <v>0</v>
       </c>
       <c r="AW115" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_dermatical_shampun_ukreplyayushchiy_dlya_tonkikh_volos_530ml-333463/</t>
         </is>
       </c>
-      <c r="AX115" s="1" t="n">
-        <v>2246</v>
+      <c r="AX115" t="n">
+        <v>0</v>
       </c>
       <c r="AY115" t="n">
-        <v>2995</v>
+        <v>0</v>
       </c>
       <c r="AZ115" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-protiv-vypadeniya-dlya-tonkikh-volos-lador-lador/</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>936571</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>La'dor DERMATICAL HAIR- LOSS TREATMENT (FOR THIN HAIR) Бальзам против выпадения волос 200мл</t>
         </is>
       </c>
       <c r="D116" t="n">
         <v>1093</v>
@@ -18051,995 +18240,1007 @@
       <c r="E116" t="n">
         <v>0</v>
       </c>
       <c r="F116" t="n">
         <v>0</v>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="n">
         <v>0</v>
       </c>
       <c r="I116" t="n">
         <v>0</v>
       </c>
       <c r="J116" t="inlineStr"/>
       <c r="K116" t="n">
         <v>0</v>
       </c>
       <c r="L116" t="n">
         <v>0</v>
       </c>
       <c r="M116" t="inlineStr"/>
       <c r="N116" t="n">
         <v>0</v>
       </c>
       <c r="O116" t="n">
-        <v>1370</v>
+        <v>0</v>
       </c>
       <c r="P116" t="inlineStr">
         <is>
           <t>https://aumishop.ru/balzam-protiv-vypadenija-volos-la-dor-dermatical-hair-loss-treatment-for-thin-hair/</t>
         </is>
       </c>
       <c r="Q116" t="n">
         <v>0</v>
       </c>
       <c r="R116" t="n">
-        <v>1260</v>
+        <v>0</v>
       </c>
       <c r="S116" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/1838776/</t>
         </is>
       </c>
       <c r="T116" t="n">
         <v>0</v>
       </c>
       <c r="U116" t="n">
         <v>0</v>
       </c>
       <c r="V116" t="inlineStr"/>
       <c r="W116" t="n">
         <v>0</v>
       </c>
       <c r="X116" t="n">
         <v>0</v>
       </c>
       <c r="Y116" t="inlineStr"/>
       <c r="Z116" t="n">
         <v>0</v>
       </c>
       <c r="AA116" t="n">
-        <v>1250</v>
+        <v>0</v>
       </c>
       <c r="AB116" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000062722-dermatical-hair-loss-treatment</t>
         </is>
       </c>
-      <c r="AC116" s="1" t="n">
-[...3 lines deleted...]
-        <v>850</v>
+      <c r="AC116" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD116" t="n">
+        <v>0</v>
       </c>
       <c r="AE116" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-protiv-vypadeniya-779700?skuId=2086146</t>
         </is>
       </c>
       <c r="AF116" t="n">
         <v>0</v>
       </c>
       <c r="AG116" t="n">
         <v>0</v>
       </c>
       <c r="AH116" t="inlineStr"/>
       <c r="AI116" t="n">
         <v>0</v>
       </c>
       <c r="AJ116" t="n">
         <v>0</v>
       </c>
       <c r="AK116" t="inlineStr"/>
       <c r="AL116" t="n">
         <v>0</v>
       </c>
       <c r="AM116" t="n">
         <v>0</v>
       </c>
       <c r="AN116" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/ukreplyayuschaya-maska-dlya-tonkih-volos-dermatical-hair-loss-treatment-for-thin-hair</t>
         </is>
       </c>
       <c r="AO116" t="n">
         <v>0</v>
       </c>
       <c r="AP116" t="n">
         <v>0</v>
       </c>
       <c r="AQ116" t="inlineStr"/>
       <c r="AR116" t="n">
-        <v>1099</v>
+        <v>0</v>
       </c>
       <c r="AS116" t="n">
-        <v>1575</v>
+        <v>0</v>
       </c>
       <c r="AT116" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-dermatical-hair-loss-treatment-for-thin-hair</t>
         </is>
       </c>
       <c r="AU116" t="n">
         <v>0</v>
       </c>
       <c r="AV116" t="n">
         <v>0</v>
       </c>
-      <c r="AW116" t="inlineStr"/>
+      <c r="AW116" t="inlineStr">
+        <is>
+          <t>https://www.scent.ru/catalog/la_dor_dermatical_balzam_protiv_vypadeniya_volos_200ml-333464/</t>
+        </is>
+      </c>
       <c r="AX116" t="n">
         <v>0</v>
       </c>
       <c r="AY116" t="n">
         <v>0</v>
       </c>
       <c r="AZ116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>630314</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>La'dor Dermatical Hair-Loss Shampoo Шампунь против выпадения волос 200мл</t>
         </is>
       </c>
       <c r="D117" t="n">
         <v>1093</v>
       </c>
       <c r="E117" t="n">
         <v>0</v>
       </c>
       <c r="F117" t="n">
         <v>0</v>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="n">
         <v>0</v>
       </c>
       <c r="I117" t="n">
         <v>0</v>
       </c>
       <c r="J117" t="inlineStr"/>
-      <c r="K117" s="1" t="n">
-        <v>1063</v>
+      <c r="K117" t="n">
+        <v>0</v>
       </c>
       <c r="L117" t="n">
-        <v>1250</v>
+        <v>0</v>
       </c>
       <c r="M117" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_shampun_dlya_tonkikh_volos_ukreplyayushchiy_200ml/?ysclid=m8iu16dlku161303936</t>
         </is>
       </c>
       <c r="N117" t="n">
         <v>0</v>
       </c>
       <c r="O117" t="n">
-        <v>1370</v>
+        <v>0</v>
       </c>
       <c r="P117" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-dermatical-hair-loss-shampoo-shampun-protiv-vypadeniya-volos-200ml/</t>
         </is>
       </c>
       <c r="Q117" t="n">
         <v>0</v>
       </c>
       <c r="R117" t="n">
-        <v>1290</v>
+        <v>0</v>
       </c>
       <c r="S117" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/3359214/</t>
         </is>
       </c>
       <c r="T117" t="n">
         <v>0</v>
       </c>
       <c r="U117" t="n">
         <v>0</v>
       </c>
       <c r="V117" t="inlineStr"/>
       <c r="W117" t="n">
         <v>0</v>
       </c>
       <c r="X117" t="n">
         <v>0</v>
       </c>
       <c r="Y117" t="inlineStr"/>
       <c r="Z117" t="n">
         <v>0</v>
       </c>
       <c r="AA117" t="n">
-        <v>1460</v>
+        <v>0</v>
       </c>
       <c r="AB117" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170260-dermatical-hair-loss-shampoo</t>
         </is>
       </c>
-      <c r="AC117" s="1" t="n">
-[...3 lines deleted...]
-        <v>850</v>
+      <c r="AC117" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD117" t="n">
+        <v>0</v>
       </c>
       <c r="AE117" t="inlineStr">
         <is>
           <t>https://mm.ru/product/bessulfatnyj-shampun-protiv-779681?skuId=2086102</t>
         </is>
       </c>
       <c r="AF117" t="n">
         <v>0</v>
       </c>
       <c r="AG117" t="n">
         <v>0</v>
       </c>
       <c r="AH117" t="inlineStr"/>
       <c r="AI117" t="n">
         <v>0</v>
       </c>
       <c r="AJ117" t="n">
         <v>0</v>
       </c>
       <c r="AK117" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/442/p/sampun-lador-dermatical-hair-loss-shampoo-protiv-vypadenia-volos-200ml-4380759</t>
         </is>
       </c>
       <c r="AL117" t="n">
         <v>0</v>
       </c>
       <c r="AM117" t="n">
         <v>0</v>
       </c>
       <c r="AN117" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-protiv-vypadeniya-volos-dermatical-hair-loss-shampoo</t>
         </is>
       </c>
       <c r="AO117" t="n">
         <v>0</v>
       </c>
       <c r="AP117" t="n">
         <v>0</v>
       </c>
       <c r="AQ117" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/440770</t>
         </is>
       </c>
-      <c r="AR117" s="1" t="n">
-        <v>1069</v>
+      <c r="AR117" t="n">
+        <v>0</v>
       </c>
       <c r="AS117" t="n">
-        <v>1550</v>
+        <v>0</v>
       </c>
       <c r="AT117" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-dermatical-hair-loss-shampoo-200</t>
         </is>
       </c>
-      <c r="AU117" s="1" t="n">
-        <v>909.3</v>
+      <c r="AU117" t="n">
+        <v>0</v>
       </c>
       <c r="AV117" t="n">
-        <v>1299</v>
+        <v>0</v>
       </c>
       <c r="AW117" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_dermatical_shampun_ukreplyayushchiy_dlya_tonkikh_volos_200ml-333462/</t>
         </is>
       </c>
       <c r="AX117" t="n">
         <v>0</v>
       </c>
       <c r="AY117" t="n">
         <v>0</v>
       </c>
       <c r="AZ117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>531924</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>La'dor Dermatical Hair-Loss Shampoo Шампунь против выпадения волос 530мл</t>
         </is>
       </c>
       <c r="D118" t="n">
         <v>2260</v>
       </c>
       <c r="E118" t="n">
         <v>0</v>
       </c>
       <c r="F118" t="n">
         <v>0</v>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="n">
         <v>0</v>
       </c>
       <c r="I118" t="n">
-        <v>2799</v>
+        <v>0</v>
       </c>
       <c r="J118" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_shampun_protiv_vypadeniya_volos_dermatical_hair_loss_shampoo/</t>
         </is>
       </c>
       <c r="K118" t="n">
-        <v>2270</v>
+        <v>0</v>
       </c>
       <c r="L118" t="n">
-        <v>2670</v>
+        <v>0</v>
       </c>
       <c r="M118" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_shampun_ukreplyayushchiy_dlya_tonkikh_volos_530ml/?ysclid=m8iu0dylm3874124607</t>
         </is>
       </c>
       <c r="N118" t="n">
         <v>0</v>
       </c>
       <c r="O118" t="n">
-        <v>2825</v>
+        <v>0</v>
       </c>
       <c r="P118" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-shampun-protiv-vypadeniya-volos-dermatical-hair-loss-shampoo/</t>
         </is>
       </c>
       <c r="Q118" t="n">
         <v>0</v>
       </c>
       <c r="R118" t="n">
-        <v>2810</v>
+        <v>0</v>
       </c>
       <c r="S118" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207810/</t>
         </is>
       </c>
       <c r="T118" t="n">
         <v>0</v>
       </c>
       <c r="U118" t="n">
         <v>0</v>
       </c>
       <c r="V118" t="inlineStr"/>
       <c r="W118" t="n">
         <v>0</v>
       </c>
       <c r="X118" t="n">
         <v>0</v>
       </c>
       <c r="Y118" t="inlineStr"/>
       <c r="Z118" t="n">
         <v>0</v>
       </c>
       <c r="AA118" t="n">
-        <v>3161</v>
+        <v>0</v>
       </c>
       <c r="AB118" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760200014-dermatical</t>
         </is>
       </c>
-      <c r="AC118" s="1" t="n">
-[...3 lines deleted...]
-        <v>1800</v>
+      <c r="AC118" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD118" t="n">
+        <v>0</v>
       </c>
       <c r="AE118" t="inlineStr">
         <is>
           <t>https://mm.ru/product/bessulfatnyj-shampun-protiv-779681?skuId=2086101</t>
         </is>
       </c>
       <c r="AF118" t="n">
         <v>0</v>
       </c>
       <c r="AG118" t="n">
         <v>0</v>
       </c>
       <c r="AH118" t="inlineStr"/>
       <c r="AI118" t="n">
         <v>0</v>
       </c>
       <c r="AJ118" t="n">
         <v>0</v>
       </c>
       <c r="AK118" t="inlineStr"/>
       <c r="AL118" t="n">
         <v>0</v>
       </c>
       <c r="AM118" t="n">
         <v>0</v>
       </c>
       <c r="AN118" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-protiv-vypadeniya-volos-dermatical-hair-loss-shampoo</t>
         </is>
       </c>
       <c r="AO118" t="n">
         <v>0</v>
       </c>
       <c r="AP118" t="n">
         <v>0</v>
       </c>
-      <c r="AQ118" t="inlineStr"/>
+      <c r="AQ118" t="inlineStr">
+        <is>
+          <t>https://www.rigla.ru/product/lador-shampun-protiv-vypadeniya-volos-530ml-113440</t>
+        </is>
+      </c>
       <c r="AR118" t="n">
-        <v>2293</v>
+        <v>0</v>
       </c>
       <c r="AS118" t="n">
-        <v>3640</v>
+        <v>0</v>
       </c>
       <c r="AT118" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-dermatical-hair-loss-shampoo-530</t>
         </is>
       </c>
-      <c r="AU118" s="1" t="n">
-        <v>1889.3</v>
+      <c r="AU118" t="n">
+        <v>0</v>
       </c>
       <c r="AV118" t="n">
-        <v>2699</v>
+        <v>0</v>
       </c>
       <c r="AW118" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_dermatical_shampun_protiv_vypadeniya_volos_530ml-333465/</t>
         </is>
       </c>
-      <c r="AX118" s="1" t="n">
-        <v>1869</v>
+      <c r="AX118" t="n">
+        <v>0</v>
       </c>
       <c r="AY118" t="n">
-        <v>2493</v>
+        <v>0</v>
       </c>
       <c r="AZ118" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-protiv-vypadeniya-volos-lador-lador-dermatical-hair-loss/</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>631212</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>La'dor Dermatical Scalp Tonic Тоник для кожи головы против выпадения волос 50мл</t>
         </is>
       </c>
       <c r="D119" t="n">
         <v>850</v>
       </c>
       <c r="E119" t="n">
         <v>0</v>
       </c>
       <c r="F119" t="n">
         <v>0</v>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="n">
         <v>0</v>
       </c>
       <c r="I119" t="n">
-        <v>999</v>
+        <v>0</v>
       </c>
       <c r="J119" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_tonik_dlya_kozhi_golovy_protiv_vypadeniya_volos_s_ekstraktom_zhenshenya_dermatical_scalp_tonic/</t>
         </is>
       </c>
       <c r="K119" t="n">
         <v>0</v>
       </c>
       <c r="L119" t="n">
         <v>0</v>
       </c>
       <c r="M119" t="inlineStr"/>
       <c r="N119" t="n">
         <v>0</v>
       </c>
       <c r="O119" t="n">
-        <v>1065</v>
+        <v>0</v>
       </c>
       <c r="P119" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_dermatical_scalp_tonic_50ml/</t>
         </is>
       </c>
       <c r="Q119" t="n">
         <v>0</v>
       </c>
       <c r="R119" t="n">
-        <v>960</v>
+        <v>0</v>
       </c>
       <c r="S119" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/31852114/</t>
         </is>
       </c>
       <c r="T119" t="n">
         <v>0</v>
       </c>
       <c r="U119" t="n">
         <v>0</v>
       </c>
       <c r="V119" t="inlineStr"/>
       <c r="W119" t="n">
         <v>0</v>
       </c>
       <c r="X119" t="n">
         <v>0</v>
       </c>
       <c r="Y119" t="inlineStr"/>
       <c r="Z119" t="n">
         <v>0</v>
       </c>
       <c r="AA119" t="n">
-        <v>1099</v>
+        <v>0</v>
       </c>
       <c r="AB119" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000208636-dermatical-scalp-tonic</t>
         </is>
       </c>
       <c r="AC119" t="n">
         <v>0</v>
       </c>
       <c r="AD119" t="n">
         <v>0</v>
       </c>
       <c r="AE119" t="inlineStr"/>
       <c r="AF119" t="n">
         <v>0</v>
       </c>
       <c r="AG119" t="n">
         <v>0</v>
       </c>
       <c r="AH119" t="inlineStr"/>
       <c r="AI119" t="n">
         <v>0</v>
       </c>
       <c r="AJ119" t="n">
         <v>0</v>
       </c>
       <c r="AK119" t="inlineStr"/>
       <c r="AL119" t="n">
         <v>0</v>
       </c>
       <c r="AM119" t="n">
         <v>0</v>
       </c>
       <c r="AN119" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tonik-dlya-kozhi-golovy-protiv-vypadeniya-volos-dermatical-scalp-tonic</t>
         </is>
       </c>
       <c r="AO119" t="n">
         <v>0</v>
       </c>
       <c r="AP119" t="n">
         <v>0</v>
       </c>
       <c r="AQ119" t="inlineStr"/>
       <c r="AR119" t="n">
-        <v>1235</v>
+        <v>0</v>
       </c>
       <c r="AS119" t="n">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="AT119" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-dermatical-scalp-tonic-50</t>
         </is>
       </c>
-      <c r="AU119" s="1" t="n">
-[...3 lines deleted...]
-        <v>659</v>
+      <c r="AU119" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV119" t="n">
+        <v>0</v>
       </c>
       <c r="AW119" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_tonik_dlya_kozhi_golovy_dermatical_scalp_tonic_50ml-364936/</t>
         </is>
       </c>
-      <c r="AX119" s="1" t="n">
-        <v>697</v>
+      <c r="AX119" t="n">
+        <v>0</v>
       </c>
       <c r="AY119" t="n">
-        <v>930</v>
+        <v>0</v>
       </c>
       <c r="AZ119" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/ukreplyayushchiy-tonik-dlya-volos-protiv-vypadeniya-lador/</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>932955</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>La'dor HERBALISM SHAMPOO Шампунь для волос на травяной основе 150мл</t>
         </is>
       </c>
       <c r="D120" t="n">
         <v>911</v>
       </c>
       <c r="E120" t="n">
         <v>0</v>
       </c>
       <c r="F120" t="n">
         <v>0</v>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="n">
         <v>0</v>
       </c>
       <c r="I120" t="n">
-        <v>1099</v>
+        <v>0</v>
       </c>
       <c r="J120" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_uspokaivayushchiy_shampun_s_aminokislotami_i_ekstraktami_trav_herbalism_shampoo/</t>
         </is>
       </c>
       <c r="K120" t="n">
         <v>0</v>
       </c>
       <c r="L120" t="n">
         <v>0</v>
       </c>
       <c r="M120" t="inlineStr"/>
       <c r="N120" t="n">
         <v>0</v>
       </c>
       <c r="O120" t="n">
-        <v>1140</v>
+        <v>0</v>
       </c>
       <c r="P120" t="inlineStr">
         <is>
           <t>https://aumishop.ru/shampun-dlja-volos-la-dor-herbalism-shampoo-182g/</t>
         </is>
       </c>
-      <c r="Q120" s="1" t="n">
-[...3 lines deleted...]
-        <v>820</v>
+      <c r="Q120" t="n">
+        <v>0</v>
+      </c>
+      <c r="R120" t="n">
+        <v>0</v>
       </c>
       <c r="S120" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207818/</t>
         </is>
       </c>
       <c r="T120" t="n">
         <v>0</v>
       </c>
       <c r="U120" t="n">
         <v>0</v>
       </c>
       <c r="V120" t="inlineStr"/>
       <c r="W120" t="n">
         <v>0</v>
       </c>
       <c r="X120" t="n">
         <v>0</v>
       </c>
       <c r="Y120" t="inlineStr"/>
       <c r="Z120" t="n">
         <v>0</v>
       </c>
       <c r="AA120" t="n">
-        <v>1215</v>
+        <v>0</v>
       </c>
       <c r="AB120" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000004415-herbalism-shampoo</t>
         </is>
       </c>
-      <c r="AC120" s="1" t="n">
-[...3 lines deleted...]
-        <v>870</v>
+      <c r="AC120" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD120" t="n">
+        <v>0</v>
       </c>
       <c r="AE120" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-protiv-vypadeniya-856948?skuId=2310309</t>
         </is>
       </c>
       <c r="AF120" t="n">
         <v>0</v>
       </c>
       <c r="AG120" t="n">
         <v>0</v>
       </c>
       <c r="AH120" t="inlineStr"/>
       <c r="AI120" t="n">
         <v>0</v>
       </c>
       <c r="AJ120" t="n">
         <v>0</v>
       </c>
       <c r="AK120" t="inlineStr"/>
       <c r="AL120" t="n">
         <v>0</v>
       </c>
       <c r="AM120" t="n">
         <v>0</v>
       </c>
       <c r="AN120" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/travyanoy-shampun-dlya-volos-s-aminokislotami-herbalism-shampoo</t>
         </is>
       </c>
       <c r="AO120" t="n">
         <v>0</v>
       </c>
       <c r="AP120" t="n">
         <v>0</v>
       </c>
       <c r="AQ120" t="inlineStr"/>
-      <c r="AR120" s="1" t="n">
-        <v>864</v>
+      <c r="AR120" t="n">
+        <v>0</v>
       </c>
       <c r="AS120" t="n">
-        <v>1350</v>
+        <v>0</v>
       </c>
       <c r="AT120" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-herbalism-shampoo-150</t>
         </is>
       </c>
-      <c r="AU120" s="1" t="n">
-        <v>769.3</v>
+      <c r="AU120" t="n">
+        <v>0</v>
       </c>
       <c r="AV120" t="n">
-        <v>1099</v>
+        <v>0</v>
       </c>
       <c r="AW120" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_herbalism_shampun_dlya_volos_na_travyanoy_osnove_150ml-333467/</t>
         </is>
       </c>
-      <c r="AX120" s="1" t="n">
-        <v>792</v>
+      <c r="AX120" t="n">
+        <v>0</v>
       </c>
       <c r="AY120" t="n">
-        <v>1056</v>
+        <v>0</v>
       </c>
       <c r="AZ120" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-s-travami-dlya-ukrepleniya-volos-lador/</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>931835</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>La'dor HERBALISM SHAMPOO Шампунь для волос на травяной основе 400мл</t>
         </is>
       </c>
       <c r="D121" t="n">
         <v>1730</v>
       </c>
       <c r="E121" t="n">
         <v>0</v>
       </c>
       <c r="F121" t="n">
         <v>0</v>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="n">
         <v>0</v>
       </c>
       <c r="I121" t="n">
-        <v>2169</v>
+        <v>0</v>
       </c>
       <c r="J121" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_uspokaivayushchiy_shampun_s_aminokislotami_i_ekstraktami_trav_herbalism_shampoo_1/</t>
         </is>
       </c>
       <c r="K121" t="n">
         <v>0</v>
       </c>
       <c r="L121" t="n">
         <v>0</v>
       </c>
       <c r="M121" t="inlineStr"/>
       <c r="N121" t="n">
         <v>0</v>
       </c>
       <c r="O121" t="n">
-        <v>2165</v>
+        <v>0</v>
       </c>
       <c r="P121" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-herbalism-shampoo-shampun-dlya-volos/</t>
         </is>
       </c>
       <c r="Q121" t="n">
-        <v>1782</v>
+        <v>0</v>
       </c>
       <c r="R121" t="n">
-        <v>1980</v>
+        <v>0</v>
       </c>
       <c r="S121" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207817/</t>
         </is>
       </c>
       <c r="T121" t="n">
         <v>0</v>
       </c>
       <c r="U121" t="n">
         <v>0</v>
       </c>
       <c r="V121" t="inlineStr"/>
       <c r="W121" t="n">
         <v>0</v>
       </c>
       <c r="X121" t="n">
         <v>0</v>
       </c>
       <c r="Y121" t="inlineStr"/>
       <c r="Z121" t="n">
         <v>0</v>
       </c>
       <c r="AA121" t="n">
-        <v>2310</v>
+        <v>0</v>
       </c>
       <c r="AB121" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000004414-herbalism-shampoo</t>
         </is>
       </c>
-      <c r="AC121" s="1" t="n">
-[...3 lines deleted...]
-        <v>1567</v>
+      <c r="AC121" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD121" t="n">
+        <v>0</v>
       </c>
       <c r="AE121" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-protiv-vypadeniya-856948?skuId=2310310</t>
         </is>
       </c>
       <c r="AF121" t="n">
         <v>0</v>
       </c>
       <c r="AG121" t="n">
         <v>0</v>
       </c>
       <c r="AH121" t="inlineStr"/>
       <c r="AI121" t="n">
         <v>0</v>
       </c>
       <c r="AJ121" t="n">
         <v>0</v>
       </c>
       <c r="AK121" t="inlineStr"/>
       <c r="AL121" t="n">
         <v>0</v>
       </c>
       <c r="AM121" t="n">
         <v>0</v>
       </c>
       <c r="AN121" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/travyanoy-shampun-dlya-volos-s-aminokislotami-herbalism-shampoo</t>
         </is>
       </c>
       <c r="AO121" t="n">
         <v>0</v>
       </c>
       <c r="AP121" t="n">
         <v>0</v>
       </c>
       <c r="AQ121" t="inlineStr"/>
       <c r="AR121" t="n">
-        <v>2474</v>
+        <v>0</v>
       </c>
       <c r="AS121" t="n">
-        <v>2605</v>
+        <v>0</v>
       </c>
       <c r="AT121" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-herbalism-shampoo-400</t>
         </is>
       </c>
       <c r="AU121" t="n">
         <v>0</v>
       </c>
       <c r="AV121" t="n">
         <v>0</v>
       </c>
-      <c r="AW121" t="inlineStr"/>
-[...1 lines deleted...]
-        <v>1498</v>
+      <c r="AW121" t="inlineStr">
+        <is>
+          <t>https://www.scent.ru/catalog/la_dor_dermatical_balzam_protiv_vypadeniya_volos_200ml-333464/</t>
+        </is>
+      </c>
+      <c r="AX121" t="n">
+        <v>0</v>
       </c>
       <c r="AY121" t="n">
-        <v>1998</v>
+        <v>0</v>
       </c>
       <c r="AZ121" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-s-travami-dlya-ukrepleniya-volos-lador-lador/</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>935451</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>La'dor HERBALISM TREATMENT Маска для волос на травяной основе 360мл</t>
         </is>
       </c>
       <c r="D122" t="n">
         <v>1730</v>
@@ -19051,159 +19252,159 @@
         <v>0</v>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="n">
         <v>0</v>
       </c>
       <c r="I122" t="n">
         <v>0</v>
       </c>
       <c r="J122" t="inlineStr"/>
       <c r="K122" t="n">
         <v>0</v>
       </c>
       <c r="L122" t="n">
         <v>0</v>
       </c>
       <c r="M122" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_maska_dlya_volos_na_travyanoy_osnove_350ml/?ysclid=m8iu1dfo8e456899660</t>
         </is>
       </c>
       <c r="N122" t="n">
         <v>0</v>
       </c>
       <c r="O122" t="n">
-        <v>2165</v>
+        <v>0</v>
       </c>
       <c r="P122" t="inlineStr">
         <is>
           <t>https://aumishop.ru/maska-dlja-volos-la-dor-herbalism-treatment/</t>
         </is>
       </c>
       <c r="Q122" t="n">
-        <v>2070</v>
+        <v>0</v>
       </c>
       <c r="R122" t="n">
-        <v>2300</v>
+        <v>0</v>
       </c>
       <c r="S122" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/2043275/</t>
         </is>
       </c>
       <c r="T122" t="n">
         <v>0</v>
       </c>
       <c r="U122" t="n">
         <v>0</v>
       </c>
       <c r="V122" t="inlineStr"/>
       <c r="W122" t="n">
         <v>0</v>
       </c>
       <c r="X122" t="n">
         <v>0</v>
       </c>
       <c r="Y122" t="inlineStr"/>
       <c r="Z122" t="n">
         <v>0</v>
       </c>
       <c r="AA122" t="n">
-        <v>2274</v>
+        <v>0</v>
       </c>
       <c r="AB122" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000004408-herbalism-treatment</t>
         </is>
       </c>
       <c r="AC122" t="n">
         <v>0</v>
       </c>
-      <c r="AD122" s="1" t="n">
-        <v>1225</v>
+      <c r="AD122" t="n">
+        <v>0</v>
       </c>
       <c r="AE122" t="inlineStr">
         <is>
           <t>https://mm.ru/product/lador-maska-dlya-780394?skuId=2088761</t>
         </is>
       </c>
       <c r="AF122" t="n">
         <v>0</v>
       </c>
       <c r="AG122" t="n">
         <v>0</v>
       </c>
       <c r="AH122" t="inlineStr"/>
       <c r="AI122" t="n">
         <v>0</v>
       </c>
       <c r="AJ122" t="n">
         <v>0</v>
       </c>
       <c r="AK122" t="inlineStr"/>
       <c r="AL122" t="n">
         <v>0</v>
       </c>
       <c r="AM122" t="n">
         <v>0</v>
       </c>
       <c r="AN122" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/travyanaya-maska-dlya-volos-s-aminokislotami-herbalism-treatment</t>
         </is>
       </c>
       <c r="AO122" t="n">
         <v>0</v>
       </c>
       <c r="AP122" t="n">
         <v>0</v>
       </c>
       <c r="AQ122" t="inlineStr"/>
       <c r="AR122" t="n">
-        <v>2764</v>
+        <v>0</v>
       </c>
       <c r="AS122" t="n">
-        <v>2910</v>
+        <v>0</v>
       </c>
       <c r="AT122" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-herbalism-treatment-360</t>
         </is>
       </c>
       <c r="AU122" t="n">
         <v>0</v>
       </c>
       <c r="AV122" t="n">
         <v>0</v>
       </c>
       <c r="AW122" t="inlineStr"/>
-      <c r="AX122" s="1" t="n">
-        <v>1503</v>
+      <c r="AX122" t="n">
+        <v>0</v>
       </c>
       <c r="AY122" t="n">
-        <v>2004</v>
+        <v>0</v>
       </c>
       <c r="AZ122" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/maski_dlya_volos/maska-dlya-volos-s-travyanymi-ekstraktami-lador-lador/</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>633056</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>La'dor HYDRO LPP TREATMENT Увлажняющая маска для сухих и поврежденных волос 50мл</t>
         </is>
       </c>
       <c r="D123" t="n">
         <v>401</v>
@@ -19211,83 +19412,83 @@
       <c r="E123" t="n">
         <v>0</v>
       </c>
       <c r="F123" t="n">
         <v>0</v>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="n">
         <v>0</v>
       </c>
       <c r="I123" t="n">
         <v>0</v>
       </c>
       <c r="J123" t="inlineStr"/>
       <c r="K123" t="n">
         <v>0</v>
       </c>
       <c r="L123" t="n">
         <v>0</v>
       </c>
       <c r="M123" t="inlineStr"/>
       <c r="N123" t="n">
         <v>0</v>
       </c>
       <c r="O123" t="n">
-        <v>525</v>
+        <v>0</v>
       </c>
       <c r="P123" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_hydro_lpp_treatment_50_/</t>
         </is>
       </c>
       <c r="Q123" t="n">
         <v>0</v>
       </c>
       <c r="R123" t="n">
         <v>0</v>
       </c>
       <c r="S123" t="inlineStr"/>
       <c r="T123" t="n">
         <v>0</v>
       </c>
       <c r="U123" t="n">
         <v>0</v>
       </c>
       <c r="V123" t="inlineStr"/>
       <c r="W123" t="n">
         <v>0</v>
       </c>
       <c r="X123" t="n">
         <v>0</v>
       </c>
       <c r="Y123" t="inlineStr"/>
       <c r="Z123" t="n">
         <v>0</v>
       </c>
       <c r="AA123" t="n">
-        <v>528</v>
+        <v>0</v>
       </c>
       <c r="AB123" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000208637-hydro-lpp-treatment</t>
         </is>
       </c>
       <c r="AC123" t="n">
         <v>0</v>
       </c>
       <c r="AD123" t="n">
         <v>0</v>
       </c>
       <c r="AE123" t="inlineStr"/>
       <c r="AF123" t="n">
         <v>0</v>
       </c>
       <c r="AG123" t="n">
         <v>0</v>
       </c>
       <c r="AH123" t="inlineStr"/>
       <c r="AI123" t="n">
         <v>0</v>
       </c>
       <c r="AJ123" t="n">
         <v>0</v>
@@ -19295,747 +19496,751 @@
       <c r="AK123" t="inlineStr"/>
       <c r="AL123" t="n">
         <v>0</v>
       </c>
       <c r="AM123" t="n">
         <v>0</v>
       </c>
       <c r="AN123" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/maska-dlya-volos-vosstanavlivayuschaya-eco-hydro-lpp-treatment</t>
         </is>
       </c>
       <c r="AO123" t="n">
         <v>0</v>
       </c>
       <c r="AP123" t="n">
         <v>0</v>
       </c>
       <c r="AQ123" t="inlineStr"/>
       <c r="AR123" t="n">
         <v>0</v>
       </c>
       <c r="AS123" t="n">
         <v>0</v>
       </c>
-      <c r="AT123" t="inlineStr"/>
+      <c r="AT123" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/lador-hinoki-perfumed-hair-oil</t>
+        </is>
+      </c>
       <c r="AU123" t="n">
         <v>0</v>
       </c>
       <c r="AV123" t="n">
         <v>0</v>
       </c>
       <c r="AW123" t="inlineStr"/>
       <c r="AX123" t="n">
         <v>0</v>
       </c>
       <c r="AY123" t="n">
         <v>0</v>
       </c>
       <c r="AZ123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>811015</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>La'dor Keratin LPP Shampoo Шампунь для волос с кератином 150мл</t>
         </is>
       </c>
       <c r="D124" t="n">
         <v>680</v>
       </c>
       <c r="E124" t="n">
         <v>0</v>
       </c>
       <c r="F124" t="n">
         <v>0</v>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="n">
         <v>0</v>
       </c>
       <c r="I124" t="n">
-        <v>829</v>
+        <v>0</v>
       </c>
       <c r="J124" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_bessulfatnyy_professionalnyy_shampun_s_keratinom_150_ml_keratin_lpp_shampoo/</t>
         </is>
       </c>
       <c r="K124" t="n">
         <v>0</v>
       </c>
       <c r="L124" t="n">
         <v>0</v>
       </c>
       <c r="M124" t="inlineStr"/>
       <c r="N124" t="n">
         <v>0</v>
       </c>
       <c r="O124" t="n">
-        <v>850</v>
+        <v>0</v>
       </c>
       <c r="P124" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-bezsulfatnyj-shampun-dlya-volos-s-keratinom-keratin-lpp-shampoo-150ml/</t>
         </is>
       </c>
       <c r="Q124" t="n">
         <v>0</v>
       </c>
       <c r="R124" t="n">
-        <v>790</v>
+        <v>0</v>
       </c>
       <c r="S124" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207745/</t>
         </is>
       </c>
       <c r="T124" t="n">
         <v>0</v>
       </c>
       <c r="U124" t="n">
         <v>0</v>
       </c>
       <c r="V124" t="inlineStr"/>
       <c r="W124" t="n">
         <v>0</v>
       </c>
       <c r="X124" t="n">
         <v>0</v>
       </c>
       <c r="Y124" t="inlineStr"/>
       <c r="Z124" t="n">
         <v>0</v>
       </c>
       <c r="AA124" t="n">
-        <v>907</v>
+        <v>0</v>
       </c>
       <c r="AB124" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760200008-keratin-lpp-shampoo</t>
         </is>
       </c>
-      <c r="AC124" s="1" t="n">
-[...3 lines deleted...]
-        <v>570</v>
+      <c r="AC124" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD124" t="n">
+        <v>0</v>
       </c>
       <c r="AE124" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-bessulfatnyj-keratinovyj-521281?skuId=1397087</t>
         </is>
       </c>
       <c r="AF124" t="n">
         <v>0</v>
       </c>
       <c r="AG124" t="n">
         <v>0</v>
       </c>
       <c r="AH124" t="inlineStr"/>
       <c r="AI124" t="n">
         <v>0</v>
       </c>
       <c r="AJ124" t="n">
         <v>0</v>
       </c>
       <c r="AK124" t="inlineStr"/>
       <c r="AL124" t="n">
         <v>0</v>
       </c>
       <c r="AM124" t="n">
         <v>0</v>
       </c>
       <c r="AN124" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-keratinovyy-keratin-lpp-shampoo-530ml</t>
         </is>
       </c>
       <c r="AO124" t="n">
         <v>0</v>
       </c>
       <c r="AP124" t="n">
-        <v>864</v>
+        <v>0</v>
       </c>
       <c r="AQ124" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/113439</t>
         </is>
       </c>
-      <c r="AR124" s="1" t="n">
-        <v>669</v>
+      <c r="AR124" t="n">
+        <v>0</v>
       </c>
       <c r="AS124" t="n">
-        <v>975</v>
+        <v>0</v>
       </c>
       <c r="AT124" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-keratin-lpp-shampoo</t>
         </is>
       </c>
-      <c r="AU124" s="1" t="n">
-        <v>559.3</v>
+      <c r="AU124" t="n">
+        <v>0</v>
       </c>
       <c r="AV124" t="n">
-        <v>799</v>
+        <v>0</v>
       </c>
       <c r="AW124" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_shampun_dlya_volos_keratin_lpp_shampoo_150ml-331031/</t>
         </is>
       </c>
       <c r="AX124" t="n">
-        <v>687</v>
+        <v>0</v>
       </c>
       <c r="AY124" t="n">
-        <v>1250</v>
+        <v>0</v>
       </c>
       <c r="AZ124" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-dlya-volos-besshchelochnoy-proteinovyy-lador-keratin/</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>633049</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>La'dor KERATIN LPP SHAMPOO Шампунь для волос с кератином 50мл</t>
         </is>
       </c>
       <c r="D125" t="n">
         <v>401</v>
       </c>
       <c r="E125" t="n">
         <v>0</v>
       </c>
       <c r="F125" t="n">
         <v>0</v>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="n">
         <v>0</v>
       </c>
       <c r="I125" t="n">
         <v>0</v>
       </c>
       <c r="J125" t="inlineStr"/>
       <c r="K125" t="n">
-        <v>451</v>
+        <v>0</v>
       </c>
       <c r="L125" t="n">
-        <v>530</v>
+        <v>0</v>
       </c>
       <c r="M125" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_shampun_dlya_volos_s_keratinom_50ml/?ysclid=m8itzpq260657974023</t>
         </is>
       </c>
       <c r="N125" t="n">
         <v>0</v>
       </c>
       <c r="O125" t="n">
-        <v>525</v>
+        <v>0</v>
       </c>
       <c r="P125" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-keratin-lpp-shampoo-shampun-dlya-volos-s-keratinom-50ml/</t>
         </is>
       </c>
       <c r="Q125" t="n">
         <v>0</v>
       </c>
       <c r="R125" t="n">
         <v>0</v>
       </c>
       <c r="S125" t="inlineStr"/>
       <c r="T125" t="n">
         <v>0</v>
       </c>
       <c r="U125" t="n">
         <v>0</v>
       </c>
       <c r="V125" t="inlineStr"/>
       <c r="W125" t="n">
         <v>0</v>
       </c>
       <c r="X125" t="n">
         <v>0</v>
       </c>
       <c r="Y125" t="inlineStr"/>
       <c r="Z125" t="n">
         <v>0</v>
       </c>
       <c r="AA125" t="n">
-        <v>536</v>
+        <v>0</v>
       </c>
       <c r="AB125" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000208641-keratin-lpp-shampoo</t>
         </is>
       </c>
-      <c r="AC125" s="1" t="n">
-[...3 lines deleted...]
-        <v>350</v>
+      <c r="AC125" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD125" t="n">
+        <v>0</v>
       </c>
       <c r="AE125" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-bessulfatnyj-keratinovyj-521281?skuId=6855027</t>
         </is>
       </c>
       <c r="AF125" t="n">
         <v>0</v>
       </c>
       <c r="AG125" t="n">
         <v>0</v>
       </c>
       <c r="AH125" t="inlineStr"/>
       <c r="AI125" t="n">
         <v>0</v>
       </c>
       <c r="AJ125" t="n">
         <v>0</v>
       </c>
       <c r="AK125" t="inlineStr"/>
       <c r="AL125" t="n">
         <v>0</v>
       </c>
       <c r="AM125" t="n">
         <v>0</v>
       </c>
       <c r="AN125" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-keratinovyy-keratin-lpp-shampoo-530ml</t>
         </is>
       </c>
       <c r="AO125" t="n">
         <v>0</v>
       </c>
       <c r="AP125" t="n">
         <v>0</v>
       </c>
       <c r="AQ125" t="inlineStr"/>
-      <c r="AR125" s="1" t="n">
-        <v>399</v>
+      <c r="AR125" t="n">
+        <v>0</v>
       </c>
       <c r="AS125" t="n">
-        <v>575</v>
+        <v>0</v>
       </c>
       <c r="AT125" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-keratin-lpp-shampoo-50</t>
         </is>
       </c>
       <c r="AU125" t="n">
         <v>0</v>
       </c>
       <c r="AV125" t="n">
         <v>0</v>
       </c>
       <c r="AW125" t="inlineStr"/>
-      <c r="AX125" s="1" t="n">
-        <v>345</v>
+      <c r="AX125" t="n">
+        <v>0</v>
       </c>
       <c r="AY125" t="n">
-        <v>460</v>
+        <v>0</v>
       </c>
       <c r="AZ125" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-dlya-volos-besshchelochnoy-proteinovyy-c-keratinom/</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>811053</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>La'dor Keratin LPP Shampoo Шампунь для волос с кератином 530мл</t>
         </is>
       </c>
       <c r="D126" t="n">
         <v>1781</v>
       </c>
       <c r="E126" t="n">
         <v>0</v>
       </c>
       <c r="F126" t="n">
         <v>0</v>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="n">
         <v>0</v>
       </c>
       <c r="I126" t="n">
-        <v>2199</v>
+        <v>0</v>
       </c>
       <c r="J126" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_bessulfatnyy_professionalnyy_shampun_s_keratinom_530_ml_keratin_lpp_shampoo/</t>
         </is>
       </c>
       <c r="K126" t="n">
         <v>0</v>
       </c>
       <c r="L126" t="n">
         <v>0</v>
       </c>
       <c r="M126" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_shampun_s_naturalnymi_ingredientami_dlya_volos_530ml/?ysclid=m8iu13qs2l661371954</t>
         </is>
       </c>
       <c r="N126" t="n">
         <v>0</v>
       </c>
       <c r="O126" t="n">
-        <v>2230</v>
+        <v>0</v>
       </c>
       <c r="P126" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-bezsulfatnyj-shampun-dlya-volos-s-keratinom-keratin-lpp-shampoo-530ml/</t>
         </is>
       </c>
       <c r="Q126" t="n">
         <v>0</v>
       </c>
       <c r="R126" t="n">
-        <v>2190</v>
+        <v>0</v>
       </c>
       <c r="S126" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207746/</t>
         </is>
       </c>
       <c r="T126" t="n">
         <v>0</v>
       </c>
       <c r="U126" t="n">
         <v>0</v>
       </c>
       <c r="V126" t="inlineStr"/>
       <c r="W126" t="n">
         <v>0</v>
       </c>
       <c r="X126" t="n">
         <v>0</v>
       </c>
       <c r="Y126" t="inlineStr"/>
       <c r="Z126" t="n">
         <v>0</v>
       </c>
       <c r="AA126" t="n">
-        <v>2491</v>
+        <v>0</v>
       </c>
       <c r="AB126" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760200012-keratin-lpp</t>
         </is>
       </c>
-      <c r="AC126" s="1" t="n">
-[...3 lines deleted...]
-        <v>570</v>
+      <c r="AC126" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD126" t="n">
+        <v>0</v>
       </c>
       <c r="AE126" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-bessulfatnyj-keratinovyj-521281?skuId=1397086</t>
         </is>
       </c>
       <c r="AF126" t="n">
         <v>0</v>
       </c>
       <c r="AG126" t="n">
         <v>0</v>
       </c>
       <c r="AH126" t="inlineStr"/>
       <c r="AI126" t="n">
         <v>0</v>
       </c>
       <c r="AJ126" t="n">
         <v>0</v>
       </c>
       <c r="AK126" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/91/p/sampun-lador-dla-volos-s-keratinom-530ml-4227337</t>
         </is>
       </c>
       <c r="AL126" t="n">
         <v>0</v>
       </c>
       <c r="AM126" t="n">
         <v>0</v>
       </c>
       <c r="AN126" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-keratinovyy-keratin-lpp-shampoo-530ml</t>
         </is>
       </c>
       <c r="AO126" t="n">
         <v>0</v>
       </c>
       <c r="AP126" t="n">
-        <v>2185</v>
+        <v>0</v>
       </c>
       <c r="AQ126" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/438354</t>
         </is>
       </c>
       <c r="AR126" t="n">
-        <v>1899</v>
+        <v>0</v>
       </c>
       <c r="AS126" t="n">
-        <v>2735</v>
+        <v>0</v>
       </c>
       <c r="AT126" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-keratin-lpp-shampoo-530</t>
         </is>
       </c>
-      <c r="AU126" s="1" t="n">
-        <v>1539.3</v>
+      <c r="AU126" t="n">
+        <v>0</v>
       </c>
       <c r="AV126" t="n">
-        <v>2199</v>
+        <v>0</v>
       </c>
       <c r="AW126" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_keratin_lpp_shampoo_shampun_dlya_volos_s_keratinom_530ml-347803/</t>
         </is>
       </c>
       <c r="AX126" t="n">
         <v>0</v>
       </c>
       <c r="AY126" t="n">
         <v>0</v>
       </c>
       <c r="AZ126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>810889</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>La'dor Moisture Balancing Shampoo Увлажняющий шампунь 530мл</t>
         </is>
       </c>
       <c r="D127" t="n">
         <v>1366</v>
       </c>
       <c r="E127" t="n">
         <v>0</v>
       </c>
       <c r="F127" t="n">
         <v>0</v>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="n">
         <v>0</v>
       </c>
       <c r="I127" t="n">
-        <v>1729</v>
+        <v>0</v>
       </c>
       <c r="J127" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_uvlazhnyayushchiy_bessilikonovyy_shampun_moisture_balancing_shampoo/</t>
         </is>
       </c>
       <c r="K127" t="n">
         <v>0</v>
       </c>
       <c r="L127" t="n">
         <v>0</v>
       </c>
       <c r="M127" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_bessilikonovyy_uvlazhnyayushchiy_shampun_dlya_volos_530ml/?ysclid=m8iu0cesl3931420372</t>
         </is>
       </c>
       <c r="N127" t="n">
         <v>0</v>
       </c>
       <c r="O127" t="n">
-        <v>1725</v>
+        <v>0</v>
       </c>
       <c r="P127" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-uvlazhnyayushchij-bessilikonovyj-shampun-moisture-balancing-shampoo-530ml/</t>
         </is>
       </c>
       <c r="Q127" t="n">
         <v>0</v>
       </c>
       <c r="R127" t="n">
-        <v>1610</v>
+        <v>0</v>
       </c>
       <c r="S127" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207744/</t>
         </is>
       </c>
       <c r="T127" t="n">
         <v>0</v>
       </c>
       <c r="U127" t="n">
         <v>0</v>
       </c>
       <c r="V127" t="inlineStr"/>
       <c r="W127" t="n">
         <v>0</v>
       </c>
       <c r="X127" t="n">
         <v>0</v>
       </c>
       <c r="Y127" t="inlineStr"/>
       <c r="Z127" t="n">
         <v>0</v>
       </c>
       <c r="AA127" t="n">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="AB127" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760200009-moisture-balancing-shampoo</t>
         </is>
       </c>
       <c r="AC127" t="n">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="AD127" t="n">
-        <v>1700</v>
+        <v>0</v>
       </c>
       <c r="AE127" t="inlineStr">
         <is>
           <t>https://mm.ru/product/lador-uvlazhnyayuschij-bezsilikonovyj-2931908?skuId=8268174</t>
         </is>
       </c>
       <c r="AF127" t="n">
         <v>0</v>
       </c>
       <c r="AG127" t="n">
         <v>0</v>
       </c>
       <c r="AH127" t="inlineStr"/>
       <c r="AI127" t="n">
         <v>0</v>
       </c>
       <c r="AJ127" t="n">
         <v>0</v>
       </c>
       <c r="AK127" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/91/p/sampun-lador-moisture-balancing-shampoo-uvlaznausij-530ml-4227343</t>
         </is>
       </c>
       <c r="AL127" t="n">
         <v>0</v>
       </c>
       <c r="AM127" t="n">
         <v>0</v>
       </c>
       <c r="AN127" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-uvlazhnyayuschiy-moisture-balancing-shampoo</t>
         </is>
       </c>
       <c r="AO127" t="n">
         <v>0</v>
       </c>
       <c r="AP127" t="n">
-        <v>1559</v>
+        <v>0</v>
       </c>
       <c r="AQ127" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/437838</t>
         </is>
       </c>
       <c r="AR127" t="n">
-        <v>1818</v>
+        <v>0</v>
       </c>
       <c r="AS127" t="n">
-        <v>2020</v>
+        <v>0</v>
       </c>
       <c r="AT127" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-moisture-balancing-shampoo-1</t>
         </is>
       </c>
-      <c r="AU127" s="1" t="n">
-        <v>1119.3</v>
+      <c r="AU127" t="n">
+        <v>0</v>
       </c>
       <c r="AV127" t="n">
-        <v>1599</v>
+        <v>0</v>
       </c>
       <c r="AW127" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/lador_shampun_uvlazhnyayushchiy_moisture_balancing_shampoo_530ml-311117/</t>
         </is>
       </c>
-      <c r="AX127" s="1" t="n">
-        <v>1151</v>
+      <c r="AX127" t="n">
+        <v>0</v>
       </c>
       <c r="AY127" t="n">
-        <v>1535</v>
+        <v>0</v>
       </c>
       <c r="AZ127" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-uvlazhnyayushchiy-dlya-sukhikh-i-povrezhdennykh-volos-lador/</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>810162</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>La'dor Perfect Hair Fill-Up Филлер для восстановления волос 10х13мл</t>
         </is>
       </c>
       <c r="D128" t="n">
         <v>1955</v>
@@ -20043,152 +20248,152 @@
       <c r="E128" t="n">
         <v>0</v>
       </c>
       <c r="F128" t="n">
         <v>0</v>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="n">
         <v>0</v>
       </c>
       <c r="I128" t="n">
         <v>0</v>
       </c>
       <c r="J128" t="inlineStr"/>
       <c r="K128" t="n">
         <v>0</v>
       </c>
       <c r="L128" t="n">
         <v>0</v>
       </c>
       <c r="M128" t="inlineStr"/>
       <c r="N128" t="n">
         <v>0</v>
       </c>
       <c r="O128" t="n">
-        <v>2445</v>
+        <v>0</v>
       </c>
       <c r="P128" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-filler-dlya-vosstanovleniya-volos-perfect-hair-fill-up-1/</t>
         </is>
       </c>
       <c r="Q128" t="n">
         <v>0</v>
       </c>
       <c r="R128" t="n">
         <v>0</v>
       </c>
       <c r="S128" t="inlineStr"/>
       <c r="T128" t="n">
         <v>0</v>
       </c>
       <c r="U128" t="n">
         <v>0</v>
       </c>
       <c r="V128" t="inlineStr"/>
       <c r="W128" t="n">
         <v>0</v>
       </c>
       <c r="X128" t="n">
         <v>0</v>
       </c>
       <c r="Y128" t="inlineStr"/>
       <c r="Z128" t="n">
         <v>0</v>
       </c>
       <c r="AA128" t="n">
-        <v>2575</v>
+        <v>0</v>
       </c>
       <c r="AB128" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300012-perfect-hair</t>
         </is>
       </c>
-      <c r="AC128" s="1" t="n">
-        <v>1290</v>
+      <c r="AC128" t="n">
+        <v>0</v>
       </c>
       <c r="AD128" t="n">
-        <v>2498</v>
+        <v>0</v>
       </c>
       <c r="AE128" t="inlineStr">
         <is>
           <t>https://mm.ru/product/lador-filler-dlya-vosstanovleniya-volos-10kh13ml-2167321?SG=4239265</t>
         </is>
       </c>
       <c r="AF128" t="n">
         <v>0</v>
       </c>
       <c r="AG128" t="n">
         <v>0</v>
       </c>
       <c r="AH128" t="inlineStr"/>
       <c r="AI128" t="n">
         <v>0</v>
       </c>
       <c r="AJ128" t="n">
         <v>0</v>
       </c>
       <c r="AK128" t="inlineStr"/>
       <c r="AL128" t="n">
         <v>0</v>
       </c>
       <c r="AM128" t="n">
         <v>0</v>
       </c>
       <c r="AN128" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/filler-dlya-vosstanovleniya-volos-perfect-hair-filler</t>
         </is>
       </c>
       <c r="AO128" t="n">
         <v>0</v>
       </c>
       <c r="AP128" t="n">
-        <v>2310</v>
+        <v>0</v>
       </c>
       <c r="AQ128" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/113518</t>
         </is>
       </c>
       <c r="AR128" t="n">
-        <v>2964</v>
+        <v>0</v>
       </c>
       <c r="AS128" t="n">
-        <v>3120</v>
+        <v>0</v>
       </c>
       <c r="AT128" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-perfect-hair-fill-up-13-1</t>
         </is>
       </c>
-      <c r="AU128" s="1" t="n">
-        <v>1567.3</v>
+      <c r="AU128" t="n">
+        <v>0</v>
       </c>
       <c r="AV128" t="n">
-        <v>2239</v>
+        <v>0</v>
       </c>
       <c r="AW128" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_lador_filler_dlya_volos_vosstanovlenie_la_dor_perfect_hair_fill_up_10_sht_kh_13ml-347784/</t>
         </is>
       </c>
       <c r="AX128" t="n">
         <v>0</v>
       </c>
       <c r="AY128" t="n">
         <v>0</v>
       </c>
       <c r="AZ128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>816683</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
@@ -20203,148 +20408,148 @@
       <c r="E129" t="n">
         <v>0</v>
       </c>
       <c r="F129" t="n">
         <v>0</v>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="n">
         <v>0</v>
       </c>
       <c r="I129" t="n">
         <v>0</v>
       </c>
       <c r="J129" t="inlineStr"/>
       <c r="K129" t="n">
         <v>0</v>
       </c>
       <c r="L129" t="n">
         <v>0</v>
       </c>
       <c r="M129" t="inlineStr"/>
       <c r="N129" t="n">
         <v>0</v>
       </c>
       <c r="O129" t="n">
-        <v>1065</v>
+        <v>0</v>
       </c>
       <c r="P129" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-perfect-hair-fill-up-filler-dlja-vosstanovlenija-volos/</t>
         </is>
       </c>
       <c r="Q129" t="n">
         <v>0</v>
       </c>
       <c r="R129" t="n">
         <v>0</v>
       </c>
       <c r="S129" t="inlineStr"/>
       <c r="T129" t="n">
         <v>0</v>
       </c>
       <c r="U129" t="n">
         <v>0</v>
       </c>
       <c r="V129" t="inlineStr"/>
       <c r="W129" t="n">
         <v>0</v>
       </c>
       <c r="X129" t="n">
         <v>0</v>
       </c>
       <c r="Y129" t="inlineStr"/>
       <c r="Z129" t="n">
         <v>0</v>
       </c>
       <c r="AA129" t="n">
-        <v>1121</v>
+        <v>0</v>
       </c>
       <c r="AB129" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300041-perfect-hair-fill-up</t>
         </is>
       </c>
-      <c r="AC129" s="1" t="n">
-        <v>325</v>
+      <c r="AC129" t="n">
+        <v>0</v>
       </c>
       <c r="AD129" t="n">
-        <v>990</v>
+        <v>0</v>
       </c>
       <c r="AE129" t="inlineStr">
         <is>
           <t>https://mm.ru/product/lador-filler-dlya-vosstanovleniya-volos-13-2965164?SG=5374747</t>
         </is>
       </c>
       <c r="AF129" t="n">
         <v>0</v>
       </c>
       <c r="AG129" t="n">
         <v>0</v>
       </c>
       <c r="AH129" t="inlineStr"/>
       <c r="AI129" t="n">
         <v>0</v>
       </c>
       <c r="AJ129" t="n">
         <v>0</v>
       </c>
       <c r="AK129" t="inlineStr"/>
       <c r="AL129" t="n">
         <v>0</v>
       </c>
       <c r="AM129" t="n">
         <v>0</v>
       </c>
       <c r="AN129" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/filler-dlya-vosstanovleniya-volos-perfect-hair-filler</t>
         </is>
       </c>
       <c r="AO129" t="n">
         <v>0</v>
       </c>
       <c r="AP129" t="n">
         <v>0</v>
       </c>
       <c r="AQ129" t="inlineStr"/>
       <c r="AR129" t="n">
-        <v>899</v>
+        <v>0</v>
       </c>
       <c r="AS129" t="n">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="AT129" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-perfect-hair-fill-up-2</t>
         </is>
       </c>
-      <c r="AU129" s="1" t="n">
-[...3 lines deleted...]
-        <v>779</v>
+      <c r="AU129" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV129" t="n">
+        <v>0</v>
       </c>
       <c r="AW129" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_filler_dlya_vosstanovleniya_struktury_volos_perfect_hair_fill_up_4sht_13ml-364954/</t>
         </is>
       </c>
       <c r="AX129" t="n">
         <v>0</v>
       </c>
       <c r="AY129" t="n">
         <v>0</v>
       </c>
       <c r="AZ129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>633162</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
@@ -20359,94 +20564,94 @@
       <c r="E130" t="n">
         <v>0</v>
       </c>
       <c r="F130" t="n">
         <v>0</v>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="n">
         <v>0</v>
       </c>
       <c r="I130" t="n">
         <v>0</v>
       </c>
       <c r="J130" t="inlineStr"/>
       <c r="K130" t="n">
         <v>0</v>
       </c>
       <c r="L130" t="n">
         <v>0</v>
       </c>
       <c r="M130" t="inlineStr"/>
       <c r="N130" t="n">
         <v>0</v>
       </c>
       <c r="O130" t="n">
-        <v>2665</v>
+        <v>0</v>
       </c>
       <c r="P130" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-perfumed-hair-oil-hinoki-parfyumirovannoe-maslo-dlya-volos-80ml/</t>
         </is>
       </c>
       <c r="Q130" t="n">
         <v>0</v>
       </c>
       <c r="R130" t="n">
         <v>0</v>
       </c>
       <c r="S130" t="inlineStr"/>
       <c r="T130" t="n">
         <v>0</v>
       </c>
       <c r="U130" t="n">
         <v>0</v>
       </c>
       <c r="V130" t="inlineStr"/>
       <c r="W130" t="n">
         <v>0</v>
       </c>
       <c r="X130" t="n">
         <v>0</v>
       </c>
       <c r="Y130" t="inlineStr"/>
       <c r="Z130" t="n">
         <v>0</v>
       </c>
       <c r="AA130" t="n">
-        <v>2812</v>
+        <v>0</v>
       </c>
       <c r="AB130" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170250-perfumed-hair-oil-hinoki</t>
         </is>
       </c>
-      <c r="AC130" s="1" t="n">
-[...3 lines deleted...]
-        <v>1959</v>
+      <c r="AC130" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD130" t="n">
+        <v>0</v>
       </c>
       <c r="AE130" t="inlineStr">
         <is>
           <t>https://mm.ru/product/parfyumirovannoe-maslo-dlya-volos-lador-80ml-2806178?SG=5180333</t>
         </is>
       </c>
       <c r="AF130" t="n">
         <v>0</v>
       </c>
       <c r="AG130" t="n">
         <v>0</v>
       </c>
       <c r="AH130" t="inlineStr"/>
       <c r="AI130" t="n">
         <v>0</v>
       </c>
       <c r="AJ130" t="n">
         <v>0</v>
       </c>
       <c r="AK130" t="inlineStr"/>
       <c r="AL130" t="n">
         <v>0</v>
       </c>
       <c r="AM130" t="n">
         <v>0</v>
@@ -20456,54 +20661,54 @@
           <t>https://randewoo.ru/product/parfyumirovannoe-maslo-dlya-volos-hinoki-perfumed-hair-oil</t>
         </is>
       </c>
       <c r="AO130" t="n">
         <v>0</v>
       </c>
       <c r="AP130" t="n">
         <v>0</v>
       </c>
       <c r="AQ130" t="inlineStr"/>
       <c r="AR130" t="n">
         <v>0</v>
       </c>
       <c r="AS130" t="n">
         <v>0</v>
       </c>
       <c r="AT130" t="inlineStr"/>
       <c r="AU130" t="n">
         <v>0</v>
       </c>
       <c r="AV130" t="n">
         <v>0</v>
       </c>
       <c r="AW130" t="inlineStr"/>
       <c r="AX130" t="n">
-        <v>2137</v>
+        <v>0</v>
       </c>
       <c r="AY130" t="n">
-        <v>2850</v>
+        <v>0</v>
       </c>
       <c r="AZ130" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/lechebnoe_maslo/maslo-uvlazhnyayushchee-parfyumirovannoe-dlya-volos-lador-lador-02-perfumed/</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>633148</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>La'dor PERFUMED HAIR OIL LA PITTA Парфюмированное масло для волос, 80мл</t>
         </is>
       </c>
       <c r="D131" t="n">
         <v>2131</v>
@@ -20511,151 +20716,155 @@
       <c r="E131" t="n">
         <v>0</v>
       </c>
       <c r="F131" t="n">
         <v>0</v>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="n">
         <v>0</v>
       </c>
       <c r="I131" t="n">
         <v>0</v>
       </c>
       <c r="J131" t="inlineStr"/>
       <c r="K131" t="n">
         <v>0</v>
       </c>
       <c r="L131" t="n">
         <v>0</v>
       </c>
       <c r="M131" t="inlineStr"/>
       <c r="N131" t="n">
         <v>0</v>
       </c>
       <c r="O131" t="n">
-        <v>2665</v>
+        <v>0</v>
       </c>
       <c r="P131" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_perfumed_hair_oil_la_pitta_80_/</t>
         </is>
       </c>
       <c r="Q131" t="n">
         <v>0</v>
       </c>
       <c r="R131" t="n">
         <v>0</v>
       </c>
       <c r="S131" t="inlineStr"/>
       <c r="T131" t="n">
         <v>0</v>
       </c>
       <c r="U131" t="n">
         <v>0</v>
       </c>
       <c r="V131" t="inlineStr"/>
       <c r="W131" t="n">
         <v>0</v>
       </c>
       <c r="X131" t="n">
         <v>0</v>
       </c>
       <c r="Y131" t="inlineStr"/>
       <c r="Z131" t="n">
         <v>0</v>
       </c>
       <c r="AA131" t="n">
-        <v>2812</v>
+        <v>0</v>
       </c>
       <c r="AB131" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170252-perfumed-hair-oil-la-pitta</t>
         </is>
       </c>
-      <c r="AC131" s="1" t="n">
-[...3 lines deleted...]
-        <v>1959</v>
+      <c r="AC131" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD131" t="n">
+        <v>0</v>
       </c>
       <c r="AE131" t="inlineStr">
         <is>
           <t>https://mm.ru/product/parfyumirovannoe-maslo-dlya-volos-lador-80ml-2806178?skuId=8038599</t>
         </is>
       </c>
       <c r="AF131" t="n">
         <v>0</v>
       </c>
       <c r="AG131" t="n">
         <v>0</v>
       </c>
       <c r="AH131" t="inlineStr"/>
       <c r="AI131" t="n">
         <v>0</v>
       </c>
       <c r="AJ131" t="n">
         <v>0</v>
       </c>
       <c r="AK131" t="inlineStr"/>
       <c r="AL131" t="n">
         <v>0</v>
       </c>
       <c r="AM131" t="n">
         <v>0</v>
       </c>
       <c r="AN131" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/parfyumirovannoe-maslo-dlya-volos-la-pitta-perfumed-hair-oil</t>
         </is>
       </c>
       <c r="AO131" t="n">
         <v>0</v>
       </c>
       <c r="AP131" t="n">
         <v>0</v>
       </c>
       <c r="AQ131" t="inlineStr"/>
       <c r="AR131" t="n">
         <v>0</v>
       </c>
       <c r="AS131" t="n">
         <v>0</v>
       </c>
-      <c r="AT131" t="inlineStr"/>
+      <c r="AT131" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/lador-la-pitta-perfumed-hair-oil</t>
+        </is>
+      </c>
       <c r="AU131" t="n">
         <v>0</v>
       </c>
       <c r="AV131" t="n">
         <v>0</v>
       </c>
       <c r="AW131" t="inlineStr"/>
       <c r="AX131" t="n">
-        <v>2137</v>
+        <v>0</v>
       </c>
       <c r="AY131" t="n">
-        <v>2850</v>
+        <v>0</v>
       </c>
       <c r="AZ131" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/lechebnoe_maslo/maslo-uvlazhnyayushchee-parfyumirovannoe-dlya-volos-lador-lador-01/</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>633186</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>La'dor PERFUMED HAIR OIL OSMANTHUS Парфюмированное масло для волос 80мл</t>
         </is>
       </c>
       <c r="D132" t="n">
         <v>2131</v>
@@ -20663,83 +20872,83 @@
       <c r="E132" t="n">
         <v>0</v>
       </c>
       <c r="F132" t="n">
         <v>0</v>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="n">
         <v>0</v>
       </c>
       <c r="I132" t="n">
         <v>0</v>
       </c>
       <c r="J132" t="inlineStr"/>
       <c r="K132" t="n">
         <v>0</v>
       </c>
       <c r="L132" t="n">
         <v>0</v>
       </c>
       <c r="M132" t="inlineStr"/>
       <c r="N132" t="n">
         <v>0</v>
       </c>
       <c r="O132" t="n">
-        <v>2665</v>
+        <v>0</v>
       </c>
       <c r="P132" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-perfumed-hair-oil-osmanthus-parfyumirovannoe-maslo-dlya-volos-80ml/</t>
         </is>
       </c>
       <c r="Q132" t="n">
         <v>0</v>
       </c>
       <c r="R132" t="n">
         <v>0</v>
       </c>
       <c r="S132" t="inlineStr"/>
       <c r="T132" t="n">
         <v>0</v>
       </c>
       <c r="U132" t="n">
         <v>0</v>
       </c>
       <c r="V132" t="inlineStr"/>
       <c r="W132" t="n">
         <v>0</v>
       </c>
       <c r="X132" t="n">
         <v>0</v>
       </c>
       <c r="Y132" t="inlineStr"/>
       <c r="Z132" t="n">
         <v>0</v>
       </c>
       <c r="AA132" t="n">
-        <v>2812</v>
+        <v>0</v>
       </c>
       <c r="AB132" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170254-perfumed-hair-oil-osmanthus</t>
         </is>
       </c>
       <c r="AC132" t="n">
         <v>0</v>
       </c>
       <c r="AD132" t="n">
         <v>0</v>
       </c>
       <c r="AE132" t="inlineStr"/>
       <c r="AF132" t="n">
         <v>0</v>
       </c>
       <c r="AG132" t="n">
         <v>0</v>
       </c>
       <c r="AH132" t="inlineStr"/>
       <c r="AI132" t="n">
         <v>0</v>
       </c>
       <c r="AJ132" t="n">
         <v>0</v>
@@ -20747,151 +20956,155 @@
       <c r="AK132" t="inlineStr"/>
       <c r="AL132" t="n">
         <v>0</v>
       </c>
       <c r="AM132" t="n">
         <v>0</v>
       </c>
       <c r="AN132" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/parfyumirovannoe-maslo-dlya-volos-osmanthus-perfumed-hair-oil</t>
         </is>
       </c>
       <c r="AO132" t="n">
         <v>0</v>
       </c>
       <c r="AP132" t="n">
         <v>0</v>
       </c>
       <c r="AQ132" t="inlineStr"/>
       <c r="AR132" t="n">
         <v>0</v>
       </c>
       <c r="AS132" t="n">
         <v>0</v>
       </c>
-      <c r="AT132" t="inlineStr"/>
+      <c r="AT132" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/lador-osmanthus-perfumed-hair-oil</t>
+        </is>
+      </c>
       <c r="AU132" t="n">
         <v>0</v>
       </c>
       <c r="AV132" t="n">
         <v>0</v>
       </c>
       <c r="AW132" t="inlineStr"/>
       <c r="AX132" t="n">
-        <v>2137</v>
+        <v>0</v>
       </c>
       <c r="AY132" t="n">
-        <v>2850</v>
+        <v>0</v>
       </c>
       <c r="AZ132" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/lechebnoe_maslo/maslo-uvlazhnyayushchee-parfyumirovannoe-dlya-volos-lador-lador-03-perfumed/</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>633254</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>La'dor POLISH OIL WHITE YUJA Масло для волос 80мл</t>
         </is>
       </c>
       <c r="D133" t="n">
         <v>1955</v>
       </c>
       <c r="E133" t="n">
         <v>0</v>
       </c>
       <c r="F133" t="n">
         <v>0</v>
       </c>
       <c r="G133" t="inlineStr"/>
-      <c r="H133" s="1" t="n">
-[...3 lines deleted...]
-        <v>1498</v>
+      <c r="H133" t="n">
+        <v>0</v>
+      </c>
+      <c r="I133" t="n">
+        <v>0</v>
       </c>
       <c r="J133" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_maslo_dlya_volos_dlya_sozdaniya_mokrogo_effekta_polish_oil_white_yuja/</t>
         </is>
       </c>
       <c r="K133" t="n">
         <v>0</v>
       </c>
       <c r="L133" t="n">
         <v>0</v>
       </c>
       <c r="M133" t="inlineStr"/>
       <c r="N133" t="n">
         <v>0</v>
       </c>
       <c r="O133" t="n">
-        <v>2445</v>
+        <v>0</v>
       </c>
       <c r="P133" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-polish-oil-white-yuja-maslo-dlya-volos-80ml/</t>
         </is>
       </c>
       <c r="Q133" t="n">
         <v>0</v>
       </c>
       <c r="R133" t="n">
         <v>0</v>
       </c>
       <c r="S133" t="inlineStr"/>
       <c r="T133" t="n">
         <v>0</v>
       </c>
       <c r="U133" t="n">
         <v>0</v>
       </c>
       <c r="V133" t="inlineStr"/>
       <c r="W133" t="n">
         <v>0</v>
       </c>
       <c r="X133" t="n">
         <v>0</v>
       </c>
       <c r="Y133" t="inlineStr"/>
       <c r="Z133" t="n">
         <v>0</v>
       </c>
       <c r="AA133" t="n">
-        <v>2580</v>
+        <v>0</v>
       </c>
       <c r="AB133" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000208646-polish-oil-white-yuja</t>
         </is>
       </c>
       <c r="AC133" t="n">
         <v>0</v>
       </c>
       <c r="AD133" t="n">
         <v>0</v>
       </c>
       <c r="AE133" t="inlineStr"/>
       <c r="AF133" t="n">
         <v>0</v>
       </c>
       <c r="AG133" t="n">
         <v>0</v>
       </c>
       <c r="AH133" t="inlineStr"/>
       <c r="AI133" t="n">
         <v>0</v>
       </c>
       <c r="AJ133" t="n">
         <v>0</v>
@@ -20908,54 +21121,54 @@
           <t>https://randewoo.ru/product/tsitrusovoe-maslo-dlya-volos-polish-oil-wet-hair-white-yuja</t>
         </is>
       </c>
       <c r="AO133" t="n">
         <v>0</v>
       </c>
       <c r="AP133" t="n">
         <v>0</v>
       </c>
       <c r="AQ133" t="inlineStr"/>
       <c r="AR133" t="n">
         <v>0</v>
       </c>
       <c r="AS133" t="n">
         <v>0</v>
       </c>
       <c r="AT133" t="inlineStr"/>
       <c r="AU133" t="n">
         <v>0</v>
       </c>
       <c r="AV133" t="n">
         <v>0</v>
       </c>
       <c r="AW133" t="inlineStr"/>
       <c r="AX133" t="n">
-        <v>1976</v>
+        <v>0</v>
       </c>
       <c r="AY133" t="n">
-        <v>2635</v>
+        <v>0</v>
       </c>
       <c r="AZ133" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/lechebnoe_maslo/maslo-parfyumirovannoe-dlya-volos-lador-lador-polish-oil/</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>021762</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>La'dor ROOT RE-BOOT ACTIVATING SHAMPOO CICA&amp;TEA TREE Шампунь для восстановления корней волос с экстрактом центеллы азиатской и маслом чайного дерева 300мл</t>
         </is>
       </c>
       <c r="D134" t="n">
         <v>1247</v>
@@ -20963,94 +21176,94 @@
       <c r="E134" t="n">
         <v>0</v>
       </c>
       <c r="F134" t="n">
         <v>0</v>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="n">
         <v>0</v>
       </c>
       <c r="I134" t="n">
         <v>0</v>
       </c>
       <c r="J134" t="inlineStr"/>
       <c r="K134" t="n">
         <v>0</v>
       </c>
       <c r="L134" t="n">
         <v>0</v>
       </c>
       <c r="M134" t="inlineStr"/>
       <c r="N134" t="n">
         <v>0</v>
       </c>
       <c r="O134" t="n">
-        <v>1560</v>
+        <v>0</v>
       </c>
       <c r="P134" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-root-re-boot-activating-shampoo-cica-and-tea-tree-shampun-dlya-vosstanovleniya-kornej-volos-s-ekstr/</t>
         </is>
       </c>
       <c r="Q134" t="n">
         <v>0</v>
       </c>
       <c r="R134" t="n">
         <v>0</v>
       </c>
       <c r="S134" t="inlineStr"/>
       <c r="T134" t="n">
         <v>0</v>
       </c>
       <c r="U134" t="n">
         <v>0</v>
       </c>
       <c r="V134" t="inlineStr"/>
       <c r="W134" t="n">
         <v>0</v>
       </c>
       <c r="X134" t="n">
         <v>0</v>
       </c>
       <c r="Y134" t="inlineStr"/>
       <c r="Z134" t="n">
         <v>0</v>
       </c>
       <c r="AA134" t="n">
-        <v>1664</v>
+        <v>0</v>
       </c>
       <c r="AB134" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170264-root-re-boot-activating-shampoo-cica-tea-tree</t>
         </is>
       </c>
-      <c r="AC134" s="1" t="n">
-[...3 lines deleted...]
-        <v>1200</v>
+      <c r="AC134" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD134" t="n">
+        <v>0</v>
       </c>
       <c r="AE134" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-dlya-zhirnoj-2246211?skuId=6661448</t>
         </is>
       </c>
       <c r="AF134" t="n">
         <v>0</v>
       </c>
       <c r="AG134" t="n">
         <v>0</v>
       </c>
       <c r="AH134" t="inlineStr"/>
       <c r="AI134" t="n">
         <v>0</v>
       </c>
       <c r="AJ134" t="n">
         <v>0</v>
       </c>
       <c r="AK134" t="inlineStr"/>
       <c r="AL134" t="n">
         <v>0</v>
       </c>
       <c r="AM134" t="n">
         <v>0</v>
@@ -21059,211 +21272,215 @@
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-s-ekstraktom-tsentelly-aziatskoy-i-chaynym-derevom-root-re-boot-activating-shampoo</t>
         </is>
       </c>
       <c r="AO134" t="n">
         <v>0</v>
       </c>
       <c r="AP134" t="n">
         <v>0</v>
       </c>
       <c r="AQ134" t="inlineStr"/>
       <c r="AR134" t="n">
         <v>0</v>
       </c>
       <c r="AS134" t="n">
         <v>0</v>
       </c>
       <c r="AT134" t="inlineStr"/>
       <c r="AU134" t="n">
         <v>0</v>
       </c>
       <c r="AV134" t="n">
         <v>0</v>
       </c>
       <c r="AW134" t="inlineStr"/>
-      <c r="AX134" s="1" t="n">
-        <v>1020</v>
+      <c r="AX134" t="n">
+        <v>0</v>
       </c>
       <c r="AY134" t="n">
-        <v>1360</v>
+        <v>0</v>
       </c>
       <c r="AZ134" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-dlya-zhirnoy-kozhi-golovy-s-tsentelloy/</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>021779</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>La'dor ROOT RE-BOOT PURIFYING SHAMPOO GINGER&amp;APPLE Шампунь для восстановления корней волос с экстрактами имбиря и яблока 300мл</t>
         </is>
       </c>
       <c r="D135" t="n">
         <v>1247</v>
       </c>
       <c r="E135" t="n">
         <v>0</v>
       </c>
       <c r="F135" t="n">
         <v>0</v>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="n">
         <v>0</v>
       </c>
-      <c r="I135" s="1" t="n">
-        <v>1098</v>
+      <c r="I135" t="n">
+        <v>0</v>
       </c>
       <c r="J135" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_uspokaivayushchiy_shampun_dlya_volos_s_imbirem_i_yablokom_root_re_boot_purifying_shampoo_ginge/</t>
         </is>
       </c>
       <c r="K135" t="n">
         <v>0</v>
       </c>
       <c r="L135" t="n">
         <v>0</v>
       </c>
       <c r="M135" t="inlineStr"/>
       <c r="N135" t="n">
         <v>0</v>
       </c>
       <c r="O135" t="n">
-        <v>1560</v>
+        <v>0</v>
       </c>
       <c r="P135" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-root-re-boot-purifying-shampoo-ginger-and-apple-shampun-dlya-vosstanovleniya-kornej-volos-s-ekstrak/</t>
         </is>
       </c>
       <c r="Q135" t="n">
         <v>0</v>
       </c>
       <c r="R135" t="n">
         <v>0</v>
       </c>
       <c r="S135" t="inlineStr"/>
       <c r="T135" t="n">
         <v>0</v>
       </c>
       <c r="U135" t="n">
         <v>0</v>
       </c>
       <c r="V135" t="inlineStr"/>
       <c r="W135" t="n">
         <v>0</v>
       </c>
       <c r="X135" t="n">
         <v>0</v>
       </c>
       <c r="Y135" t="inlineStr"/>
       <c r="Z135" t="n">
         <v>0</v>
       </c>
       <c r="AA135" t="n">
-        <v>1664</v>
+        <v>0</v>
       </c>
       <c r="AB135" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170266-root-re-boot-purifying-shampoo-ginger-apple</t>
         </is>
       </c>
-      <c r="AC135" s="1" t="n">
-[...3 lines deleted...]
-        <v>1200</v>
+      <c r="AC135" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD135" t="n">
+        <v>0</v>
       </c>
       <c r="AE135" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-dlya-chuvstvitelnoj-2246203?skuId=6661421</t>
         </is>
       </c>
       <c r="AF135" t="n">
         <v>0</v>
       </c>
       <c r="AG135" t="n">
         <v>0</v>
       </c>
       <c r="AH135" t="inlineStr"/>
       <c r="AI135" t="n">
         <v>0</v>
       </c>
       <c r="AJ135" t="n">
         <v>0</v>
       </c>
       <c r="AK135" t="inlineStr"/>
       <c r="AL135" t="n">
         <v>0</v>
       </c>
       <c r="AM135" t="n">
         <v>0</v>
       </c>
       <c r="AN135" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-s-ekstraktom-stvolovyh-kletok-yabloka-i-kornya-imbirya-root-re-boot-purifying-shampoo</t>
         </is>
       </c>
       <c r="AO135" t="n">
         <v>0</v>
       </c>
       <c r="AP135" t="n">
         <v>0</v>
       </c>
       <c r="AQ135" t="inlineStr"/>
       <c r="AR135" t="n">
         <v>0</v>
       </c>
       <c r="AS135" t="n">
         <v>0</v>
       </c>
-      <c r="AT135" t="inlineStr"/>
+      <c r="AT135" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/lador-root-re-boot-purifying-shampoo</t>
+        </is>
+      </c>
       <c r="AU135" t="n">
         <v>0</v>
       </c>
       <c r="AV135" t="n">
         <v>0</v>
       </c>
       <c r="AW135" t="inlineStr"/>
-      <c r="AX135" s="1" t="n">
-        <v>1020</v>
+      <c r="AX135" t="n">
+        <v>0</v>
       </c>
       <c r="AY135" t="n">
-        <v>1360</v>
+        <v>0</v>
       </c>
       <c r="AZ135" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-dlya-povrezhdennykh-volos-s-imbirem-i/</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>022264</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>La'dor ROOT RE-BOOT VITALIZING SHAMPOO PROPOLIS&amp;CITRON Шампунь для восстановления корней волос с прополисом и цитроном 300мл</t>
         </is>
       </c>
       <c r="D136" t="n">
         <v>1247</v>
@@ -21275,155 +21492,159 @@
         <v>0</v>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="n">
         <v>0</v>
       </c>
       <c r="I136" t="n">
         <v>0</v>
       </c>
       <c r="J136" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_pitatelnyy_shampun_s_propolisom_i_tsitronom_root_re_boot_vitalizing_shampoo_propolis_citron/</t>
         </is>
       </c>
       <c r="K136" t="n">
         <v>0</v>
       </c>
       <c r="L136" t="n">
         <v>0</v>
       </c>
       <c r="M136" t="inlineStr"/>
       <c r="N136" t="n">
         <v>0</v>
       </c>
       <c r="O136" t="n">
-        <v>1560</v>
+        <v>0</v>
       </c>
       <c r="P136" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-root-re-boot-vitalizing-shampoo-propolis-and-citron-shampun-dlya-vosstanovleniya-kornej-volos-s-pro/</t>
         </is>
       </c>
       <c r="Q136" t="n">
         <v>0</v>
       </c>
       <c r="R136" t="n">
-        <v>1520</v>
+        <v>0</v>
       </c>
       <c r="S136" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/5831359/</t>
         </is>
       </c>
       <c r="T136" t="n">
         <v>0</v>
       </c>
       <c r="U136" t="n">
         <v>0</v>
       </c>
       <c r="V136" t="inlineStr"/>
       <c r="W136" t="n">
         <v>0</v>
       </c>
       <c r="X136" t="n">
         <v>0</v>
       </c>
       <c r="Y136" t="inlineStr"/>
       <c r="Z136" t="n">
         <v>0</v>
       </c>
       <c r="AA136" t="n">
-        <v>1664</v>
+        <v>0</v>
       </c>
       <c r="AB136" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170267-root-re-boot-vitalizing-shampoo-propolis-citron</t>
         </is>
       </c>
-      <c r="AC136" s="1" t="n">
-[...3 lines deleted...]
-        <v>1200</v>
+      <c r="AC136" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD136" t="n">
+        <v>0</v>
       </c>
       <c r="AE136" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-protiv-vypadeniya-2246218?skuId=6661468</t>
         </is>
       </c>
       <c r="AF136" t="n">
         <v>0</v>
       </c>
       <c r="AG136" t="n">
         <v>0</v>
       </c>
       <c r="AH136" t="inlineStr"/>
       <c r="AI136" t="n">
         <v>0</v>
       </c>
       <c r="AJ136" t="n">
         <v>0</v>
       </c>
       <c r="AK136" t="inlineStr"/>
       <c r="AL136" t="n">
         <v>0</v>
       </c>
       <c r="AM136" t="n">
         <v>0</v>
       </c>
       <c r="AN136" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-s-propolisom-root-re-boot-vitalizing-shampoo</t>
         </is>
       </c>
       <c r="AO136" t="n">
         <v>0</v>
       </c>
       <c r="AP136" t="n">
         <v>0</v>
       </c>
       <c r="AQ136" t="inlineStr"/>
       <c r="AR136" t="n">
         <v>0</v>
       </c>
       <c r="AS136" t="n">
         <v>0</v>
       </c>
-      <c r="AT136" t="inlineStr"/>
+      <c r="AT136" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/lador-propolis-citron-root-re-boot-vitalizing-shampoo</t>
+        </is>
+      </c>
       <c r="AU136" t="n">
         <v>0</v>
       </c>
       <c r="AV136" t="n">
         <v>0</v>
       </c>
       <c r="AW136" t="inlineStr"/>
-      <c r="AX136" s="1" t="n">
-        <v>1020</v>
+      <c r="AX136" t="n">
+        <v>0</v>
       </c>
       <c r="AY136" t="n">
-        <v>1360</v>
+        <v>0</v>
       </c>
       <c r="AZ136" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/pitatelnyy-shampun-s-propolisom-i-tsitronom-lador/</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>815396</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>La'dor Scalp Scaling Spa Пилинг для кожи головы 4*15г</t>
         </is>
       </c>
       <c r="D137" t="n">
         <v>1020</v>
@@ -21431,511 +21652,511 @@
       <c r="E137" t="n">
         <v>0</v>
       </c>
       <c r="F137" t="n">
         <v>0</v>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="n">
         <v>0</v>
       </c>
       <c r="I137" t="n">
         <v>0</v>
       </c>
       <c r="J137" t="inlineStr"/>
       <c r="K137" t="n">
         <v>0</v>
       </c>
       <c r="L137" t="n">
         <v>0</v>
       </c>
       <c r="M137" t="inlineStr"/>
       <c r="N137" t="n">
         <v>0</v>
       </c>
       <c r="O137" t="n">
-        <v>1275</v>
+        <v>0</v>
       </c>
       <c r="P137" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-scalp-scaling-spa-piling-dlya-kozhi-golovy-415g/</t>
         </is>
       </c>
       <c r="Q137" t="n">
         <v>0</v>
       </c>
       <c r="R137" t="n">
         <v>0</v>
       </c>
       <c r="S137" t="inlineStr"/>
       <c r="T137" t="n">
         <v>0</v>
       </c>
       <c r="U137" t="n">
         <v>0</v>
       </c>
       <c r="V137" t="inlineStr"/>
       <c r="W137" t="n">
         <v>0</v>
       </c>
       <c r="X137" t="n">
         <v>0</v>
       </c>
       <c r="Y137" t="inlineStr"/>
       <c r="Z137" t="n">
         <v>0</v>
       </c>
       <c r="AA137" t="n">
-        <v>1329</v>
+        <v>0</v>
       </c>
       <c r="AB137" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000004411-scalp-scaling-spa</t>
         </is>
       </c>
-      <c r="AC137" s="1" t="n">
-        <v>912</v>
+      <c r="AC137" t="n">
+        <v>0</v>
       </c>
       <c r="AD137" t="n">
-        <v>1084</v>
+        <v>0</v>
       </c>
       <c r="AE137" t="inlineStr">
         <is>
           <t>https://mm.ru/product/piling-dlya-kozhi-golovy-lador-4-2806180?skuId=8038601</t>
         </is>
       </c>
       <c r="AF137" t="n">
         <v>0</v>
       </c>
       <c r="AG137" t="n">
         <v>0</v>
       </c>
       <c r="AH137" t="inlineStr"/>
       <c r="AI137" t="n">
         <v>0</v>
       </c>
       <c r="AJ137" t="n">
         <v>0</v>
       </c>
       <c r="AK137" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/91/p/piling-lador-scalp-scaling-spa-dla-kozi-golovy-4h15g-4227351</t>
         </is>
       </c>
       <c r="AL137" t="n">
         <v>0</v>
       </c>
       <c r="AM137" t="n">
         <v>0</v>
       </c>
       <c r="AN137" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/piling-dlya-volos-scalp-scaling-spa-ample</t>
         </is>
       </c>
       <c r="AO137" t="n">
         <v>0</v>
       </c>
-      <c r="AP137" s="1" t="n">
-        <v>837</v>
+      <c r="AP137" t="n">
+        <v>0</v>
       </c>
       <c r="AQ137" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/438623</t>
         </is>
       </c>
       <c r="AR137" t="n">
-        <v>1069</v>
+        <v>0</v>
       </c>
       <c r="AS137" t="n">
-        <v>1520</v>
+        <v>0</v>
       </c>
       <c r="AT137" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-scalp-scaling-spa-1</t>
         </is>
       </c>
-      <c r="AU137" s="1" t="n">
-        <v>800.8</v>
+      <c r="AU137" t="n">
+        <v>0</v>
       </c>
       <c r="AV137" t="n">
-        <v>1144</v>
+        <v>0</v>
       </c>
       <c r="AW137" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_scalp_scaling_spa_piling_dlya_kozhi_golovy_4_15g-333470/</t>
         </is>
       </c>
       <c r="AX137" t="n">
         <v>0</v>
       </c>
       <c r="AY137" t="n">
         <v>0</v>
       </c>
       <c r="AZ137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>810681</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>La'dor Tea Tree Scalp Clinic Hair Pack Маска для кожи головы с чайным деревом 200мл</t>
         </is>
       </c>
       <c r="D138" t="n">
         <v>1190</v>
       </c>
       <c r="E138" t="n">
         <v>0</v>
       </c>
       <c r="F138" t="n">
         <v>0</v>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="n">
         <v>0</v>
       </c>
       <c r="I138" t="n">
-        <v>1499</v>
+        <v>0</v>
       </c>
       <c r="J138" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_glubokoochishchayushchaya_maska_piling_dlya_kozhi_golovy_tea_tree_scalp_hair_pack/</t>
         </is>
       </c>
       <c r="K138" t="n">
         <v>0</v>
       </c>
       <c r="L138" t="n">
         <v>0</v>
       </c>
       <c r="M138" t="inlineStr"/>
       <c r="N138" t="n">
         <v>0</v>
       </c>
       <c r="O138" t="n">
-        <v>1495</v>
+        <v>0</v>
       </c>
       <c r="P138" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-maska-piling-dlya-kozhi-golovy-s-chajnym-derevom-tea-tree-scalp-hair-pack-200ml/</t>
         </is>
       </c>
       <c r="Q138" t="n">
         <v>0</v>
       </c>
       <c r="R138" t="n">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="S138" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207699/</t>
         </is>
       </c>
       <c r="T138" t="n">
         <v>0</v>
       </c>
       <c r="U138" t="n">
         <v>0</v>
       </c>
       <c r="V138" t="inlineStr"/>
       <c r="W138" t="n">
         <v>0</v>
       </c>
       <c r="X138" t="n">
         <v>0</v>
       </c>
       <c r="Y138" t="inlineStr"/>
       <c r="Z138" t="n">
         <v>0</v>
       </c>
       <c r="AA138" t="n">
-        <v>1721</v>
+        <v>0</v>
       </c>
       <c r="AB138" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300023-tea-tree-scalp-hair-pack</t>
         </is>
       </c>
-      <c r="AC138" s="1" t="n">
-[...3 lines deleted...]
-        <v>1100</v>
+      <c r="AC138" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD138" t="n">
+        <v>0</v>
       </c>
       <c r="AE138" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maska-dlya-volos-2108526?skuId=6126798</t>
         </is>
       </c>
       <c r="AF138" t="n">
         <v>0</v>
       </c>
       <c r="AG138" t="n">
         <v>0</v>
       </c>
       <c r="AH138" t="inlineStr"/>
       <c r="AI138" t="n">
         <v>0</v>
       </c>
       <c r="AJ138" t="n">
         <v>0</v>
       </c>
       <c r="AK138" t="inlineStr"/>
       <c r="AL138" t="n">
-        <v>1190</v>
+        <v>0</v>
       </c>
       <c r="AM138" t="n">
-        <v>1487</v>
+        <v>0</v>
       </c>
       <c r="AN138" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/maska-dlya-volos-i-kozhi-golovy-s-chaynym-derevom-tea-tree-scalp-hair-pack-200g</t>
         </is>
       </c>
       <c r="AO138" t="n">
         <v>0</v>
       </c>
       <c r="AP138" t="n">
         <v>0</v>
       </c>
       <c r="AQ138" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/439543</t>
         </is>
       </c>
       <c r="AR138" t="n">
-        <v>1349</v>
+        <v>0</v>
       </c>
       <c r="AS138" t="n">
-        <v>1930</v>
+        <v>0</v>
       </c>
       <c r="AT138" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-tea-tree-scalp-clinic-hair-pack</t>
         </is>
       </c>
-      <c r="AU138" s="1" t="n">
-        <v>979.3</v>
+      <c r="AU138" t="n">
+        <v>0</v>
       </c>
       <c r="AV138" t="n">
-        <v>1399</v>
+        <v>0</v>
       </c>
       <c r="AW138" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_maska_dlya_kozhi_golovy_tea_tree_scalp_clinic_hair_pack_200ml-331029/</t>
         </is>
       </c>
       <c r="AX138" t="n">
         <v>0</v>
       </c>
       <c r="AY138" t="n">
         <v>0</v>
       </c>
       <c r="AZ138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>811008</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>La'dor Triplex Natural Shampoo Шампунь с эфирными маслами 150мл</t>
         </is>
       </c>
       <c r="D139" t="n">
         <v>638</v>
       </c>
       <c r="E139" t="n">
         <v>0</v>
       </c>
       <c r="F139" t="n">
         <v>0</v>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t>https://366.ru/p/lador-shampun-s-naturalnymi-ingredientami-triplex-natural-150ml-340557/</t>
         </is>
       </c>
       <c r="H139" t="n">
         <v>0</v>
       </c>
       <c r="I139" t="n">
-        <v>799</v>
+        <v>0</v>
       </c>
       <c r="J139" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_organicheskiy_shampun_s_efirnymi_maslami_150_ml_triplex_natural_shampoo/</t>
         </is>
       </c>
       <c r="K139" t="n">
-        <v>689</v>
+        <v>0</v>
       </c>
       <c r="L139" t="n">
-        <v>810</v>
+        <v>0</v>
       </c>
       <c r="M139" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_shampun_s_naturalnymi_ingredientami_dlya_volos_150ml/?ysclid=m8iu0xrdcy405157680</t>
         </is>
       </c>
       <c r="N139" t="n">
         <v>0</v>
       </c>
       <c r="O139" t="n">
-        <v>825</v>
+        <v>0</v>
       </c>
       <c r="P139" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-shampun-s-naturalnymi-ingredientami-triplex-natural-shampoo-150ml/</t>
         </is>
       </c>
       <c r="Q139" t="n">
         <v>0</v>
       </c>
       <c r="R139" t="n">
-        <v>750</v>
+        <v>0</v>
       </c>
       <c r="S139" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207750/</t>
         </is>
       </c>
       <c r="T139" t="n">
         <v>0</v>
       </c>
       <c r="U139" t="n">
         <v>0</v>
       </c>
       <c r="V139" t="inlineStr"/>
       <c r="W139" t="n">
         <v>0</v>
       </c>
       <c r="X139" t="n">
         <v>0</v>
       </c>
       <c r="Y139" t="inlineStr"/>
       <c r="Z139" t="n">
         <v>0</v>
       </c>
       <c r="AA139" t="n">
-        <v>840</v>
+        <v>0</v>
       </c>
       <c r="AB139" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760200010-triplex-natural-shampoo</t>
         </is>
       </c>
-      <c r="AC139" s="1" t="n">
-        <v>580</v>
+      <c r="AC139" t="n">
+        <v>0</v>
       </c>
       <c r="AD139" t="n">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="AE139" t="inlineStr">
         <is>
           <t>https://mm.ru/product/lador-shampun-s-2265093?skuId=6728119</t>
         </is>
       </c>
       <c r="AF139" t="n">
         <v>0</v>
       </c>
       <c r="AG139" t="n">
         <v>0</v>
       </c>
       <c r="AH139" t="inlineStr"/>
       <c r="AI139" t="n">
         <v>0</v>
       </c>
       <c r="AJ139" t="n">
         <v>0</v>
       </c>
       <c r="AK139" t="inlineStr"/>
       <c r="AL139" t="n">
         <v>0</v>
       </c>
       <c r="AM139" t="n">
         <v>0</v>
       </c>
       <c r="AN139" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-organicheskiy-triplex-natural-shampoo-530ml</t>
         </is>
       </c>
       <c r="AO139" t="n">
         <v>0</v>
       </c>
       <c r="AP139" t="n">
-        <v>640</v>
+        <v>0</v>
       </c>
       <c r="AQ139" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/115458</t>
         </is>
       </c>
-      <c r="AR139" s="1" t="n">
-        <v>611</v>
+      <c r="AR139" t="n">
+        <v>0</v>
       </c>
       <c r="AS139" t="n">
-        <v>955</v>
+        <v>0</v>
       </c>
       <c r="AT139" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-triplex-natural-shampoo</t>
         </is>
       </c>
-      <c r="AU139" s="1" t="n">
-        <v>559.3</v>
+      <c r="AU139" t="n">
+        <v>0</v>
       </c>
       <c r="AV139" t="n">
-        <v>799</v>
+        <v>0</v>
       </c>
       <c r="AW139" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_triplex_natural_shampoo_shampun_s_efirnymi_maslami_150ml-333471/</t>
         </is>
       </c>
-      <c r="AX139" s="1" t="n">
-        <v>592</v>
+      <c r="AX139" t="n">
+        <v>0</v>
       </c>
       <c r="AY139" t="n">
-        <v>790</v>
+        <v>0</v>
       </c>
       <c r="AZ139" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-dlya-volos-naturalnyy-organicheskiy-lador-triplex/</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>937615</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>La'dor Wonder Balm Увлажняющий бальзам для волос 200мл</t>
         </is>
       </c>
       <c r="D140" t="n">
         <v>1700</v>
@@ -21947,484 +22168,484 @@
         <v>0</v>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="n">
         <v>0</v>
       </c>
       <c r="I140" t="n">
         <v>0</v>
       </c>
       <c r="J140" t="inlineStr"/>
       <c r="K140" t="n">
         <v>0</v>
       </c>
       <c r="L140" t="n">
         <v>0</v>
       </c>
       <c r="M140" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_uvlazhnyayushchiy_ekspress_balzam_dlya_volos_200ml/?ysclid=m8iu158vth763768163</t>
         </is>
       </c>
       <c r="N140" t="n">
         <v>0</v>
       </c>
       <c r="O140" t="n">
-        <v>2125</v>
+        <v>0</v>
       </c>
       <c r="P140" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-uvlazhnyayushchij-ehkspress-balzam-dlya-volos-wonder-balm-200ml/</t>
         </is>
       </c>
       <c r="Q140" t="n">
         <v>0</v>
       </c>
-      <c r="R140" s="1" t="n">
-        <v>1600</v>
+      <c r="R140" t="n">
+        <v>0</v>
       </c>
       <c r="S140" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207644/</t>
         </is>
       </c>
       <c r="T140" t="n">
         <v>0</v>
       </c>
       <c r="U140" t="n">
         <v>0</v>
       </c>
       <c r="V140" t="inlineStr"/>
       <c r="W140" t="n">
         <v>0</v>
       </c>
       <c r="X140" t="n">
         <v>0</v>
       </c>
       <c r="Y140" t="inlineStr"/>
       <c r="Z140" t="n">
         <v>0</v>
       </c>
       <c r="AA140" t="n">
-        <v>2272</v>
+        <v>0</v>
       </c>
       <c r="AB140" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760100002-wonder-balm</t>
         </is>
       </c>
-      <c r="AC140" s="1" t="n">
-[...3 lines deleted...]
-        <v>1500</v>
+      <c r="AC140" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD140" t="n">
+        <v>0</v>
       </c>
       <c r="AE140" t="inlineStr">
         <is>
           <t>https://mm.ru/product/balzam--dlya-232886?skuId=572181</t>
         </is>
       </c>
       <c r="AF140" t="n">
         <v>0</v>
       </c>
       <c r="AG140" t="n">
         <v>0</v>
       </c>
       <c r="AH140" t="inlineStr"/>
       <c r="AI140" t="n">
         <v>0</v>
       </c>
       <c r="AJ140" t="n">
         <v>0</v>
       </c>
       <c r="AK140" t="inlineStr"/>
       <c r="AL140" t="n">
         <v>0</v>
       </c>
       <c r="AM140" t="n">
         <v>0</v>
       </c>
       <c r="AN140" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/balzam-dlya-volos-uvlazhnyayuschiy-wonder-balm</t>
         </is>
       </c>
       <c r="AO140" t="n">
         <v>0</v>
       </c>
       <c r="AP140" t="n">
-        <v>2185</v>
+        <v>0</v>
       </c>
       <c r="AQ140" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/113447</t>
         </is>
       </c>
       <c r="AR140" t="n">
         <v>0</v>
       </c>
       <c r="AS140" t="n">
         <v>0</v>
       </c>
       <c r="AT140" t="inlineStr"/>
-      <c r="AU140" s="1" t="n">
-[...3 lines deleted...]
-        <v>1339</v>
+      <c r="AU140" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV140" t="n">
+        <v>0</v>
       </c>
       <c r="AW140" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_wonder_balm_balzam_dlya_volos_uvlazhnyayushchiy_200ml-364945/</t>
         </is>
       </c>
-      <c r="AX140" s="1" t="n">
-        <v>1384</v>
+      <c r="AX140" t="n">
+        <v>0</v>
       </c>
       <c r="AY140" t="n">
-        <v>1846</v>
+        <v>0</v>
       </c>
       <c r="AZ140" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/balzamy_i_konditsionery/keratinovyy-balzam-dlya-lomkikh-volos-lador-lador/</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>632103</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>La'dor Wonder Bubble Shampoo Увлажняющий шампунь для объема волос 50мл</t>
         </is>
       </c>
       <c r="D141" t="n">
         <v>401</v>
       </c>
       <c r="E141" t="n">
         <v>0</v>
       </c>
       <c r="F141" t="n">
         <v>0</v>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="n">
         <v>0</v>
       </c>
       <c r="I141" t="n">
-        <v>448</v>
+        <v>0</v>
       </c>
       <c r="J141" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_uvlazhnyayushchiy_shampun_dlya_pridaniya_obema_wonder_bubble_shampoo/</t>
         </is>
       </c>
       <c r="K141" t="n">
-        <v>434</v>
+        <v>0</v>
       </c>
       <c r="L141" t="n">
-        <v>510</v>
+        <v>0</v>
       </c>
       <c r="M141" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_uvlazhnyayushchiy_shampun_dlya_obema_volos_50ml/?ysclid=m8itzoj3yy647563941</t>
         </is>
       </c>
       <c r="N141" t="n">
         <v>0</v>
       </c>
       <c r="O141" t="n">
-        <v>525</v>
+        <v>0</v>
       </c>
       <c r="P141" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-wonder-bubble-shampoo-uvlazhnyayuschiy-shampun-dlya-obyema-volos-250ml/</t>
         </is>
       </c>
       <c r="Q141" t="n">
         <v>0</v>
       </c>
       <c r="R141" t="n">
-        <v>420</v>
+        <v>0</v>
       </c>
       <c r="S141" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/219787/</t>
         </is>
       </c>
       <c r="T141" t="n">
         <v>0</v>
       </c>
       <c r="U141" t="n">
         <v>0</v>
       </c>
       <c r="V141" t="inlineStr"/>
       <c r="W141" t="n">
         <v>0</v>
       </c>
       <c r="X141" t="n">
         <v>0</v>
       </c>
       <c r="Y141" t="inlineStr"/>
       <c r="Z141" t="n">
         <v>0</v>
       </c>
       <c r="AA141" t="n">
-        <v>536</v>
+        <v>0</v>
       </c>
       <c r="AB141" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170268-wonder-bubble-shampoo</t>
         </is>
       </c>
       <c r="AC141" t="n">
         <v>0</v>
       </c>
       <c r="AD141" t="n">
         <v>0</v>
       </c>
       <c r="AE141" t="inlineStr"/>
       <c r="AF141" t="n">
         <v>0</v>
       </c>
       <c r="AG141" t="n">
         <v>0</v>
       </c>
       <c r="AH141" t="inlineStr"/>
       <c r="AI141" t="n">
         <v>0</v>
       </c>
       <c r="AJ141" t="n">
         <v>0</v>
       </c>
       <c r="AK141" t="inlineStr"/>
       <c r="AL141" t="n">
         <v>0</v>
       </c>
       <c r="AM141" t="n">
         <v>0</v>
       </c>
       <c r="AN141" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-wonder-bubble-shampoo</t>
         </is>
       </c>
       <c r="AO141" t="n">
         <v>0</v>
       </c>
       <c r="AP141" t="n">
         <v>0</v>
       </c>
       <c r="AQ141" t="inlineStr"/>
       <c r="AR141" t="n">
-        <v>439</v>
+        <v>0</v>
       </c>
       <c r="AS141" t="n">
-        <v>585</v>
+        <v>0</v>
       </c>
       <c r="AT141" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-wonder-bubble-shampoo-travel-size</t>
         </is>
       </c>
-      <c r="AU141" s="1" t="n">
-        <v>329</v>
+      <c r="AU141" t="n">
+        <v>0</v>
       </c>
       <c r="AV141" t="n">
-        <v>470</v>
+        <v>0</v>
       </c>
       <c r="AW141" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_wonder_bubble_shampun_dlya_volos_uvlazhnyayushchiy_50ml-365037/</t>
         </is>
       </c>
       <c r="AX141" t="n">
-        <v>588</v>
+        <v>0</v>
       </c>
       <c r="AY141" t="n">
-        <v>785</v>
+        <v>0</v>
       </c>
       <c r="AZ141" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/uvlazhnyayushchiy-shampun-dlya-obema-volos-la-dor-lador/</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>632882</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>La'dor WONDER FULL HAIR SERUM Увлажняющая и восстанавливающая сыворотка для волос 100мл</t>
         </is>
       </c>
       <c r="D142" t="n">
         <v>1364</v>
       </c>
       <c r="E142" t="n">
         <v>0</v>
       </c>
       <c r="F142" t="n">
         <v>0</v>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="n">
         <v>0</v>
       </c>
       <c r="I142" t="n">
-        <v>1629</v>
+        <v>0</v>
       </c>
       <c r="J142" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_lyegkaya_uvlazhnyayushchaya_syvorotka_dlya_volos_c_gialuronovoy_kislotoy_wonder_full_hair_seru/</t>
         </is>
       </c>
       <c r="K142" t="n">
         <v>0</v>
       </c>
       <c r="L142" t="n">
         <v>0</v>
       </c>
       <c r="M142" t="inlineStr"/>
       <c r="N142" t="n">
         <v>0</v>
       </c>
       <c r="O142" t="n">
-        <v>1725</v>
+        <v>0</v>
       </c>
       <c r="P142" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-wonder-full-hair-serum-uvlazhnyayuschaya-i-vosstanavlivayuschaya-syvorotka-dlya-volos-100ml/</t>
         </is>
       </c>
       <c r="Q142" t="n">
         <v>0</v>
       </c>
       <c r="R142" t="n">
-        <v>1710</v>
+        <v>0</v>
       </c>
       <c r="S142" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/5832486/</t>
         </is>
       </c>
       <c r="T142" t="n">
         <v>0</v>
       </c>
       <c r="U142" t="n">
         <v>0</v>
       </c>
       <c r="V142" t="inlineStr"/>
       <c r="W142" t="n">
         <v>0</v>
       </c>
       <c r="X142" t="n">
         <v>0</v>
       </c>
       <c r="Y142" t="inlineStr"/>
       <c r="Z142" t="n">
         <v>0</v>
       </c>
       <c r="AA142" t="n">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="AB142" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170258-wonder-full-hair-serum?srsltid=AfmBOoqULVl7ISPMI93_hys0Zo3N6mfPi57qCw6m6ML5MtGauXJLJ1sN</t>
         </is>
       </c>
       <c r="AC142" t="n">
         <v>0</v>
       </c>
       <c r="AD142" t="n">
         <v>0</v>
       </c>
       <c r="AE142" t="inlineStr"/>
       <c r="AF142" t="n">
         <v>0</v>
       </c>
       <c r="AG142" t="n">
         <v>0</v>
       </c>
       <c r="AH142" t="inlineStr"/>
       <c r="AI142" t="n">
         <v>0</v>
       </c>
       <c r="AJ142" t="n">
         <v>0</v>
       </c>
       <c r="AK142" t="inlineStr"/>
-      <c r="AL142" s="1" t="n">
-        <v>1179</v>
+      <c r="AL142" t="n">
+        <v>0</v>
       </c>
       <c r="AM142" t="n">
-        <v>1474</v>
+        <v>0</v>
       </c>
       <c r="AN142" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschaya-syvorotka-dlya-volos-wonder-full-hair-serum-100ml</t>
         </is>
       </c>
       <c r="AO142" t="n">
         <v>0</v>
       </c>
       <c r="AP142" t="n">
         <v>0</v>
       </c>
       <c r="AQ142" t="inlineStr"/>
       <c r="AR142" t="n">
-        <v>1399</v>
+        <v>0</v>
       </c>
       <c r="AS142" t="n">
-        <v>2035</v>
+        <v>0</v>
       </c>
       <c r="AT142" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-wonder-full-hair-serum</t>
         </is>
       </c>
-      <c r="AU142" s="1" t="n">
-        <v>1119.3</v>
+      <c r="AU142" t="n">
+        <v>0</v>
       </c>
       <c r="AV142" t="n">
-        <v>1599</v>
+        <v>0</v>
       </c>
       <c r="AW142" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_syvorotka_dlya_volos_wonder_full_hair_serum_100ml-364946/</t>
         </is>
       </c>
       <c r="AX142" t="n">
         <v>0</v>
       </c>
       <c r="AY142" t="n">
         <v>0</v>
       </c>
       <c r="AZ142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>813682</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
@@ -22439,339 +22660,339 @@
       <c r="E143" t="n">
         <v>0</v>
       </c>
       <c r="F143" t="n">
         <v>0</v>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="n">
         <v>0</v>
       </c>
       <c r="I143" t="n">
         <v>0</v>
       </c>
       <c r="J143" t="inlineStr"/>
       <c r="K143" t="n">
         <v>0</v>
       </c>
       <c r="L143" t="n">
         <v>0</v>
       </c>
       <c r="M143" t="inlineStr"/>
       <c r="N143" t="n">
         <v>0</v>
       </c>
       <c r="O143" t="n">
-        <v>1385</v>
+        <v>0</v>
       </c>
       <c r="P143" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-mist-dlya-ukrepleniya-i-zashchity-volos-wonder-pick-clinic-water-ph-49-100ml/</t>
         </is>
       </c>
       <c r="Q143" t="n">
         <v>0</v>
       </c>
       <c r="R143" t="n">
-        <v>1440</v>
+        <v>0</v>
       </c>
       <c r="S143" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/209259/</t>
         </is>
       </c>
       <c r="T143" t="n">
         <v>0</v>
       </c>
       <c r="U143" t="n">
         <v>0</v>
       </c>
       <c r="V143" t="inlineStr"/>
       <c r="W143" t="n">
         <v>0</v>
       </c>
       <c r="X143" t="n">
         <v>0</v>
       </c>
       <c r="Y143" t="inlineStr"/>
       <c r="Z143" t="n">
         <v>0</v>
       </c>
       <c r="AA143" t="n">
-        <v>1414</v>
+        <v>0</v>
       </c>
       <c r="AB143" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300024-wonder-pick-clinic-water-ph-4-9</t>
         </is>
       </c>
-      <c r="AC143" s="1" t="n">
-[...3 lines deleted...]
-        <v>1000</v>
+      <c r="AC143" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD143" t="n">
+        <v>0</v>
       </c>
       <c r="AE143" t="inlineStr">
         <is>
           <t>https://mm.ru/product/syvorotka-mist-dlya-ukrepleniya-1321591?SG=2695386</t>
         </is>
       </c>
       <c r="AF143" t="n">
         <v>0</v>
       </c>
       <c r="AG143" t="n">
         <v>0</v>
       </c>
       <c r="AH143" t="inlineStr"/>
       <c r="AI143" t="n">
         <v>0</v>
       </c>
       <c r="AJ143" t="n">
         <v>0</v>
       </c>
       <c r="AK143" t="inlineStr"/>
-      <c r="AL143" s="1" t="n">
-        <v>955</v>
+      <c r="AL143" t="n">
+        <v>0</v>
       </c>
       <c r="AM143" t="n">
-        <v>1194</v>
+        <v>0</v>
       </c>
       <c r="AN143" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/mist-dlya-ukrepleniya-i-zaschity-volos-wonder-pick-clinic-water-ph-4-9-100ml</t>
         </is>
       </c>
       <c r="AO143" t="n">
         <v>0</v>
       </c>
       <c r="AP143" t="n">
-        <v>1345</v>
+        <v>0</v>
       </c>
       <c r="AQ143" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/113437</t>
         </is>
       </c>
       <c r="AR143" t="n">
-        <v>1269</v>
+        <v>0</v>
       </c>
       <c r="AS143" t="n">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="AT143" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-wonder-pick-hydrolyzed-silk-clinic-water</t>
         </is>
       </c>
-      <c r="AU143" s="1" t="n">
-[...3 lines deleted...]
-        <v>999</v>
+      <c r="AU143" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV143" t="n">
+        <v>0</v>
       </c>
       <c r="AW143" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_syvorotka_mist_dlya_ukrepleniya_i_zashchity_volos_wonder_pic_100ml-364714/</t>
         </is>
       </c>
-      <c r="AX143" s="1" t="n">
-        <v>1039</v>
+      <c r="AX143" t="n">
+        <v>0</v>
       </c>
       <c r="AY143" t="n">
-        <v>1386</v>
+        <v>0</v>
       </c>
       <c r="AZ143" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/dlya_ukladki/mist-dlya-ukrepleniya-i-zashchity-volos-lador/</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>937622</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>La'dor Wonder Tear Бальзам для придания волосам гладкости и объема 250мл</t>
         </is>
       </c>
       <c r="D144" t="n">
         <v>1836</v>
       </c>
       <c r="E144" t="n">
         <v>0</v>
       </c>
       <c r="F144" t="n">
         <v>0</v>
       </c>
       <c r="G144" t="inlineStr"/>
-      <c r="H144" s="1" t="n">
-        <v>1590</v>
+      <c r="H144" t="n">
+        <v>0</v>
       </c>
       <c r="I144" t="n">
-        <v>2098</v>
+        <v>0</v>
       </c>
       <c r="J144" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_balzam_maska_dlya_uvlazhneniya_ukrepleniya_i_pridaniya_volosam_obema_wonder_tear_mask_pack/</t>
         </is>
       </c>
       <c r="K144" t="n">
         <v>0</v>
       </c>
       <c r="L144" t="n">
         <v>0</v>
       </c>
       <c r="M144" t="inlineStr"/>
       <c r="N144" t="n">
         <v>0</v>
       </c>
       <c r="O144" t="n">
-        <v>2295</v>
+        <v>0</v>
       </c>
       <c r="P144" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-sredstvo-dlya-pridaniya-volosam-gladkosti-i-obema-wonder-tear-250ml/</t>
         </is>
       </c>
       <c r="Q144" t="n">
         <v>0</v>
       </c>
       <c r="R144" t="n">
-        <v>2200</v>
+        <v>0</v>
       </c>
       <c r="S144" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207698/</t>
         </is>
       </c>
       <c r="T144" t="n">
         <v>0</v>
       </c>
       <c r="U144" t="n">
         <v>0</v>
       </c>
       <c r="V144" t="inlineStr"/>
       <c r="W144" t="n">
         <v>0</v>
       </c>
       <c r="X144" t="n">
         <v>0</v>
       </c>
       <c r="Y144" t="inlineStr"/>
       <c r="Z144" t="n">
         <v>0</v>
       </c>
       <c r="AA144" t="n">
-        <v>2330</v>
+        <v>0</v>
       </c>
       <c r="AB144" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300025-wonder-tear</t>
         </is>
       </c>
-      <c r="AC144" s="1" t="n">
-[...3 lines deleted...]
-        <v>1200</v>
+      <c r="AC144" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD144" t="n">
+        <v>0</v>
       </c>
       <c r="AE144" t="inlineStr">
         <is>
           <t>https://mm.ru/product/balzam-maska-dlya-volos-lador-wonder-tear-315400?skuId=847787</t>
         </is>
       </c>
       <c r="AF144" t="n">
         <v>0</v>
       </c>
       <c r="AG144" t="n">
         <v>0</v>
       </c>
       <c r="AH144" t="inlineStr"/>
       <c r="AI144" t="n">
         <v>0</v>
       </c>
       <c r="AJ144" t="n">
         <v>0</v>
       </c>
       <c r="AK144" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/442/p/balzam-lador-wonter-tear-dla-pridania-volosam-gladkosti-i-obema-250ml-4227363</t>
         </is>
       </c>
       <c r="AL144" t="n">
         <v>0</v>
       </c>
       <c r="AM144" t="n">
         <v>0</v>
       </c>
       <c r="AN144" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/balzam-maska-dlya-uvlazhneniya-ukrepleniya-i-pridaniya-ob-ema-volosam-wonder-tear</t>
         </is>
       </c>
       <c r="AO144" t="n">
         <v>0</v>
       </c>
       <c r="AP144" t="n">
-        <v>2080</v>
+        <v>0</v>
       </c>
       <c r="AQ144" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/113438</t>
         </is>
       </c>
       <c r="AR144" t="n">
-        <v>1881</v>
+        <v>0</v>
       </c>
       <c r="AS144" t="n">
-        <v>2985</v>
+        <v>0</v>
       </c>
       <c r="AT144" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-wonder-tear</t>
         </is>
       </c>
       <c r="AU144" t="n">
         <v>0</v>
       </c>
       <c r="AV144" t="n">
         <v>0</v>
       </c>
       <c r="AW144" t="inlineStr"/>
-      <c r="AX144" s="1" t="n">
-        <v>1493</v>
+      <c r="AX144" t="n">
+        <v>0</v>
       </c>
       <c r="AY144" t="n">
-        <v>1991</v>
+        <v>0</v>
       </c>
       <c r="AZ144" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/balzamy_i_konditsionery/uvlazhnyayushchiy-i-ukreplyayushchiy-balzam-dlya-volos-lador/</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
           <t>817987</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>La'dor Perfect Hair Fill-Up Филлер для восстановления волос 2шт х 100мл</t>
         </is>
       </c>
       <c r="D145" t="n">
         <v>2380</v>
@@ -22779,83 +23000,83 @@
       <c r="E145" t="n">
         <v>0</v>
       </c>
       <c r="F145" t="n">
         <v>0</v>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="n">
         <v>0</v>
       </c>
       <c r="I145" t="n">
         <v>0</v>
       </c>
       <c r="J145" t="inlineStr"/>
       <c r="K145" t="n">
         <v>0</v>
       </c>
       <c r="L145" t="n">
         <v>0</v>
       </c>
       <c r="M145" t="inlineStr"/>
       <c r="N145" t="n">
         <v>0</v>
       </c>
       <c r="O145" t="n">
-        <v>2470</v>
+        <v>0</v>
       </c>
       <c r="P145" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador_la_dor_perfect_hair_filler_2_13_/</t>
         </is>
       </c>
       <c r="Q145" t="n">
         <v>0</v>
       </c>
       <c r="R145" t="n">
         <v>0</v>
       </c>
       <c r="S145" t="inlineStr"/>
       <c r="T145" t="n">
         <v>0</v>
       </c>
       <c r="U145" t="n">
         <v>0</v>
       </c>
       <c r="V145" t="inlineStr"/>
       <c r="W145" t="n">
         <v>0</v>
       </c>
       <c r="X145" t="n">
         <v>0</v>
       </c>
       <c r="Y145" t="inlineStr"/>
       <c r="Z145" t="n">
         <v>0</v>
       </c>
       <c r="AA145" t="n">
-        <v>3137</v>
+        <v>0</v>
       </c>
       <c r="AB145" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000208652-perfect-hair-fill-up</t>
         </is>
       </c>
       <c r="AC145" t="n">
         <v>0</v>
       </c>
       <c r="AD145" t="n">
         <v>0</v>
       </c>
       <c r="AE145" t="inlineStr"/>
       <c r="AF145" t="n">
         <v>0</v>
       </c>
       <c r="AG145" t="n">
         <v>0</v>
       </c>
       <c r="AH145" t="inlineStr"/>
       <c r="AI145" t="n">
         <v>0</v>
       </c>
       <c r="AJ145" t="n">
         <v>0</v>
@@ -22908,164 +23129,164 @@
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>La'dor ACV VINEGAR TREATMENT Маска для волос с яблочным уксусом 150 мл</t>
         </is>
       </c>
       <c r="D146" t="n">
         <v>1020</v>
       </c>
       <c r="E146" t="n">
         <v>0</v>
       </c>
       <c r="F146" t="n">
         <v>0</v>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="n">
         <v>0</v>
       </c>
-      <c r="I146" s="1" t="n">
-        <v>998</v>
+      <c r="I146" t="n">
+        <v>0</v>
       </c>
       <c r="J146" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_maska_dlya_siyaniya_volos_s_yablochnym_uksusom_acv_vinegar_treatment_/</t>
         </is>
       </c>
       <c r="K146" t="n">
         <v>0</v>
       </c>
       <c r="L146" t="n">
         <v>0</v>
       </c>
       <c r="M146" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_maska_dlya_volos_s_yablochnym_uksusom_150ml/?ysclid=m8iu12xntj660156505</t>
         </is>
       </c>
       <c r="N146" t="n">
         <v>0</v>
       </c>
       <c r="O146" t="n">
-        <v>1275</v>
+        <v>0</v>
       </c>
       <c r="P146" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-acv-vinegar-treatment-maska-dlya-volos-s-yablochnym-uksusom-150-ml/</t>
         </is>
       </c>
       <c r="Q146" t="n">
-        <v>1143</v>
+        <v>0</v>
       </c>
       <c r="R146" t="n">
-        <v>1270</v>
+        <v>0</v>
       </c>
       <c r="S146" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/1838775/</t>
         </is>
       </c>
       <c r="T146" t="n">
         <v>0</v>
       </c>
       <c r="U146" t="n">
         <v>0</v>
       </c>
       <c r="V146" t="inlineStr"/>
       <c r="W146" t="n">
         <v>0</v>
       </c>
       <c r="X146" t="n">
         <v>0</v>
       </c>
       <c r="Y146" t="inlineStr"/>
       <c r="Z146" t="n">
         <v>0</v>
       </c>
       <c r="AA146" t="n">
-        <v>1340</v>
+        <v>0</v>
       </c>
       <c r="AB146" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000062726-acv-vinegar-treatment?srsltid=AfmBOoomu185Z42vDEFDGq45UCbpYfoHZR3R79WI4LQcCdUGABfUXORS</t>
         </is>
       </c>
-      <c r="AC146" s="1" t="n">
-[...3 lines deleted...]
-        <v>1000</v>
+      <c r="AC146" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD146" t="n">
+        <v>0</v>
       </c>
       <c r="AE146" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maska-s-yablochnym-1249961?skuId=3408929</t>
         </is>
       </c>
       <c r="AF146" t="n">
         <v>0</v>
       </c>
       <c r="AG146" t="n">
         <v>0</v>
       </c>
       <c r="AH146" t="inlineStr"/>
       <c r="AI146" t="n">
         <v>0</v>
       </c>
       <c r="AJ146" t="n">
         <v>0</v>
       </c>
       <c r="AK146" t="inlineStr"/>
       <c r="AL146" t="n">
         <v>0</v>
       </c>
       <c r="AM146" t="n">
         <v>0</v>
       </c>
       <c r="AN146" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/maska-dlya-volos-s-yablochnym-uksusom-acv-vinegar-treatment</t>
         </is>
       </c>
       <c r="AO146" t="n">
         <v>0</v>
       </c>
       <c r="AP146" t="n">
         <v>0</v>
       </c>
       <c r="AQ146" t="inlineStr"/>
       <c r="AR146" t="n">
-        <v>1169</v>
+        <v>0</v>
       </c>
       <c r="AS146" t="n">
-        <v>1690</v>
+        <v>0</v>
       </c>
       <c r="AT146" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-acv-vinegar-treatment-150</t>
         </is>
       </c>
       <c r="AU146" t="n">
         <v>0</v>
       </c>
       <c r="AV146" t="n">
         <v>0</v>
       </c>
       <c r="AW146" t="inlineStr"/>
       <c r="AX146" t="n">
         <v>0</v>
       </c>
       <c r="AY146" t="n">
         <v>0</v>
       </c>
       <c r="AZ146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>938452</t>
@@ -23091,343 +23312,343 @@
         <v>0</v>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="n">
         <v>0</v>
       </c>
       <c r="I147" t="n">
         <v>0</v>
       </c>
       <c r="J147" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_vosstanavlivayushchaya_maska_dlya_volos_s_yablochnym_uksusom_acv_vinegar_treatment/</t>
         </is>
       </c>
       <c r="K147" t="n">
         <v>0</v>
       </c>
       <c r="L147" t="n">
         <v>0</v>
       </c>
       <c r="M147" t="inlineStr"/>
       <c r="N147" t="n">
         <v>0</v>
       </c>
       <c r="O147" t="n">
-        <v>2975</v>
+        <v>0</v>
       </c>
       <c r="P147" t="inlineStr">
         <is>
           <t>https://aumishop.ru/maska-dlja-volos-s-jablochnym-uksusom-la-dor-acv-vinegar-treatment-430ml/</t>
         </is>
       </c>
-      <c r="Q147" s="1" t="n">
-        <v>2178</v>
+      <c r="Q147" t="n">
+        <v>0</v>
       </c>
       <c r="R147" t="n">
-        <v>2420</v>
+        <v>0</v>
       </c>
       <c r="S147" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/2204632/</t>
         </is>
       </c>
       <c r="T147" t="n">
         <v>0</v>
       </c>
       <c r="U147" t="n">
         <v>0</v>
       </c>
       <c r="V147" t="inlineStr"/>
       <c r="W147" t="n">
         <v>0</v>
       </c>
       <c r="X147" t="n">
         <v>0</v>
       </c>
       <c r="Y147" t="inlineStr"/>
       <c r="Z147" t="n">
         <v>0</v>
       </c>
       <c r="AA147" t="n">
-        <v>3128</v>
+        <v>0</v>
       </c>
       <c r="AB147" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000062727-acv-vinegar-treatment</t>
         </is>
       </c>
-      <c r="AC147" s="1" t="n">
-[...3 lines deleted...]
-        <v>2000</v>
+      <c r="AC147" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD147" t="n">
+        <v>0</v>
       </c>
       <c r="AE147" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maska-s-yablochnym-1249961?skuId=3408928</t>
         </is>
       </c>
       <c r="AF147" t="n">
         <v>0</v>
       </c>
       <c r="AG147" t="n">
         <v>0</v>
       </c>
       <c r="AH147" t="inlineStr"/>
       <c r="AI147" t="n">
         <v>0</v>
       </c>
       <c r="AJ147" t="n">
         <v>0</v>
       </c>
       <c r="AK147" t="inlineStr"/>
       <c r="AL147" t="n">
         <v>0</v>
       </c>
       <c r="AM147" t="n">
         <v>0</v>
       </c>
       <c r="AN147" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/maska-dlya-volos-s-yablochnym-uksusom-acv-vinegar-treatment</t>
         </is>
       </c>
       <c r="AO147" t="n">
         <v>0</v>
       </c>
-      <c r="AP147" s="1" t="n">
-        <v>2280</v>
+      <c r="AP147" t="n">
+        <v>0</v>
       </c>
       <c r="AQ147" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/115450</t>
         </is>
       </c>
       <c r="AR147" t="n">
-        <v>3106</v>
+        <v>0</v>
       </c>
       <c r="AS147" t="n">
-        <v>3490</v>
+        <v>0</v>
       </c>
       <c r="AT147" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-acv-vinegar-treatment-430</t>
         </is>
       </c>
-      <c r="AU147" s="1" t="n">
-        <v>1896.3</v>
+      <c r="AU147" t="n">
+        <v>0</v>
       </c>
       <c r="AV147" t="n">
-        <v>2709</v>
+        <v>0</v>
       </c>
       <c r="AW147" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_acv_vinegar_maska_dlya_volos_s_yablochnym_uksusom_430ml-333460/</t>
         </is>
       </c>
       <c r="AX147" t="n">
         <v>0</v>
       </c>
       <c r="AY147" t="n">
         <v>0</v>
       </c>
       <c r="AZ147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>814566</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>La'dor Anti Dandruff Shampoo Шампунь против перхоти 530мл</t>
         </is>
       </c>
       <c r="D148" t="n">
         <v>1512</v>
       </c>
       <c r="E148" t="n">
         <v>0</v>
       </c>
       <c r="F148" t="n">
         <v>0</v>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="n">
         <v>0</v>
       </c>
       <c r="I148" t="n">
-        <v>1899</v>
+        <v>0</v>
       </c>
       <c r="J148" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_shampun_protiv_perkhoti_anti_dandruff_shampoo/</t>
         </is>
       </c>
       <c r="K148" t="n">
         <v>0</v>
       </c>
       <c r="L148" t="n">
         <v>0</v>
       </c>
       <c r="M148" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_shampun_slabokislotnyy_protiv_perkhoti_530ml/?ysclid=m8iu0jayqz941843144</t>
         </is>
       </c>
       <c r="N148" t="n">
         <v>0</v>
       </c>
       <c r="O148" t="n">
-        <v>1890</v>
+        <v>0</v>
       </c>
       <c r="P148" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-slabokislotnyj-shampun-protiv-perhoti-anti-dandruff-shampoo/</t>
         </is>
       </c>
       <c r="Q148" t="n">
         <v>0</v>
       </c>
       <c r="R148" t="n">
-        <v>1790</v>
+        <v>0</v>
       </c>
       <c r="S148" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207826/</t>
         </is>
       </c>
       <c r="T148" t="n">
         <v>0</v>
       </c>
       <c r="U148" t="n">
         <v>0</v>
       </c>
       <c r="V148" t="inlineStr"/>
       <c r="W148" t="n">
         <v>0</v>
       </c>
       <c r="X148" t="n">
         <v>0</v>
       </c>
       <c r="Y148" t="inlineStr"/>
       <c r="Z148" t="n">
         <v>0</v>
       </c>
       <c r="AA148" t="n">
-        <v>2093</v>
+        <v>0</v>
       </c>
       <c r="AB148" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760200016-anti-dandruff</t>
         </is>
       </c>
-      <c r="AC148" s="1" t="n">
-[...3 lines deleted...]
-        <v>1420</v>
+      <c r="AC148" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD148" t="n">
+        <v>0</v>
       </c>
       <c r="AE148" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-protiv-perkhoti-681517?skuId=1814673</t>
         </is>
       </c>
       <c r="AF148" t="n">
         <v>0</v>
       </c>
       <c r="AG148" t="n">
         <v>0</v>
       </c>
       <c r="AH148" t="inlineStr"/>
       <c r="AI148" t="n">
         <v>0</v>
       </c>
       <c r="AJ148" t="n">
         <v>0</v>
       </c>
       <c r="AK148" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/442/p/sampun-lador-anti-dandruff-protiv-perhoti-530ml-4227319</t>
         </is>
       </c>
-      <c r="AL148" s="1" t="n">
-        <v>1307</v>
+      <c r="AL148" t="n">
+        <v>0</v>
       </c>
       <c r="AM148" t="n">
-        <v>1634</v>
+        <v>0</v>
       </c>
       <c r="AN148" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-protiv-perhoti-anti-dandruff-shampoo-530ml</t>
         </is>
       </c>
       <c r="AO148" t="n">
         <v>0</v>
       </c>
       <c r="AP148" t="n">
-        <v>1955</v>
+        <v>0</v>
       </c>
       <c r="AQ148" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/113442</t>
         </is>
       </c>
       <c r="AR148" t="n">
-        <v>1599</v>
+        <v>0</v>
       </c>
       <c r="AS148" t="n">
-        <v>2310</v>
+        <v>0</v>
       </c>
       <c r="AT148" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-anti-dandruff-shampoo</t>
         </is>
       </c>
-      <c r="AU148" s="1" t="n">
-        <v>1259.3</v>
+      <c r="AU148" t="n">
+        <v>0</v>
       </c>
       <c r="AV148" t="n">
-        <v>1799</v>
+        <v>0</v>
       </c>
       <c r="AW148" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_shampun_protiv_perkhoti_anti_dandruff_shampoo_530ml-364701/</t>
         </is>
       </c>
-      <c r="AX148" s="1" t="n">
-        <v>1334</v>
+      <c r="AX148" t="n">
+        <v>0</v>
       </c>
       <c r="AY148" t="n">
-        <v>1779</v>
+        <v>0</v>
       </c>
       <c r="AZ148" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-protiv-perkhoti-lador-lador-anti-dandruff-shampoo/</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>815334</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>La'dor Anti-Yellow Shampoo Шампунь для светлых волос 300мл</t>
         </is>
       </c>
       <c r="D149" t="n">
         <v>1691</v>
@@ -23439,507 +23660,507 @@
         <v>0</v>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="n">
         <v>0</v>
       </c>
       <c r="I149" t="n">
         <v>0</v>
       </c>
       <c r="J149" t="inlineStr"/>
       <c r="K149" t="n">
         <v>0</v>
       </c>
       <c r="L149" t="n">
         <v>0</v>
       </c>
       <c r="M149" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_shampun_dlya_svetlykh_volos_300ml/?ysclid=m8iu03ejxb926651516</t>
         </is>
       </c>
       <c r="N149" t="n">
         <v>0</v>
       </c>
       <c r="O149" t="n">
-        <v>2120</v>
+        <v>0</v>
       </c>
       <c r="P149" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-anti-yellow-shampoo-ottenochnyj-shampun-dlja-ustranenija-zheltizny/</t>
         </is>
       </c>
       <c r="Q149" t="n">
         <v>0</v>
       </c>
       <c r="R149" t="n">
-        <v>1950</v>
+        <v>0</v>
       </c>
       <c r="S149" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207825/</t>
         </is>
       </c>
       <c r="T149" t="n">
         <v>0</v>
       </c>
       <c r="U149" t="n">
         <v>0</v>
       </c>
       <c r="V149" t="inlineStr"/>
       <c r="W149" t="n">
         <v>0</v>
       </c>
       <c r="X149" t="n">
         <v>0</v>
       </c>
       <c r="Y149" t="inlineStr"/>
       <c r="Z149" t="n">
         <v>0</v>
       </c>
       <c r="AA149" t="n">
-        <v>2232</v>
+        <v>0</v>
       </c>
       <c r="AB149" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760200015-anti-yellow</t>
         </is>
       </c>
-      <c r="AC149" s="1" t="n">
-[...3 lines deleted...]
-        <v>1240</v>
+      <c r="AC149" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD149" t="n">
+        <v>0</v>
       </c>
       <c r="AE149" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-ottenochnyj-protiv-679785?skuId=1810949</t>
         </is>
       </c>
       <c r="AF149" t="n">
         <v>0</v>
       </c>
       <c r="AG149" t="n">
         <v>0</v>
       </c>
       <c r="AH149" t="inlineStr"/>
       <c r="AI149" t="n">
         <v>0</v>
       </c>
       <c r="AJ149" t="n">
         <v>0</v>
       </c>
       <c r="AK149" t="inlineStr"/>
       <c r="AL149" t="n">
         <v>0</v>
       </c>
       <c r="AM149" t="n">
         <v>0</v>
       </c>
       <c r="AN149" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/ottenochnyy-shampun-protiv-zheltizny-volos-anti-yellow-shampoo</t>
         </is>
       </c>
       <c r="AO149" t="n">
         <v>0</v>
       </c>
       <c r="AP149" t="n">
         <v>0</v>
       </c>
       <c r="AQ149" t="inlineStr"/>
       <c r="AR149" t="n">
-        <v>1769</v>
+        <v>0</v>
       </c>
       <c r="AS149" t="n">
-        <v>2515</v>
+        <v>0</v>
       </c>
       <c r="AT149" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-anti-yellow-shampoo</t>
         </is>
       </c>
-      <c r="AU149" s="1" t="n">
-        <v>1399.3</v>
+      <c r="AU149" t="n">
+        <v>0</v>
       </c>
       <c r="AV149" t="n">
-        <v>1999</v>
+        <v>0</v>
       </c>
       <c r="AW149" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_ottenochnyy_shampun_dlya_ustraneniya_zheltizny_anti_yellow_shampoo_300ml-333461/</t>
         </is>
       </c>
       <c r="AX149" t="n">
-        <v>1691</v>
+        <v>0</v>
       </c>
       <c r="AY149" t="n">
-        <v>2255</v>
+        <v>0</v>
       </c>
       <c r="AZ149" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-ottenochnyy-protiv-zheltizny-volos-lador-lador/</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>811732</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>La'dor Before Care Keratin PPT Спрей для волос кератиновый 150мл</t>
         </is>
       </c>
       <c r="D150" t="n">
         <v>1488</v>
       </c>
       <c r="E150" t="n">
         <v>0</v>
       </c>
       <c r="F150" t="n">
         <v>0</v>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="n">
         <v>0</v>
       </c>
       <c r="I150" t="n">
-        <v>1799</v>
+        <v>0</v>
       </c>
       <c r="J150" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_keratinovyy_sprey_dlya_volos_before_keratin_ppt_/</t>
         </is>
       </c>
       <c r="K150" t="n">
         <v>0</v>
       </c>
       <c r="L150" t="n">
         <v>0</v>
       </c>
       <c r="M150" t="inlineStr"/>
       <c r="N150" t="n">
         <v>0</v>
       </c>
       <c r="O150" t="n">
-        <v>1860</v>
+        <v>0</v>
       </c>
       <c r="P150" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-before-keratin-ppt-sprej-dlya-volos-keratinovyj-150ml/</t>
         </is>
       </c>
       <c r="Q150" t="n">
         <v>0</v>
       </c>
       <c r="R150" t="n">
-        <v>1820</v>
+        <v>0</v>
       </c>
       <c r="S150" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/209214/</t>
         </is>
       </c>
       <c r="T150" t="n">
         <v>0</v>
       </c>
       <c r="U150" t="n">
         <v>0</v>
       </c>
       <c r="V150" t="inlineStr"/>
       <c r="W150" t="n">
         <v>0</v>
       </c>
       <c r="X150" t="n">
         <v>0</v>
       </c>
       <c r="Y150" t="inlineStr"/>
       <c r="Z150" t="n">
         <v>0</v>
       </c>
       <c r="AA150" t="n">
-        <v>1888</v>
+        <v>0</v>
       </c>
       <c r="AB150" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300028-keratin-ppt</t>
         </is>
       </c>
-      <c r="AC150" s="1" t="n">
-[...3 lines deleted...]
-        <v>1400</v>
+      <c r="AC150" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD150" t="n">
+        <v>0</v>
       </c>
       <c r="AE150" t="inlineStr">
         <is>
           <t>https://mm.ru/product/lador-eco-before-care-keratin-ppt-256273?skuId=646099</t>
         </is>
       </c>
       <c r="AF150" t="n">
         <v>0</v>
       </c>
       <c r="AG150" t="n">
         <v>0</v>
       </c>
       <c r="AH150" t="inlineStr"/>
       <c r="AI150" t="n">
         <v>0</v>
       </c>
       <c r="AJ150" t="n">
         <v>0</v>
       </c>
       <c r="AK150" t="inlineStr"/>
       <c r="AL150" t="n">
         <v>0</v>
       </c>
       <c r="AM150" t="n">
         <v>0</v>
       </c>
       <c r="AN150" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/sprey-dlya-volos-keratinovyy-before-care-keratin-ppt</t>
         </is>
       </c>
       <c r="AO150" t="n">
         <v>0</v>
       </c>
       <c r="AP150" t="n">
-        <v>1680</v>
+        <v>0</v>
       </c>
       <c r="AQ150" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/437836</t>
         </is>
       </c>
       <c r="AR150" t="n">
-        <v>1491</v>
+        <v>0</v>
       </c>
       <c r="AS150" t="n">
-        <v>2330</v>
+        <v>0</v>
       </c>
       <c r="AT150" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-before-care-keratin-ppt-150</t>
         </is>
       </c>
-      <c r="AU150" s="1" t="n">
-        <v>1182.3</v>
+      <c r="AU150" t="n">
+        <v>0</v>
       </c>
       <c r="AV150" t="n">
-        <v>1689</v>
+        <v>0</v>
       </c>
       <c r="AW150" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_sprey_essentsiya_dlya_volos_keratinovaya_before_keratin_ppt_150ml-364704/</t>
         </is>
       </c>
       <c r="AX150" t="n">
         <v>0</v>
       </c>
       <c r="AY150" t="n">
         <v>0</v>
       </c>
       <c r="AZ150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>810605</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>La'dor Damage Protector Acid Shampoo Шампунь с аргановым маслом 150мл</t>
         </is>
       </c>
       <c r="D151" t="n">
         <v>429</v>
       </c>
       <c r="E151" t="n">
         <v>0</v>
       </c>
       <c r="F151" t="n">
         <v>0</v>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="n">
         <v>0</v>
       </c>
       <c r="I151" t="n">
-        <v>549</v>
+        <v>0</v>
       </c>
       <c r="J151" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_besshchelochnoy_shampun_s_arganovym_maslom_i_kollagenom_damage_protector_acid_shampoo/</t>
         </is>
       </c>
       <c r="K151" t="n">
-        <v>468</v>
+        <v>0</v>
       </c>
       <c r="L151" t="n">
-        <v>550</v>
+        <v>0</v>
       </c>
       <c r="M151" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_besshchelochnoy_shampun_s_kollagenom_i_arganovym_maslom_150ml/?ysclid=m8iu0fy2c5687336799</t>
         </is>
       </c>
       <c r="N151" t="n">
         <v>0</v>
       </c>
       <c r="O151" t="n">
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="P151" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-besshchelochnoj-shampun-s-kollagenom-i-arganovym-maslom-damaged-protector-acid-shampoo-150ml/</t>
         </is>
       </c>
       <c r="Q151" t="n">
         <v>0</v>
       </c>
       <c r="R151" t="n">
-        <v>510</v>
+        <v>0</v>
       </c>
       <c r="S151" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207747/</t>
         </is>
       </c>
       <c r="T151" t="n">
         <v>0</v>
       </c>
       <c r="U151" t="n">
         <v>0</v>
       </c>
       <c r="V151" t="inlineStr"/>
       <c r="W151" t="n">
         <v>0</v>
       </c>
       <c r="X151" t="n">
         <v>0</v>
       </c>
       <c r="Y151" t="inlineStr"/>
       <c r="Z151" t="n">
         <v>0</v>
       </c>
       <c r="AA151" t="n">
-        <v>602</v>
+        <v>0</v>
       </c>
       <c r="AB151" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760200003-damaged-protector</t>
         </is>
       </c>
       <c r="AC151" t="n">
-        <v>468</v>
+        <v>0</v>
       </c>
       <c r="AD151" t="n">
-        <v>650</v>
+        <v>0</v>
       </c>
       <c r="AE151" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-professionalnyj-lador-660138?skuId=1756458</t>
         </is>
       </c>
       <c r="AF151" t="n">
         <v>0</v>
       </c>
       <c r="AG151" t="n">
         <v>0</v>
       </c>
       <c r="AH151" t="inlineStr"/>
       <c r="AI151" t="n">
         <v>0</v>
       </c>
       <c r="AJ151" t="n">
         <v>0</v>
       </c>
       <c r="AK151" t="inlineStr"/>
       <c r="AL151" t="n">
         <v>0</v>
       </c>
       <c r="AM151" t="n">
         <v>0</v>
       </c>
       <c r="AN151" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-s-arganovym-maslom-damaged-protector-acid-shampoo</t>
         </is>
       </c>
       <c r="AO151" t="n">
         <v>0</v>
       </c>
       <c r="AP151" t="n">
-        <v>559</v>
+        <v>0</v>
       </c>
       <c r="AQ151" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/113443</t>
         </is>
       </c>
       <c r="AR151" t="n">
-        <v>449</v>
+        <v>0</v>
       </c>
       <c r="AS151" t="n">
-        <v>635</v>
+        <v>0</v>
       </c>
       <c r="AT151" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-damage-protector-acid-shampoo-150</t>
         </is>
       </c>
-      <c r="AU151" s="1" t="n">
-        <v>383.6</v>
+      <c r="AU151" t="n">
+        <v>0</v>
       </c>
       <c r="AV151" t="n">
-        <v>548</v>
+        <v>0</v>
       </c>
       <c r="AW151" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_shampun_dlya_volos_arganovoe_maslo_damage_protector_acid_150ml-331035/</t>
         </is>
       </c>
-      <c r="AX151" s="1" t="n">
-        <v>348</v>
+      <c r="AX151" t="n">
+        <v>0</v>
       </c>
       <c r="AY151" t="n">
-        <v>465</v>
+        <v>0</v>
       </c>
       <c r="AZ151" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-s-kollagenom-i-arganovym-maslom-lador/</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>630093</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>La'dor DERMATICAL ACTIVE AMPOULE Увлажняющий филлер для волос 250мл</t>
         </is>
       </c>
       <c r="D152" t="n">
         <v>2124</v>
@@ -23947,829 +24168,833 @@
       <c r="E152" t="n">
         <v>0</v>
       </c>
       <c r="F152" t="n">
         <v>0</v>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="n">
         <v>0</v>
       </c>
       <c r="I152" t="n">
         <v>0</v>
       </c>
       <c r="J152" t="inlineStr"/>
       <c r="K152" t="n">
         <v>0</v>
       </c>
       <c r="L152" t="n">
         <v>0</v>
       </c>
       <c r="M152" t="inlineStr"/>
       <c r="N152" t="n">
         <v>0</v>
       </c>
       <c r="O152" t="n">
-        <v>2655</v>
+        <v>0</v>
       </c>
       <c r="P152" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-dermatical-active-ampoule-uvlazhnyayuschiy-filler-dlya-volos-250m/</t>
         </is>
       </c>
       <c r="Q152" t="n">
         <v>0</v>
       </c>
       <c r="R152" t="n">
-        <v>2600</v>
+        <v>0</v>
       </c>
       <c r="S152" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/3783048/</t>
         </is>
       </c>
       <c r="T152" t="n">
         <v>0</v>
       </c>
       <c r="U152" t="n">
         <v>0</v>
       </c>
       <c r="V152" t="inlineStr"/>
       <c r="W152" t="n">
         <v>0</v>
       </c>
       <c r="X152" t="n">
         <v>0</v>
       </c>
       <c r="Y152" t="inlineStr"/>
       <c r="Z152" t="n">
         <v>0</v>
       </c>
       <c r="AA152" t="n">
-        <v>2800</v>
+        <v>0</v>
       </c>
       <c r="AB152" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000208647-dermatical-active-ampoule</t>
         </is>
       </c>
-      <c r="AC152" s="1" t="n">
-        <v>1860</v>
+      <c r="AC152" t="n">
+        <v>0</v>
       </c>
       <c r="AD152" t="n">
-        <v>2500</v>
+        <v>0</v>
       </c>
       <c r="AE152" t="inlineStr">
         <is>
           <t>https://mm.ru/product/syvorotka-ot-vypadeniya-1701712?skuId=4728069</t>
         </is>
       </c>
       <c r="AF152" t="n">
         <v>0</v>
       </c>
       <c r="AG152" t="n">
         <v>0</v>
       </c>
       <c r="AH152" t="inlineStr"/>
       <c r="AI152" t="n">
         <v>0</v>
       </c>
       <c r="AJ152" t="n">
         <v>0</v>
       </c>
       <c r="AK152" t="inlineStr"/>
       <c r="AL152" t="n">
-        <v>2124</v>
+        <v>0</v>
       </c>
       <c r="AM152" t="n">
-        <v>2655</v>
+        <v>0</v>
       </c>
       <c r="AN152" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschiy-filler-dlya-volos-dermatical-active-ampoule</t>
         </is>
       </c>
       <c r="AO152" t="n">
         <v>0</v>
       </c>
       <c r="AP152" t="n">
         <v>0</v>
       </c>
       <c r="AQ152" t="inlineStr"/>
       <c r="AR152" t="n">
-        <v>3092</v>
+        <v>0</v>
       </c>
       <c r="AS152" t="n">
-        <v>3255</v>
+        <v>0</v>
       </c>
       <c r="AT152" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-dermatical-active-ampoule-1</t>
         </is>
       </c>
       <c r="AU152" t="n">
         <v>0</v>
       </c>
       <c r="AV152" t="n">
         <v>0</v>
       </c>
-      <c r="AW152" t="inlineStr"/>
+      <c r="AW152" t="inlineStr">
+        <is>
+          <t>https://www.scent.ru/catalog/la_dor_dermatical_filler_uvlazhnyayushchiy_dlya_volos_250ml-365043/</t>
+        </is>
+      </c>
       <c r="AX152" t="n">
         <v>0</v>
       </c>
       <c r="AY152" t="n">
         <v>0</v>
       </c>
       <c r="AZ152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>530309</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>La'dor Dermatical Scalp Tonic Тоник для кожи головы против выпадения волос 120мл</t>
         </is>
       </c>
       <c r="D153" t="n">
         <v>1530</v>
       </c>
       <c r="E153" t="n">
         <v>0</v>
       </c>
       <c r="F153" t="n">
         <v>0</v>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="n">
         <v>0</v>
       </c>
       <c r="I153" t="n">
-        <v>1899</v>
+        <v>0</v>
       </c>
       <c r="J153" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_tonik_dlya_kozhi_golovy_protiv_vypadeniya_volos_scalp_helper_hair_tonic/</t>
         </is>
       </c>
       <c r="K153" t="n">
         <v>0</v>
       </c>
       <c r="L153" t="n">
         <v>0</v>
       </c>
       <c r="M153" t="inlineStr"/>
       <c r="N153" t="n">
         <v>0</v>
       </c>
       <c r="O153" t="n">
-        <v>1925</v>
+        <v>0</v>
       </c>
       <c r="P153" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-tonik-dlya-kozhi-golovy-protiv-vypadeniya-volos-dermatical-scalp-tonic-120ml/</t>
         </is>
       </c>
       <c r="Q153" t="n">
         <v>0</v>
       </c>
       <c r="R153" t="n">
-        <v>1770</v>
+        <v>0</v>
       </c>
       <c r="S153" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/209250/</t>
         </is>
       </c>
       <c r="T153" t="n">
         <v>0</v>
       </c>
       <c r="U153" t="n">
         <v>0</v>
       </c>
       <c r="V153" t="inlineStr"/>
       <c r="W153" t="n">
         <v>0</v>
       </c>
       <c r="X153" t="n">
         <v>0</v>
       </c>
       <c r="Y153" t="inlineStr"/>
       <c r="Z153" t="n">
         <v>0</v>
       </c>
       <c r="AA153" t="n">
-        <v>1977</v>
+        <v>0</v>
       </c>
       <c r="AB153" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300015-dermatical-scalp-tonic</t>
         </is>
       </c>
-      <c r="AC153" s="1" t="n">
-[...3 lines deleted...]
-        <v>1324</v>
+      <c r="AC153" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD153" t="n">
+        <v>0</v>
       </c>
       <c r="AE153" t="inlineStr">
         <is>
           <t>https://mm.ru/product/tonik-dlya-kozhi-2806184?skuId=8038609</t>
         </is>
       </c>
       <c r="AF153" t="n">
         <v>0</v>
       </c>
       <c r="AG153" t="n">
         <v>0</v>
       </c>
       <c r="AH153" t="inlineStr"/>
       <c r="AI153" t="n">
         <v>0</v>
       </c>
       <c r="AJ153" t="n">
         <v>0</v>
       </c>
       <c r="AK153" t="inlineStr"/>
       <c r="AL153" t="n">
         <v>0</v>
       </c>
       <c r="AM153" t="n">
         <v>0</v>
       </c>
       <c r="AN153" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/tonik-dlya-kozhi-golovy-protiv-vypadeniya-volos-dermatical-scalp-tonic</t>
         </is>
       </c>
       <c r="AO153" t="n">
         <v>0</v>
       </c>
       <c r="AP153" t="n">
-        <v>1650</v>
+        <v>0</v>
       </c>
       <c r="AQ153" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/113441</t>
         </is>
       </c>
       <c r="AR153" t="n">
-        <v>1549</v>
+        <v>0</v>
       </c>
       <c r="AS153" t="n">
-        <v>2210</v>
+        <v>0</v>
       </c>
       <c r="AT153" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-dermatical-scalp-tonic-120</t>
         </is>
       </c>
-      <c r="AU153" s="1" t="n">
-        <v>1341.2</v>
+      <c r="AU153" t="n">
+        <v>0</v>
       </c>
       <c r="AV153" t="n">
-        <v>1916</v>
+        <v>0</v>
       </c>
       <c r="AW153" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_dermatical_tonik_dlya_kozhi_golovy_protiv_vypadeniya_volos_120ml-333466/</t>
         </is>
       </c>
       <c r="AX153" t="n">
         <v>0</v>
       </c>
       <c r="AY153" t="n">
         <v>0</v>
       </c>
       <c r="AZ153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>935505</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>La'dor HERBALISM TREATMENT Маска для волос на травяной основе 150 мл</t>
         </is>
       </c>
       <c r="D154" t="n">
         <v>911</v>
       </c>
       <c r="E154" t="n">
         <v>0</v>
       </c>
       <c r="F154" t="n">
         <v>0</v>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="n">
         <v>0</v>
       </c>
       <c r="I154" t="n">
-        <v>999</v>
+        <v>0</v>
       </c>
       <c r="J154" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_maska_dlya_volos_s_aminokislotami_i_ekstraktami_trav_herbalism_herbalism_treatment/</t>
         </is>
       </c>
       <c r="K154" t="n">
-        <v>969</v>
+        <v>0</v>
       </c>
       <c r="L154" t="n">
-        <v>1140</v>
+        <v>0</v>
       </c>
       <c r="M154" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_maska_dlya_volos_na_travyanoy_osnove_150ml/?ysclid=m8iu17cnma208020390</t>
         </is>
       </c>
       <c r="N154" t="n">
         <v>0</v>
       </c>
       <c r="O154" t="n">
-        <v>1140</v>
+        <v>0</v>
       </c>
       <c r="P154" t="inlineStr">
         <is>
           <t>https://aumishop.ru/maska-dlja-volos-la-dor-herbalism-treatment-174g/</t>
         </is>
       </c>
       <c r="Q154" t="n">
-        <v>945</v>
+        <v>0</v>
       </c>
       <c r="R154" t="n">
-        <v>1050</v>
+        <v>0</v>
       </c>
       <c r="S154" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207705/</t>
         </is>
       </c>
       <c r="T154" t="n">
         <v>0</v>
       </c>
       <c r="U154" t="n">
         <v>0</v>
       </c>
       <c r="V154" t="inlineStr"/>
       <c r="W154" t="n">
         <v>0</v>
       </c>
       <c r="X154" t="n">
         <v>0</v>
       </c>
       <c r="Y154" t="inlineStr"/>
       <c r="Z154" t="n">
         <v>0</v>
       </c>
       <c r="AA154" t="n">
-        <v>1196</v>
+        <v>0</v>
       </c>
       <c r="AB154" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170246-herbalism-treatment</t>
         </is>
       </c>
       <c r="AC154" t="n">
         <v>0</v>
       </c>
-      <c r="AD154" s="1" t="n">
-        <v>600</v>
+      <c r="AD154" t="n">
+        <v>0</v>
       </c>
       <c r="AE154" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maska-dlya-volos-904961?skuId=2434629</t>
         </is>
       </c>
       <c r="AF154" t="n">
         <v>0</v>
       </c>
       <c r="AG154" t="n">
         <v>0</v>
       </c>
       <c r="AH154" t="inlineStr"/>
       <c r="AI154" t="n">
         <v>0</v>
       </c>
       <c r="AJ154" t="n">
         <v>0</v>
       </c>
       <c r="AK154" t="inlineStr"/>
       <c r="AL154" t="n">
         <v>0</v>
       </c>
       <c r="AM154" t="n">
         <v>0</v>
       </c>
       <c r="AN154" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/travyanaya-maska-dlya-volos-s-aminokislotami-herbalism-treatment</t>
         </is>
       </c>
       <c r="AO154" t="n">
         <v>0</v>
       </c>
-      <c r="AP154" s="1" t="n">
-        <v>600</v>
+      <c r="AP154" t="n">
+        <v>0</v>
       </c>
       <c r="AQ154" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/115454</t>
         </is>
       </c>
       <c r="AR154" t="n">
-        <v>999</v>
+        <v>0</v>
       </c>
       <c r="AS154" t="n">
-        <v>1420</v>
+        <v>0</v>
       </c>
       <c r="AT154" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-herbalism-treatment-150</t>
         </is>
       </c>
-      <c r="AU154" s="1" t="n">
-        <v>769.3</v>
+      <c r="AU154" t="n">
+        <v>0</v>
       </c>
       <c r="AV154" t="n">
-        <v>1099</v>
+        <v>0</v>
       </c>
       <c r="AW154" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_herbalism_maska_dlya_volos_na_travyanoy_osnove_150ml-333468/</t>
         </is>
       </c>
       <c r="AX154" t="n">
-        <v>915</v>
+        <v>0</v>
       </c>
       <c r="AY154" t="n">
-        <v>1220</v>
+        <v>0</v>
       </c>
       <c r="AZ154" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/maski_dlya_volos/maska-dlya-volos-s-travyanymi-ekstraktami-lador/</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>810742</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>La'dor Hydro LPP Treatment Увлажняющая маска для сухих и поврежденных волос 150мл</t>
         </is>
       </c>
       <c r="D155" t="n">
         <v>659</v>
       </c>
       <c r="E155" t="n">
         <v>0</v>
       </c>
       <c r="F155" t="n">
         <v>0</v>
       </c>
       <c r="G155" t="inlineStr">
         <is>
           <t>https://366.ru/p/lador-maska-dlja-volos-vosstanavlivajushhaja-hydro-lpp-treatment-150ml-340552/</t>
         </is>
       </c>
       <c r="H155" t="n">
         <v>0</v>
       </c>
       <c r="I155" t="n">
-        <v>829</v>
+        <v>0</v>
       </c>
       <c r="J155" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_vosstanavlivayushchaya_maska_dlya_sukhikh_i_povrezhdennykh_volos_hydro_lpp_treatment/</t>
         </is>
       </c>
       <c r="K155" t="n">
-        <v>723</v>
+        <v>0</v>
       </c>
       <c r="L155" t="n">
-        <v>850</v>
+        <v>0</v>
       </c>
       <c r="M155" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_uvlazhnyayushchaya_maska_dlya_sukhikh_i_povrezhdennykh_volos_150ml/?ysclid=m8iu0b8gws717246636</t>
         </is>
       </c>
       <c r="N155" t="n">
         <v>0</v>
       </c>
       <c r="O155" t="n">
-        <v>825</v>
+        <v>0</v>
       </c>
       <c r="P155" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-uvlazhnyayushchaya-maska-dlya-suhih-i-povrezhdennyh-volos-eco-hydro-lpp-treatment-150ml/</t>
         </is>
       </c>
       <c r="Q155" t="n">
         <v>0</v>
       </c>
       <c r="R155" t="n">
-        <v>790</v>
+        <v>0</v>
       </c>
       <c r="S155" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207674/</t>
         </is>
       </c>
       <c r="T155" t="n">
         <v>0</v>
       </c>
       <c r="U155" t="n">
         <v>0</v>
       </c>
       <c r="V155" t="inlineStr"/>
       <c r="W155" t="n">
         <v>0</v>
       </c>
-      <c r="X155" s="1" t="n">
-        <v>609</v>
+      <c r="X155" t="n">
+        <v>0</v>
       </c>
       <c r="Y155" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/846222_ST/?sphrase_id=15241351</t>
         </is>
       </c>
       <c r="Z155" t="n">
         <v>0</v>
       </c>
       <c r="AA155" t="n">
-        <v>866</v>
+        <v>0</v>
       </c>
       <c r="AB155" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300017-hydro-lpp-treatment</t>
         </is>
       </c>
-      <c r="AC155" s="1" t="n">
-        <v>575</v>
+      <c r="AC155" t="n">
+        <v>0</v>
       </c>
       <c r="AD155" t="n">
-        <v>850</v>
+        <v>0</v>
       </c>
       <c r="AE155" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maska-dlya-sukhikh-404741?skuId=1100214</t>
         </is>
       </c>
       <c r="AF155" t="n">
         <v>0</v>
       </c>
       <c r="AG155" t="n">
         <v>0</v>
       </c>
       <c r="AH155" t="inlineStr"/>
       <c r="AI155" t="n">
         <v>0</v>
       </c>
       <c r="AJ155" t="n">
         <v>0</v>
       </c>
       <c r="AK155" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/442/p/maska-lador-hydro-lpp-treatment-uvlaznausaa-dla-suhih-i-povrezdennyh-volos-150ml-4227333</t>
         </is>
       </c>
       <c r="AL155" t="n">
         <v>0</v>
       </c>
       <c r="AM155" t="n">
         <v>0</v>
       </c>
       <c r="AN155" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/maska-dlya-volos-vosstanavlivayuschaya-eco-hydro-lpp-treatment</t>
         </is>
       </c>
       <c r="AO155" t="n">
         <v>0</v>
       </c>
       <c r="AP155" t="n">
-        <v>839</v>
+        <v>0</v>
       </c>
       <c r="AQ155" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/113445</t>
         </is>
       </c>
       <c r="AR155" t="n">
-        <v>669</v>
+        <v>0</v>
       </c>
       <c r="AS155" t="n">
-        <v>975</v>
+        <v>0</v>
       </c>
       <c r="AT155" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-hydro-lpp-treatment-150</t>
         </is>
       </c>
-      <c r="AU155" s="1" t="n">
-        <v>559.3</v>
+      <c r="AU155" t="n">
+        <v>0</v>
       </c>
       <c r="AV155" t="n">
-        <v>799</v>
+        <v>0</v>
       </c>
       <c r="AW155" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/lador_uvlazhnyayushchaya_maska_dlya_sukhikh_i_povrezhdennykh_volos_hydro_lpp_treatment_150ml-311116/</t>
         </is>
       </c>
       <c r="AX155" t="n">
-        <v>659</v>
+        <v>0</v>
       </c>
       <c r="AY155" t="n">
-        <v>879</v>
+        <v>0</v>
       </c>
       <c r="AZ155" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/maski_dlya_volos/maska-dlya-volos-vosstanavlivayushchaya-lador-hydro-lpp-treatment-tube/</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>631700</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>La'dor Hydro LPP Treatment Увлажняющая маска для сухих и поврежденных волос 500мл</t>
         </is>
       </c>
       <c r="D156" t="n">
         <v>1600</v>
       </c>
       <c r="E156" t="n">
         <v>0</v>
       </c>
       <c r="F156" t="n">
         <v>0</v>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="n">
         <v>0</v>
       </c>
       <c r="I156" t="n">
-        <v>1999</v>
+        <v>0</v>
       </c>
       <c r="J156" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_vosstanavlivayushchaya_maska_dlya_sukhikh_i_povrezhdennykh_volos_eco_hydro_lpp_treatment_refil/</t>
         </is>
       </c>
       <c r="K156" t="n">
         <v>0</v>
       </c>
       <c r="L156" t="n">
         <v>0</v>
       </c>
       <c r="M156" t="inlineStr"/>
       <c r="N156" t="n">
         <v>0</v>
       </c>
       <c r="O156" t="n">
-        <v>2025</v>
+        <v>0</v>
       </c>
       <c r="P156" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-hydro-lpp-treatment-uvlazhnyayuschaya-maska-dlya-sukhikh-i-povrezhdennykh-volos-500ml/</t>
         </is>
       </c>
       <c r="Q156" t="n">
         <v>0</v>
       </c>
       <c r="R156" t="n">
         <v>0</v>
       </c>
       <c r="S156" t="inlineStr"/>
       <c r="T156" t="n">
         <v>0</v>
       </c>
       <c r="U156" t="n">
         <v>0</v>
       </c>
       <c r="V156" t="inlineStr"/>
       <c r="W156" t="n">
         <v>0</v>
       </c>
       <c r="X156" t="n">
         <v>0</v>
       </c>
       <c r="Y156" t="inlineStr"/>
       <c r="Z156" t="n">
         <v>0</v>
       </c>
       <c r="AA156" t="n">
-        <v>2034</v>
+        <v>0</v>
       </c>
       <c r="AB156" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170247-hydro-lpp-treatment</t>
         </is>
       </c>
-      <c r="AC156" s="1" t="n">
-        <v>1378</v>
+      <c r="AC156" t="n">
+        <v>0</v>
       </c>
       <c r="AD156" t="n">
-        <v>2600</v>
+        <v>0</v>
       </c>
       <c r="AE156" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maska-dlya-volos-2533558?skuId=7526507</t>
         </is>
       </c>
       <c r="AF156" t="n">
         <v>0</v>
       </c>
       <c r="AG156" t="n">
         <v>0</v>
       </c>
       <c r="AH156" t="inlineStr"/>
       <c r="AI156" t="n">
         <v>0</v>
       </c>
       <c r="AJ156" t="n">
         <v>0</v>
       </c>
       <c r="AK156" t="inlineStr"/>
       <c r="AL156" t="n">
         <v>0</v>
       </c>
       <c r="AM156" t="n">
         <v>0</v>
       </c>
       <c r="AN156" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/maska-dlya-volos-vosstanavlivayuschaya-eco-hydro-lpp-treatment</t>
         </is>
       </c>
       <c r="AO156" t="n">
         <v>0</v>
       </c>
       <c r="AP156" t="n">
         <v>0</v>
       </c>
       <c r="AQ156" t="inlineStr"/>
       <c r="AR156" t="n">
-        <v>2099</v>
+        <v>0</v>
       </c>
       <c r="AS156" t="n">
-        <v>2210</v>
+        <v>0</v>
       </c>
       <c r="AT156" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-hydro-lpp-treatment-refill</t>
         </is>
       </c>
       <c r="AU156" t="n">
         <v>0</v>
       </c>
       <c r="AV156" t="n">
         <v>0</v>
       </c>
       <c r="AW156" t="inlineStr"/>
       <c r="AX156" t="n">
         <v>0</v>
       </c>
       <c r="AY156" t="n">
         <v>0</v>
       </c>
       <c r="AZ156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>810759</t>
@@ -24777,292 +25002,292 @@
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>La'dor Hydro LPP Treatment Увлажняющая маска для сухих и поврежденных волос 530мл</t>
         </is>
       </c>
       <c r="D157" t="n">
         <v>1781</v>
       </c>
       <c r="E157" t="n">
         <v>0</v>
       </c>
       <c r="F157" t="n">
         <v>0</v>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="n">
         <v>0</v>
       </c>
       <c r="I157" t="n">
-        <v>2299</v>
+        <v>0</v>
       </c>
       <c r="J157" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_vosstanavlivayushchaya_maska_dlya_pitaniya_volos_hydro_lpp_treatment/</t>
         </is>
       </c>
       <c r="K157" t="n">
         <v>0</v>
       </c>
       <c r="L157" t="n">
         <v>0</v>
       </c>
       <c r="M157" t="inlineStr"/>
       <c r="N157" t="n">
         <v>0</v>
       </c>
       <c r="O157" t="n">
-        <v>2230</v>
+        <v>0</v>
       </c>
       <c r="P157" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-uvlazhnyayushchaya-maska-dlya-suhih-i-povrezhdennyh-volos-eco-hydro-lpp-treatment-530ml/</t>
         </is>
       </c>
       <c r="Q157" t="n">
         <v>0</v>
       </c>
       <c r="R157" t="n">
-        <v>2190</v>
+        <v>0</v>
       </c>
       <c r="S157" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207675/</t>
         </is>
       </c>
       <c r="T157" t="n">
         <v>0</v>
       </c>
       <c r="U157" t="n">
         <v>0</v>
       </c>
       <c r="V157" t="inlineStr"/>
       <c r="W157" t="n">
         <v>0</v>
       </c>
       <c r="X157" t="n">
         <v>0</v>
       </c>
       <c r="Y157" t="inlineStr"/>
       <c r="Z157" t="n">
         <v>0</v>
       </c>
       <c r="AA157" t="n">
-        <v>2452</v>
+        <v>0</v>
       </c>
       <c r="AB157" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300035-eco-hydro-lpp-treatment</t>
         </is>
       </c>
-      <c r="AC157" s="1" t="n">
-[...3 lines deleted...]
-        <v>1600</v>
+      <c r="AC157" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD157" t="n">
+        <v>0</v>
       </c>
       <c r="AE157" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maska-dlya-volos-528476?skuId=1413379</t>
         </is>
       </c>
       <c r="AF157" t="n">
         <v>0</v>
       </c>
       <c r="AG157" t="n">
         <v>0</v>
       </c>
       <c r="AH157" t="inlineStr"/>
       <c r="AI157" t="n">
         <v>0</v>
       </c>
       <c r="AJ157" t="n">
         <v>0</v>
       </c>
       <c r="AK157" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/91/p/maska-lador-hydro-lpp-treatment-uvlaznausaa-dla-suhih-i-povrezdennyh-volos-530ml-4227335</t>
         </is>
       </c>
       <c r="AL157" t="n">
         <v>0</v>
       </c>
       <c r="AM157" t="n">
         <v>0</v>
       </c>
       <c r="AN157" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/maska-dlya-volos-vosstanavlivayuschaya-eco-hydro-lpp-treatment</t>
         </is>
       </c>
       <c r="AO157" t="n">
         <v>0</v>
       </c>
-      <c r="AP157" s="1" t="n">
-        <v>1500</v>
+      <c r="AP157" t="n">
+        <v>0</v>
       </c>
       <c r="AQ157" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/440506</t>
         </is>
       </c>
       <c r="AR157" t="n">
-        <v>2199</v>
+        <v>0</v>
       </c>
       <c r="AS157" t="n">
-        <v>2735</v>
+        <v>0</v>
       </c>
       <c r="AT157" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-hydro-lpp-treatment</t>
         </is>
       </c>
-      <c r="AU157" s="1" t="n">
-        <v>1581.3</v>
+      <c r="AU157" t="n">
+        <v>0</v>
       </c>
       <c r="AV157" t="n">
-        <v>2259</v>
+        <v>0</v>
       </c>
       <c r="AW157" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_maska_dlya_sukhikh_i_povrezhdennykh_volos_uvlazhnenie_hydro_lpp_treatment_530ml-331033/</t>
         </is>
       </c>
-      <c r="AX157" s="1" t="n">
-        <v>1426</v>
+      <c r="AX157" t="n">
+        <v>0</v>
       </c>
       <c r="AY157" t="n">
-        <v>1902</v>
+        <v>0</v>
       </c>
       <c r="AZ157" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/maski_dlya_volos/maska-dlya-volos-vosstanavlivayushchaya-lador-hydro-lpp-treatment-tube-type/</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>632325</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>La'dor Keratin LPP Shampoo Osmanthus Шампунь для волос с кератином 200мл</t>
         </is>
       </c>
       <c r="D158" t="n">
         <v>889</v>
       </c>
       <c r="E158" t="n">
         <v>0</v>
       </c>
       <c r="F158" t="n">
         <v>0</v>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="n">
         <v>0</v>
       </c>
       <c r="I158" t="n">
-        <v>1099</v>
+        <v>0</v>
       </c>
       <c r="J158" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_bessulfatnyy_proteinovyy_shampun_keratin_lpp_shampoo_mauve_edition/</t>
         </is>
       </c>
       <c r="K158" t="n">
         <v>0</v>
       </c>
       <c r="L158" t="n">
         <v>0</v>
       </c>
       <c r="M158" t="inlineStr"/>
       <c r="N158" t="n">
         <v>0</v>
       </c>
       <c r="O158" t="n">
-        <v>1125</v>
+        <v>0</v>
       </c>
       <c r="P158" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-keratin-lpp-shampoo-mauve-edition-shampun-dlya-volos-s-keratinom-200ml/</t>
         </is>
       </c>
       <c r="Q158" t="n">
         <v>0</v>
       </c>
       <c r="R158" t="n">
-        <v>1010</v>
+        <v>0</v>
       </c>
       <c r="S158" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/5667920/</t>
         </is>
       </c>
       <c r="T158" t="n">
         <v>0</v>
       </c>
       <c r="U158" t="n">
         <v>0</v>
       </c>
       <c r="V158" t="inlineStr"/>
       <c r="W158" t="n">
         <v>0</v>
       </c>
       <c r="X158" t="n">
         <v>0</v>
       </c>
       <c r="Y158" t="inlineStr"/>
       <c r="Z158" t="n">
         <v>0</v>
       </c>
       <c r="AA158" t="n">
-        <v>1131</v>
+        <v>0</v>
       </c>
       <c r="AB158" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170263-keratin-lpp-shampoo-mauve-edition</t>
         </is>
       </c>
-      <c r="AC158" s="1" t="n">
-[...3 lines deleted...]
-        <v>700</v>
+      <c r="AC158" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD158" t="n">
+        <v>0</v>
       </c>
       <c r="AE158" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-lador-mauve-2153748?skuId=6297086</t>
         </is>
       </c>
       <c r="AF158" t="n">
         <v>0</v>
       </c>
       <c r="AG158" t="n">
         <v>0</v>
       </c>
       <c r="AH158" t="inlineStr"/>
       <c r="AI158" t="n">
         <v>0</v>
       </c>
       <c r="AJ158" t="n">
         <v>0</v>
       </c>
       <c r="AK158" t="inlineStr"/>
       <c r="AL158" t="n">
         <v>0</v>
       </c>
       <c r="AM158" t="n">
         <v>0</v>
@@ -25127,139 +25352,143 @@
         <v>0</v>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="n">
         <v>0</v>
       </c>
       <c r="I159" t="n">
         <v>0</v>
       </c>
       <c r="J159" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_proteinovyy_shampun_c_keratinom_keratin_lpp_shampoo_refill/</t>
         </is>
       </c>
       <c r="K159" t="n">
         <v>0</v>
       </c>
       <c r="L159" t="n">
         <v>0</v>
       </c>
       <c r="M159" t="inlineStr"/>
       <c r="N159" t="n">
         <v>0</v>
       </c>
       <c r="O159" t="n">
-        <v>2025</v>
+        <v>0</v>
       </c>
       <c r="P159" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-keratin-lpp-shampoo-shampun-dlya-volos-s-keratinom-500ml/</t>
         </is>
       </c>
       <c r="Q159" t="n">
         <v>0</v>
       </c>
       <c r="R159" t="n">
         <v>0</v>
       </c>
       <c r="S159" t="inlineStr"/>
       <c r="T159" t="n">
         <v>0</v>
       </c>
       <c r="U159" t="n">
         <v>0</v>
       </c>
       <c r="V159" t="inlineStr"/>
       <c r="W159" t="n">
         <v>0</v>
       </c>
       <c r="X159" t="n">
         <v>0</v>
       </c>
       <c r="Y159" t="inlineStr"/>
       <c r="Z159" t="n">
         <v>0</v>
       </c>
       <c r="AA159" t="n">
-        <v>2136</v>
+        <v>0</v>
       </c>
       <c r="AB159" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170262-keratin-lpp-shampoo</t>
         </is>
       </c>
-      <c r="AC159" s="1" t="n">
-[...3 lines deleted...]
-        <v>570</v>
+      <c r="AC159" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD159" t="n">
+        <v>0</v>
       </c>
       <c r="AE159" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-bessulfatnyj-keratinovyj-521281?skuId=7032950</t>
         </is>
       </c>
       <c r="AF159" t="n">
         <v>0</v>
       </c>
       <c r="AG159" t="n">
         <v>0</v>
       </c>
       <c r="AH159" t="inlineStr"/>
       <c r="AI159" t="n">
         <v>0</v>
       </c>
       <c r="AJ159" t="n">
         <v>0</v>
       </c>
       <c r="AK159" t="inlineStr"/>
       <c r="AL159" t="n">
         <v>0</v>
       </c>
       <c r="AM159" t="n">
         <v>0</v>
       </c>
       <c r="AN159" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-keratinovyy-keratin-lpp-shampoo-530ml</t>
         </is>
       </c>
       <c r="AO159" t="n">
         <v>0</v>
       </c>
       <c r="AP159" t="n">
         <v>0</v>
       </c>
       <c r="AQ159" t="inlineStr"/>
       <c r="AR159" t="n">
         <v>0</v>
       </c>
       <c r="AS159" t="n">
         <v>0</v>
       </c>
-      <c r="AT159" t="inlineStr"/>
+      <c r="AT159" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/lador-keratin-lpp-shampoo-refill</t>
+        </is>
+      </c>
       <c r="AU159" t="n">
         <v>0</v>
       </c>
       <c r="AV159" t="n">
         <v>0</v>
       </c>
       <c r="AW159" t="inlineStr"/>
       <c r="AX159" t="n">
         <v>0</v>
       </c>
       <c r="AY159" t="n">
         <v>0</v>
       </c>
       <c r="AZ159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
           <t>811695</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
@@ -25275,323 +25504,323 @@
       <c r="E160" t="n">
         <v>0</v>
       </c>
       <c r="F160" t="n">
         <v>0</v>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="n">
         <v>0</v>
       </c>
       <c r="I160" t="n">
         <v>0</v>
       </c>
       <c r="J160" t="inlineStr"/>
       <c r="K160" t="n">
         <v>0</v>
       </c>
       <c r="L160" t="n">
         <v>0</v>
       </c>
       <c r="M160" t="inlineStr"/>
       <c r="N160" t="n">
         <v>0</v>
       </c>
       <c r="O160" t="n">
-        <v>2125</v>
+        <v>0</v>
       </c>
       <c r="P160" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-syvorotka-s-keratinom-dlya-sekushchihsya-konchikov-keratin-power-glue-150ml/</t>
         </is>
       </c>
       <c r="Q160" t="n">
         <v>0</v>
       </c>
       <c r="R160" t="n">
         <v>0</v>
       </c>
       <c r="S160" t="inlineStr"/>
       <c r="T160" t="n">
         <v>0</v>
       </c>
       <c r="U160" t="n">
         <v>0</v>
       </c>
       <c r="V160" t="inlineStr"/>
       <c r="W160" t="n">
         <v>0</v>
       </c>
       <c r="X160" t="n">
         <v>0</v>
       </c>
       <c r="Y160" t="inlineStr"/>
       <c r="Z160" t="n">
         <v>0</v>
       </c>
       <c r="AA160" t="n">
-        <v>2157</v>
+        <v>0</v>
       </c>
       <c r="AB160" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300029-keratin-power-glue</t>
         </is>
       </c>
       <c r="AC160" t="n">
         <v>0</v>
       </c>
       <c r="AD160" t="n">
         <v>0</v>
       </c>
       <c r="AE160" t="inlineStr"/>
       <c r="AF160" t="n">
         <v>0</v>
       </c>
       <c r="AG160" t="n">
         <v>0</v>
       </c>
       <c r="AH160" t="inlineStr"/>
       <c r="AI160" t="n">
         <v>0</v>
       </c>
       <c r="AJ160" t="n">
         <v>0</v>
       </c>
       <c r="AK160" t="inlineStr"/>
       <c r="AL160" t="n">
         <v>0</v>
       </c>
       <c r="AM160" t="n">
         <v>0</v>
       </c>
       <c r="AN160" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/syvorotka-dlya-sekuschihsya-konchikov-volos-keratin-power-glue</t>
         </is>
       </c>
       <c r="AO160" t="n">
         <v>0</v>
       </c>
-      <c r="AP160" s="1" t="n">
-        <v>1680</v>
+      <c r="AP160" t="n">
+        <v>0</v>
       </c>
       <c r="AQ160" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/115455</t>
         </is>
       </c>
       <c r="AR160" t="n">
-        <v>1799</v>
+        <v>0</v>
       </c>
       <c r="AS160" t="n">
-        <v>2600</v>
+        <v>0</v>
       </c>
       <c r="AT160" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-keratin-power-glue-150</t>
         </is>
       </c>
       <c r="AU160" t="n">
         <v>0</v>
       </c>
       <c r="AV160" t="n">
         <v>0</v>
       </c>
       <c r="AW160" t="inlineStr"/>
       <c r="AX160" t="n">
-        <v>1706</v>
+        <v>0</v>
       </c>
       <c r="AY160" t="n">
-        <v>2275</v>
+        <v>0</v>
       </c>
       <c r="AZ160" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/maski_dlya_volos/syvorotka-kley-dlya-posechyennykh-konchikov-volos-lador-keratin-power/</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
           <t>810575</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>La'dor Keratin Power Glue Сыворотка с кератином для секущихся кончиков 15г</t>
         </is>
       </c>
       <c r="D161" t="n">
         <v>200</v>
       </c>
       <c r="E161" t="n">
         <v>0</v>
       </c>
       <c r="F161" t="n">
         <v>0</v>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="n">
         <v>0</v>
       </c>
-      <c r="I161" s="1" t="n">
-        <v>199</v>
+      <c r="I161" t="n">
+        <v>0</v>
       </c>
       <c r="J161" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_syvorotka_kley_dlya_posechyennykh_konchikov_15ml_keratin_power_glue/</t>
         </is>
       </c>
       <c r="K161" t="n">
         <v>0</v>
       </c>
       <c r="L161" t="n">
         <v>0</v>
       </c>
       <c r="M161" t="inlineStr"/>
       <c r="N161" t="n">
         <v>0</v>
       </c>
       <c r="O161" t="n">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="P161" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-syvorotka-s-keratinom-dlya-sekushchihsya-konchikov-keratin-power-glue-15ml/</t>
         </is>
       </c>
       <c r="Q161" t="n">
         <v>0</v>
       </c>
       <c r="R161" t="n">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="S161" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/209218/</t>
         </is>
       </c>
       <c r="T161" t="n">
         <v>0</v>
       </c>
       <c r="U161" t="n">
         <v>0</v>
       </c>
       <c r="V161" t="inlineStr"/>
       <c r="W161" t="n">
         <v>0</v>
       </c>
       <c r="X161" t="n">
         <v>0</v>
       </c>
       <c r="Y161" t="inlineStr"/>
       <c r="Z161" t="n">
         <v>0</v>
       </c>
       <c r="AA161" t="n">
-        <v>306</v>
+        <v>0</v>
       </c>
       <c r="AB161" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300018-keratin-power-glue</t>
         </is>
       </c>
       <c r="AC161" t="n">
-        <v>222</v>
+        <v>0</v>
       </c>
       <c r="AD161" t="n">
-        <v>257</v>
+        <v>0</v>
       </c>
       <c r="AE161" t="inlineStr">
         <is>
           <t>https://mm.ru/product/syvorotka-s-keratinom-597783?skuId=1586437</t>
         </is>
       </c>
       <c r="AF161" t="n">
         <v>0</v>
       </c>
       <c r="AG161" t="n">
         <v>0</v>
       </c>
       <c r="AH161" t="inlineStr"/>
       <c r="AI161" t="n">
         <v>0</v>
       </c>
       <c r="AJ161" t="n">
         <v>0</v>
       </c>
       <c r="AK161" t="inlineStr"/>
       <c r="AL161" t="n">
         <v>0</v>
       </c>
       <c r="AM161" t="n">
         <v>0</v>
       </c>
       <c r="AN161" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/syvorotka-dlya-sekuschihsya-konchikov-volos-keratin-power-glue</t>
         </is>
       </c>
       <c r="AO161" t="n">
         <v>0</v>
       </c>
       <c r="AP161" t="n">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="AQ161" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/125875</t>
         </is>
       </c>
       <c r="AR161" t="n">
-        <v>249</v>
+        <v>0</v>
       </c>
       <c r="AS161" t="n">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="AT161" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-keratin-power-glue-travel-size-15</t>
         </is>
       </c>
       <c r="AU161" t="n">
         <v>0</v>
       </c>
       <c r="AV161" t="n">
         <v>0</v>
       </c>
       <c r="AW161" t="inlineStr"/>
-      <c r="AX161" s="1" t="n">
-        <v>189</v>
+      <c r="AX161" t="n">
+        <v>0</v>
       </c>
       <c r="AY161" t="n">
-        <v>253</v>
+        <v>0</v>
       </c>
       <c r="AZ161" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/maski_dlya_volos/syvorotka-kley-dlya-posechyennykh-konchikov-volos-lador-keratin/</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>815358</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>La'dor Keratin Power Glue Сыворотка с кератином для секущихся кончиков 4*15г</t>
         </is>
       </c>
       <c r="D162" t="n">
         <v>990</v>
@@ -25603,133 +25832,133 @@
         <v>0</v>
       </c>
       <c r="G162" t="inlineStr">
         <is>
           <t>https://366.ru/p/lador-syvorotka-dlja-sekushhikhsja-konchikov-keratin-power-glue-15gr-4sht-340554/</t>
         </is>
       </c>
       <c r="H162" t="n">
         <v>0</v>
       </c>
       <c r="I162" t="n">
         <v>0</v>
       </c>
       <c r="J162" t="inlineStr"/>
       <c r="K162" t="n">
         <v>0</v>
       </c>
       <c r="L162" t="n">
         <v>0</v>
       </c>
       <c r="M162" t="inlineStr"/>
       <c r="N162" t="n">
         <v>0</v>
       </c>
       <c r="O162" t="n">
-        <v>1240</v>
+        <v>0</v>
       </c>
       <c r="P162" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-keratin-power-glue-syvorotka-s-keratinom-dlja-sekuschixsja-konchikov-415g/</t>
         </is>
       </c>
       <c r="Q162" t="n">
         <v>0</v>
       </c>
       <c r="R162" t="n">
         <v>0</v>
       </c>
       <c r="S162" t="inlineStr"/>
       <c r="T162" t="n">
         <v>0</v>
       </c>
       <c r="U162" t="n">
         <v>0</v>
       </c>
       <c r="V162" t="inlineStr"/>
       <c r="W162" t="n">
         <v>0</v>
       </c>
       <c r="X162" t="n">
         <v>0</v>
       </c>
       <c r="Y162" t="inlineStr"/>
       <c r="Z162" t="n">
         <v>0</v>
       </c>
       <c r="AA162" t="n">
-        <v>1185</v>
+        <v>0</v>
       </c>
       <c r="AB162" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000004412-keratin-power-glue</t>
         </is>
       </c>
       <c r="AC162" t="n">
         <v>0</v>
       </c>
       <c r="AD162" t="n">
         <v>0</v>
       </c>
       <c r="AE162" t="inlineStr"/>
       <c r="AF162" t="n">
         <v>0</v>
       </c>
       <c r="AG162" t="n">
         <v>0</v>
       </c>
       <c r="AH162" t="inlineStr"/>
       <c r="AI162" t="n">
         <v>0</v>
       </c>
       <c r="AJ162" t="n">
         <v>0</v>
       </c>
       <c r="AK162" t="inlineStr"/>
       <c r="AL162" t="n">
         <v>0</v>
       </c>
       <c r="AM162" t="n">
         <v>0</v>
       </c>
       <c r="AN162" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/syvorotka-dlya-sekuschihsya-konchikov-volos-keratin-power-glue</t>
         </is>
       </c>
       <c r="AO162" t="n">
         <v>0</v>
       </c>
       <c r="AP162" t="n">
         <v>0</v>
       </c>
       <c r="AQ162" t="inlineStr"/>
       <c r="AR162" t="n">
-        <v>1014</v>
+        <v>0</v>
       </c>
       <c r="AS162" t="n">
-        <v>1610</v>
+        <v>0</v>
       </c>
       <c r="AT162" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-keratin-power-glue-pieces-4</t>
         </is>
       </c>
       <c r="AU162" t="n">
         <v>0</v>
       </c>
       <c r="AV162" t="n">
         <v>0</v>
       </c>
       <c r="AW162" t="inlineStr"/>
       <c r="AX162" t="n">
         <v>0</v>
       </c>
       <c r="AY162" t="n">
         <v>0</v>
       </c>
       <c r="AZ162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>817598</t>
@@ -25741,167 +25970,167 @@
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>La'dor Moisture Balancing Conditioner Увлажняющий кондиционер для волос 100мл</t>
         </is>
       </c>
       <c r="D163" t="n">
         <v>385</v>
       </c>
       <c r="E163" t="n">
         <v>0</v>
       </c>
       <c r="F163" t="n">
         <v>0</v>
       </c>
       <c r="G163" t="inlineStr">
         <is>
           <t>https://366.ru/p/lador-kondicioner-dlja-volos-uvlazhnjajushhij-moisture-balancing-100ml-340547/</t>
         </is>
       </c>
       <c r="H163" t="n">
         <v>0</v>
       </c>
       <c r="I163" t="n">
-        <v>499</v>
+        <v>0</v>
       </c>
       <c r="J163" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_uvlazhnyayushchiy_bessilikonovyy_konditsioner_100ml_moisture_balancing_conditioner/</t>
         </is>
       </c>
       <c r="K163" t="n">
-        <v>425</v>
+        <v>0</v>
       </c>
       <c r="L163" t="n">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="M163" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_bessilikonovyy_uvlazhnyayushchiy_balzam_dlya_volos_100ml/?ysclid=m8iu0poljm768295045</t>
         </is>
       </c>
       <c r="N163" t="n">
         <v>0</v>
       </c>
       <c r="O163" t="n">
-        <v>485</v>
+        <v>0</v>
       </c>
       <c r="P163" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-uvlazhnjajuschij-bessilikonovyj-balzam-dlja-volos-moisture-balancing-conditioner/</t>
         </is>
       </c>
       <c r="Q163" t="n">
         <v>0</v>
       </c>
       <c r="R163" t="n">
-        <v>440</v>
+        <v>0</v>
       </c>
       <c r="S163" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207668/</t>
         </is>
       </c>
       <c r="T163" t="n">
         <v>0</v>
       </c>
       <c r="U163" t="n">
         <v>0</v>
       </c>
       <c r="V163" t="inlineStr"/>
       <c r="W163" t="n">
         <v>0</v>
       </c>
       <c r="X163" t="n">
         <v>0</v>
       </c>
       <c r="Y163" t="inlineStr"/>
       <c r="Z163" t="n">
         <v>0</v>
       </c>
       <c r="AA163" t="n">
-        <v>518</v>
+        <v>0</v>
       </c>
       <c r="AB163" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170243-moisture-balancing-conditioner</t>
         </is>
       </c>
       <c r="AC163" t="n">
-        <v>395</v>
+        <v>0</v>
       </c>
       <c r="AD163" t="n">
-        <v>545</v>
+        <v>0</v>
       </c>
       <c r="AE163" t="inlineStr">
         <is>
           <t>https://mm.ru/product/kondicioner-bez-silikonov-586962?skuId=1557779</t>
         </is>
       </c>
       <c r="AF163" t="n">
         <v>0</v>
       </c>
       <c r="AG163" t="n">
         <v>0</v>
       </c>
       <c r="AH163" t="inlineStr"/>
       <c r="AI163" t="n">
         <v>0</v>
       </c>
       <c r="AJ163" t="n">
         <v>0</v>
       </c>
       <c r="AK163" t="inlineStr"/>
       <c r="AL163" t="n">
         <v>0</v>
       </c>
       <c r="AM163" t="n">
         <v>0</v>
       </c>
       <c r="AN163" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/konditsioner-dlya-volos-uvlazhnyayuschiy-moisture-balancing-sonditioner</t>
         </is>
       </c>
       <c r="AO163" t="n">
         <v>0</v>
       </c>
       <c r="AP163" t="n">
-        <v>519</v>
+        <v>0</v>
       </c>
       <c r="AQ163" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/113446</t>
         </is>
       </c>
-      <c r="AR163" s="1" t="n">
-        <v>367</v>
+      <c r="AR163" t="n">
+        <v>0</v>
       </c>
       <c r="AS163" t="n">
-        <v>565</v>
+        <v>0</v>
       </c>
       <c r="AT163" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-moisture-balancing-conditioner-100</t>
         </is>
       </c>
       <c r="AU163" t="n">
         <v>0</v>
       </c>
       <c r="AV163" t="n">
         <v>0</v>
       </c>
       <c r="AW163" t="inlineStr"/>
       <c r="AX163" t="n">
         <v>0</v>
       </c>
       <c r="AY163" t="n">
         <v>0</v>
       </c>
       <c r="AZ163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>810612</t>
@@ -25909,362 +26138,362 @@
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>La'dor Moisture Balancing Conditioner Увлажняющий кондиционер для волос 530мл</t>
         </is>
       </c>
       <c r="D164" t="n">
         <v>1366</v>
       </c>
       <c r="E164" t="n">
         <v>0</v>
       </c>
       <c r="F164" t="n">
         <v>0</v>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="n">
         <v>0</v>
       </c>
       <c r="I164" t="n">
-        <v>1699</v>
+        <v>0</v>
       </c>
       <c r="J164" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_uvlazhnyayushchiy_bessilikonovyy_konditsioner_moisture_balancing_conditioner/</t>
         </is>
       </c>
       <c r="K164" t="n">
         <v>0</v>
       </c>
       <c r="L164" t="n">
         <v>0</v>
       </c>
       <c r="M164" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_bessilikonovyy_uvlazhnyayushchiy_balzam_dlya_volos_530ml/?ysclid=m8iu0v98p367286647</t>
         </is>
       </c>
       <c r="N164" t="n">
         <v>0</v>
       </c>
       <c r="O164" t="n">
-        <v>1725</v>
+        <v>0</v>
       </c>
       <c r="P164" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-uvlazhnyayushchij-bessilikonovyj-balzam-dlya-volos-moisture-balancing-conditioner-530ml/</t>
         </is>
       </c>
       <c r="Q164" t="n">
         <v>0</v>
       </c>
       <c r="R164" t="n">
-        <v>1610</v>
+        <v>0</v>
       </c>
       <c r="S164" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207591/</t>
         </is>
       </c>
       <c r="T164" t="n">
         <v>0</v>
       </c>
       <c r="U164" t="n">
         <v>0</v>
       </c>
       <c r="V164" t="inlineStr"/>
       <c r="W164" t="n">
         <v>0</v>
       </c>
       <c r="X164" t="n">
         <v>0</v>
       </c>
       <c r="Y164" t="inlineStr"/>
       <c r="Z164" t="n">
         <v>0</v>
       </c>
       <c r="AA164" t="n">
-        <v>1795</v>
+        <v>0</v>
       </c>
       <c r="AB164" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760100001-moisture-balancing-sonditioner</t>
         </is>
       </c>
       <c r="AC164" t="n">
-        <v>1398</v>
+        <v>0</v>
       </c>
       <c r="AD164" t="n">
-        <v>1620</v>
+        <v>0</v>
       </c>
       <c r="AE164" t="inlineStr">
         <is>
           <t>https://mm.ru/product/kondicioner-bez-silikonov-586962?skuId=1557780</t>
         </is>
       </c>
       <c r="AF164" t="n">
         <v>0</v>
       </c>
       <c r="AG164" t="n">
         <v>0</v>
       </c>
       <c r="AH164" t="inlineStr"/>
       <c r="AI164" t="n">
         <v>0</v>
       </c>
       <c r="AJ164" t="n">
         <v>0</v>
       </c>
       <c r="AK164" t="inlineStr">
         <is>
           <t>https://www.perekrestok.ru/cat/91/p/kondicioner-lador-moisture-balancing-conditioner-uvlaznausij-dla-volos-530ml-4227342</t>
         </is>
       </c>
       <c r="AL164" t="n">
         <v>0</v>
       </c>
       <c r="AM164" t="n">
         <v>0</v>
       </c>
       <c r="AN164" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/konditsioner-dlya-volos-uvlazhnyayuschiy-moisture-balancing-sonditioner</t>
         </is>
       </c>
       <c r="AO164" t="n">
         <v>0</v>
       </c>
       <c r="AP164" t="n">
-        <v>1559</v>
+        <v>0</v>
       </c>
       <c r="AQ164" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/437526</t>
         </is>
       </c>
       <c r="AR164" t="n">
-        <v>1798</v>
+        <v>0</v>
       </c>
       <c r="AS164" t="n">
-        <v>2020</v>
+        <v>0</v>
       </c>
       <c r="AT164" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-moisture-balancing-conditioner</t>
         </is>
       </c>
-      <c r="AU164" s="1" t="n">
-[...3 lines deleted...]
-        <v>1199</v>
+      <c r="AU164" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV164" t="n">
+        <v>0</v>
       </c>
       <c r="AW164" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/lador_konditsioner_uvlazhnyayushchiy_moisture_balansing_conditioner_530ml-311118/</t>
         </is>
       </c>
-      <c r="AX164" s="1" t="n">
-        <v>1110</v>
+      <c r="AX164" t="n">
+        <v>0</v>
       </c>
       <c r="AY164" t="n">
-        <v>1480</v>
+        <v>0</v>
       </c>
       <c r="AZ164" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/balzamy_i_konditsionery/balzam-uvlazhnyayushchiy-dlya-sukhikh-i-povrezhdennykh/</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>817581</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>La'dor Moisture Balancing Shampoo Увлажняющий шампунь 100мл</t>
         </is>
       </c>
       <c r="D165" t="n">
         <v>385</v>
       </c>
       <c r="E165" t="n">
         <v>0</v>
       </c>
       <c r="F165" t="n">
         <v>0</v>
       </c>
       <c r="G165" t="inlineStr">
         <is>
           <t>https://366.ru/p/lador-shampun-dlja-volos-uvlazhnjajushhij-moisture-balancing-100ml-340556/</t>
         </is>
       </c>
       <c r="H165" t="n">
         <v>0</v>
       </c>
       <c r="I165" t="n">
-        <v>499</v>
+        <v>0</v>
       </c>
       <c r="J165" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_uvlazhnyayushchiy_bessilikonovyy_shampun_100ml_moisture_balancing_shampoo/</t>
         </is>
       </c>
       <c r="K165" t="n">
-        <v>425</v>
+        <v>0</v>
       </c>
       <c r="L165" t="n">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="M165" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_bessilikonovyy_uvlazhnyayushchiy_shampun_dlya_volos_100ml/?ysclid=m8iu0ex0g413567886</t>
         </is>
       </c>
       <c r="N165" t="n">
         <v>0</v>
       </c>
       <c r="O165" t="n">
-        <v>485</v>
+        <v>0</v>
       </c>
       <c r="P165" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-uvlazhnjajuschij-bessilikonovyj-shampun-moisture-balancing-shampoo/</t>
         </is>
       </c>
       <c r="Q165" t="n">
         <v>0</v>
       </c>
       <c r="R165" t="n">
-        <v>440</v>
+        <v>0</v>
       </c>
       <c r="S165" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207754/</t>
         </is>
       </c>
       <c r="T165" t="n">
         <v>0</v>
       </c>
       <c r="U165" t="n">
         <v>0</v>
       </c>
       <c r="V165" t="inlineStr"/>
       <c r="W165" t="n">
         <v>0</v>
       </c>
       <c r="X165" t="n">
         <v>0</v>
       </c>
       <c r="Y165" t="inlineStr"/>
       <c r="Z165" t="n">
         <v>0</v>
       </c>
       <c r="AA165" t="n">
-        <v>527</v>
+        <v>0</v>
       </c>
       <c r="AB165" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000004417-moisture-balancing-shampoo</t>
         </is>
       </c>
-      <c r="AC165" s="1" t="n">
-        <v>315</v>
+      <c r="AC165" t="n">
+        <v>0</v>
       </c>
       <c r="AD165" t="n">
-        <v>450</v>
+        <v>0</v>
       </c>
       <c r="AE165" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-professionalnyj-lador-521144?skuId=1396876</t>
         </is>
       </c>
       <c r="AF165" t="n">
         <v>0</v>
       </c>
       <c r="AG165" t="n">
         <v>0</v>
       </c>
       <c r="AH165" t="inlineStr"/>
       <c r="AI165" t="n">
         <v>0</v>
       </c>
       <c r="AJ165" t="n">
         <v>0</v>
       </c>
       <c r="AK165" t="inlineStr"/>
       <c r="AL165" t="n">
         <v>0</v>
       </c>
       <c r="AM165" t="n">
         <v>0</v>
       </c>
       <c r="AN165" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-uvlazhnyayuschiy-moisture-balancing-shampoo</t>
         </is>
       </c>
       <c r="AO165" t="n">
         <v>0</v>
       </c>
-      <c r="AP165" s="1" t="n">
-        <v>372</v>
+      <c r="AP165" t="n">
+        <v>0</v>
       </c>
       <c r="AQ165" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/115457</t>
         </is>
       </c>
-      <c r="AR165" s="1" t="n">
-        <v>365</v>
+      <c r="AR165" t="n">
+        <v>0</v>
       </c>
       <c r="AS165" t="n">
-        <v>570</v>
+        <v>0</v>
       </c>
       <c r="AT165" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-moisture-balancing-shampoo</t>
         </is>
       </c>
-      <c r="AU165" s="1" t="n">
-        <v>318.5</v>
+      <c r="AU165" t="n">
+        <v>0</v>
       </c>
       <c r="AV165" t="n">
-        <v>455</v>
+        <v>0</v>
       </c>
       <c r="AW165" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_shampun_dlya_volos_uvlazhnenie_moisture_balancing_shampoo_100ml-331032/</t>
         </is>
       </c>
       <c r="AX165" t="n">
         <v>0</v>
       </c>
       <c r="AY165" t="n">
         <v>0</v>
       </c>
       <c r="AZ165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>632554</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
@@ -26279,308 +26508,308 @@
       <c r="E166" t="n">
         <v>0</v>
       </c>
       <c r="F166" t="n">
         <v>0</v>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="n">
         <v>0</v>
       </c>
       <c r="I166" t="n">
         <v>0</v>
       </c>
       <c r="J166" t="inlineStr"/>
       <c r="K166" t="n">
         <v>0</v>
       </c>
       <c r="L166" t="n">
         <v>0</v>
       </c>
       <c r="M166" t="inlineStr"/>
       <c r="N166" t="n">
         <v>0</v>
       </c>
       <c r="O166" t="n">
-        <v>2445</v>
+        <v>0</v>
       </c>
       <c r="P166" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_perfect_hair_fill_up_mauve_edition_13_3_/</t>
         </is>
       </c>
       <c r="Q166" t="n">
         <v>0</v>
       </c>
       <c r="R166" t="n">
         <v>0</v>
       </c>
       <c r="S166" t="inlineStr"/>
       <c r="T166" t="n">
         <v>0</v>
       </c>
       <c r="U166" t="n">
         <v>0</v>
       </c>
       <c r="V166" t="inlineStr"/>
       <c r="W166" t="n">
         <v>0</v>
       </c>
       <c r="X166" t="n">
         <v>0</v>
       </c>
       <c r="Y166" t="inlineStr"/>
       <c r="Z166" t="n">
         <v>0</v>
       </c>
       <c r="AA166" t="n">
-        <v>2341</v>
+        <v>0</v>
       </c>
       <c r="AB166" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000208651-perfect-hair-fill-up</t>
         </is>
       </c>
-      <c r="AC166" s="1" t="n">
-[...3 lines deleted...]
-        <v>1700</v>
+      <c r="AC166" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD166" t="n">
+        <v>0</v>
       </c>
       <c r="AE166" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maska-filler-dlya-2251240?skuId=6678654</t>
         </is>
       </c>
       <c r="AF166" t="n">
         <v>0</v>
       </c>
       <c r="AG166" t="n">
         <v>0</v>
       </c>
       <c r="AH166" t="inlineStr"/>
       <c r="AI166" t="n">
         <v>0</v>
       </c>
       <c r="AJ166" t="n">
         <v>0</v>
       </c>
       <c r="AK166" t="inlineStr"/>
-      <c r="AL166" s="1" t="n">
-        <v>1688</v>
+      <c r="AL166" t="n">
+        <v>0</v>
       </c>
       <c r="AM166" t="n">
-        <v>2110</v>
+        <v>0</v>
       </c>
       <c r="AN166" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/filler-dlya-vosstanovleniya-volos-perfect-hair-fill-up-mauve-edition</t>
         </is>
       </c>
       <c r="AO166" t="n">
         <v>0</v>
       </c>
       <c r="AP166" t="n">
         <v>0</v>
       </c>
       <c r="AQ166" t="inlineStr"/>
       <c r="AR166" t="n">
         <v>0</v>
       </c>
       <c r="AS166" t="n">
         <v>0</v>
       </c>
       <c r="AT166" t="inlineStr"/>
-      <c r="AU166" s="1" t="n">
-[...3 lines deleted...]
-        <v>1579</v>
+      <c r="AU166" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV166" t="n">
+        <v>0</v>
       </c>
       <c r="AW166" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_nabor_fillerov_dlya_volos_perfect_hair_fill_up_osmanthus_10sht_13ml_-364953/</t>
         </is>
       </c>
       <c r="AX166" t="n">
         <v>0</v>
       </c>
       <c r="AY166" t="n">
         <v>0</v>
       </c>
       <c r="AZ166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>814030</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>La'dor Perfect Hair Fill-Up Филлер для восстановления волос 150мл</t>
         </is>
       </c>
       <c r="D167" t="n">
         <v>1784</v>
       </c>
       <c r="E167" t="n">
         <v>0</v>
       </c>
       <c r="F167" t="n">
         <v>0</v>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="n">
         <v>0</v>
       </c>
       <c r="I167" t="n">
-        <v>2199</v>
+        <v>0</v>
       </c>
       <c r="J167" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_intensivnyy_filler_dlya_vosstanovleniya_volos_perfect_hair_fill_up_150/</t>
         </is>
       </c>
       <c r="K167" t="n">
         <v>0</v>
       </c>
       <c r="L167" t="n">
         <v>0</v>
       </c>
       <c r="M167" t="inlineStr"/>
       <c r="N167" t="n">
         <v>0</v>
       </c>
       <c r="O167" t="n">
-        <v>2230</v>
+        <v>0</v>
       </c>
       <c r="P167" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-perfect-hair-fill-up-filler-dlja-vosstanovlenija-volos-150-ml/</t>
         </is>
       </c>
       <c r="Q167" t="n">
         <v>0</v>
       </c>
       <c r="R167" t="n">
-        <v>2220</v>
+        <v>0</v>
       </c>
       <c r="S167" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/209255/</t>
         </is>
       </c>
       <c r="T167" t="n">
         <v>0</v>
       </c>
       <c r="U167" t="n">
         <v>0</v>
       </c>
       <c r="V167" t="inlineStr"/>
       <c r="W167" t="n">
         <v>0</v>
       </c>
       <c r="X167" t="n">
         <v>0</v>
       </c>
       <c r="Y167" t="inlineStr"/>
       <c r="Z167" t="n">
         <v>0</v>
       </c>
       <c r="AA167" t="n">
-        <v>2589</v>
+        <v>0</v>
       </c>
       <c r="AB167" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300036-perfect-hair-fill-up</t>
         </is>
       </c>
-      <c r="AC167" s="1" t="n">
-[...3 lines deleted...]
-        <v>1690</v>
+      <c r="AC167" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD167" t="n">
+        <v>0</v>
       </c>
       <c r="AE167" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maska-dlya-vosstanovleniya-1790160?skuId=5011328</t>
         </is>
       </c>
       <c r="AF167" t="n">
         <v>0</v>
       </c>
       <c r="AG167" t="n">
         <v>0</v>
       </c>
       <c r="AH167" t="inlineStr"/>
       <c r="AI167" t="n">
         <v>0</v>
       </c>
       <c r="AJ167" t="n">
         <v>0</v>
       </c>
       <c r="AK167" t="inlineStr"/>
       <c r="AL167" t="n">
         <v>0</v>
       </c>
       <c r="AM167" t="n">
         <v>0</v>
       </c>
       <c r="AN167" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/filler-dlya-vosstanovleniya-volos-perfect-hair-fill-up</t>
         </is>
       </c>
       <c r="AO167" t="n">
         <v>0</v>
       </c>
       <c r="AP167" t="n">
         <v>0</v>
       </c>
       <c r="AQ167" t="inlineStr"/>
       <c r="AR167" t="n">
-        <v>2674</v>
+        <v>0</v>
       </c>
       <c r="AS167" t="n">
-        <v>2815</v>
+        <v>0</v>
       </c>
       <c r="AT167" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-perfect-hair-fill-up-1</t>
         </is>
       </c>
-      <c r="AU167" s="1" t="n">
-        <v>1467.2</v>
+      <c r="AU167" t="n">
+        <v>0</v>
       </c>
       <c r="AV167" t="n">
-        <v>2096</v>
+        <v>0</v>
       </c>
       <c r="AW167" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/lador_filler_dlya_vosstanovleniya_struktury_volos_perfect_hair_fill_up_150ml-311121/</t>
         </is>
       </c>
       <c r="AX167" t="n">
         <v>0</v>
       </c>
       <c r="AY167" t="n">
         <v>0</v>
       </c>
       <c r="AZ167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>937257</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
@@ -26595,159 +26824,159 @@
       <c r="E168" t="n">
         <v>0</v>
       </c>
       <c r="F168" t="n">
         <v>0</v>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="n">
         <v>0</v>
       </c>
       <c r="I168" t="n">
         <v>0</v>
       </c>
       <c r="J168" t="inlineStr"/>
       <c r="K168" t="n">
         <v>0</v>
       </c>
       <c r="L168" t="n">
         <v>0</v>
       </c>
       <c r="M168" t="inlineStr"/>
       <c r="N168" t="n">
         <v>0</v>
       </c>
       <c r="O168" t="n">
-        <v>4570</v>
+        <v>0</v>
       </c>
       <c r="P168" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-filler-dlya-vosstanovleniya-volos-perfect-hair-fill-up/</t>
         </is>
       </c>
       <c r="Q168" t="n">
         <v>0</v>
       </c>
       <c r="R168" t="n">
         <v>0</v>
       </c>
       <c r="S168" t="inlineStr"/>
       <c r="T168" t="n">
         <v>0</v>
       </c>
       <c r="U168" t="n">
         <v>0</v>
       </c>
       <c r="V168" t="inlineStr"/>
       <c r="W168" t="n">
         <v>0</v>
       </c>
       <c r="X168" t="n">
         <v>0</v>
       </c>
       <c r="Y168" t="inlineStr"/>
       <c r="Z168" t="n">
         <v>0</v>
       </c>
       <c r="AA168" t="n">
-        <v>4816</v>
+        <v>0</v>
       </c>
       <c r="AB168" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300037-perfect-hair-fill-up</t>
         </is>
       </c>
       <c r="AC168" t="n">
         <v>0</v>
       </c>
       <c r="AD168" t="n">
         <v>0</v>
       </c>
       <c r="AE168" t="inlineStr"/>
       <c r="AF168" t="n">
         <v>0</v>
       </c>
       <c r="AG168" t="n">
         <v>0</v>
       </c>
       <c r="AH168" t="inlineStr"/>
       <c r="AI168" t="n">
         <v>0</v>
       </c>
       <c r="AJ168" t="n">
         <v>0</v>
       </c>
       <c r="AK168" t="inlineStr"/>
       <c r="AL168" t="n">
         <v>0</v>
       </c>
       <c r="AM168" t="n">
         <v>0</v>
       </c>
       <c r="AN168" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/filler-dlya-vosstanovleniya-volos-perfect-hair-filler</t>
         </is>
       </c>
       <c r="AO168" t="n">
         <v>0</v>
       </c>
-      <c r="AP168" s="1" t="n">
-        <v>2377</v>
+      <c r="AP168" t="n">
+        <v>0</v>
       </c>
       <c r="AQ168" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/435593</t>
         </is>
       </c>
       <c r="AR168" t="n">
-        <v>5837</v>
+        <v>0</v>
       </c>
       <c r="AS168" t="n">
-        <v>6145</v>
+        <v>0</v>
       </c>
       <c r="AT168" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-perfect-hair-fill-up-13</t>
         </is>
       </c>
-      <c r="AU168" s="1" t="n">
-[...3 lines deleted...]
-        <v>3199</v>
+      <c r="AU168" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV168" t="n">
+        <v>0</v>
       </c>
       <c r="AW168" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_nabor_fillerov_dlya_volos_perfect_hair_fill_up_12_13ml-364708/</t>
         </is>
       </c>
       <c r="AX168" t="n">
-        <v>3656</v>
+        <v>0</v>
       </c>
       <c r="AY168" t="n">
-        <v>4875</v>
+        <v>0</v>
       </c>
       <c r="AZ168" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/fillery_dlya_volos/nabor-fillerov-dlya-povrezhdennykh-i-sukhikh-volos-lador-perfest/</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>633155</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>La'dor PERFUMED HAIR OIL HINOKI Парфюмированное масло для волос 30мл</t>
         </is>
       </c>
       <c r="D169" t="n">
         <v>1188</v>
@@ -26759,98 +26988,98 @@
         <v>0</v>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="n">
         <v>0</v>
       </c>
       <c r="I169" t="n">
         <v>0</v>
       </c>
       <c r="J169" t="inlineStr"/>
       <c r="K169" t="n">
         <v>0</v>
       </c>
       <c r="L169" t="n">
         <v>0</v>
       </c>
       <c r="M169" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_parfyumirovannoe_maslo_dlya_volos_30ml/?ysclid=m8itvc2jel766088719</t>
         </is>
       </c>
       <c r="N169" t="n">
         <v>0</v>
       </c>
       <c r="O169" t="n">
-        <v>1485</v>
+        <v>0</v>
       </c>
       <c r="P169" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-perfumed-hair-oil-hinoki-parfyumirovannoe-maslo-dlya-volos-30ml/</t>
         </is>
       </c>
       <c r="Q169" t="n">
         <v>0</v>
       </c>
-      <c r="R169" s="1" t="n">
-        <v>1180</v>
+      <c r="R169" t="n">
+        <v>0</v>
       </c>
       <c r="S169" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/5837720/</t>
         </is>
       </c>
       <c r="T169" t="n">
         <v>0</v>
       </c>
       <c r="U169" t="n">
         <v>0</v>
       </c>
       <c r="V169" t="inlineStr"/>
       <c r="W169" t="n">
         <v>0</v>
       </c>
       <c r="X169" t="n">
         <v>0</v>
       </c>
       <c r="Y169" t="inlineStr"/>
       <c r="Z169" t="n">
         <v>0</v>
       </c>
       <c r="AA169" t="n">
-        <v>1750</v>
+        <v>0</v>
       </c>
       <c r="AB169" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170249-perfumed-hair-oil-hinoki</t>
         </is>
       </c>
       <c r="AC169" t="n">
         <v>0</v>
       </c>
-      <c r="AD169" s="1" t="n">
-        <v>1000</v>
+      <c r="AD169" t="n">
+        <v>0</v>
       </c>
       <c r="AE169" t="inlineStr">
         <is>
           <t>https://mm.ru/product/parfyumirovannoe-maslo-dlya-2246086?skuId=6661195</t>
         </is>
       </c>
       <c r="AF169" t="n">
         <v>0</v>
       </c>
       <c r="AG169" t="n">
         <v>0</v>
       </c>
       <c r="AH169" t="inlineStr"/>
       <c r="AI169" t="n">
         <v>0</v>
       </c>
       <c r="AJ169" t="n">
         <v>0</v>
       </c>
       <c r="AK169" t="inlineStr"/>
       <c r="AL169" t="n">
         <v>0</v>
       </c>
       <c r="AM169" t="n">
         <v>0</v>
@@ -26897,162 +27126,162 @@
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>La'dor PERFUMED HAIR OIL LA PITTA Парфюмированное масло для волос 30мл</t>
         </is>
       </c>
       <c r="D170" t="n">
         <v>1188</v>
       </c>
       <c r="E170" t="n">
         <v>0</v>
       </c>
       <c r="F170" t="n">
         <v>0</v>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="n">
         <v>0</v>
       </c>
       <c r="I170" t="n">
-        <v>1399</v>
+        <v>0</v>
       </c>
       <c r="J170" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_pitatelnoe_parfyumirovannoe_maslo_dlya_volos_c_avokado_perfumed_hair_oil_01_la_pitta/</t>
         </is>
       </c>
       <c r="K170" t="n">
         <v>0</v>
       </c>
       <c r="L170" t="n">
         <v>0</v>
       </c>
       <c r="M170" t="inlineStr"/>
       <c r="N170" t="n">
         <v>0</v>
       </c>
       <c r="O170" t="n">
-        <v>1485</v>
+        <v>0</v>
       </c>
       <c r="P170" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_perfumed_hair_oil_la_pitta_30_/</t>
         </is>
       </c>
       <c r="Q170" t="n">
         <v>0</v>
       </c>
       <c r="R170" t="n">
         <v>0</v>
       </c>
       <c r="S170" t="inlineStr"/>
       <c r="T170" t="n">
         <v>0</v>
       </c>
       <c r="U170" t="n">
         <v>0</v>
       </c>
       <c r="V170" t="inlineStr"/>
       <c r="W170" t="n">
         <v>0</v>
       </c>
       <c r="X170" t="n">
         <v>0</v>
       </c>
       <c r="Y170" t="inlineStr"/>
       <c r="Z170" t="n">
         <v>0</v>
       </c>
       <c r="AA170" t="n">
-        <v>1569</v>
+        <v>0</v>
       </c>
       <c r="AB170" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170251-perfumed-hair-oil-la-pitta</t>
         </is>
       </c>
-      <c r="AC170" s="1" t="n">
-[...3 lines deleted...]
-        <v>1000</v>
+      <c r="AC170" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD170" t="n">
+        <v>0</v>
       </c>
       <c r="AE170" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maslo-dlya-volos-2246112?skuId=6661258</t>
         </is>
       </c>
       <c r="AF170" t="n">
         <v>0</v>
       </c>
       <c r="AG170" t="n">
         <v>0</v>
       </c>
       <c r="AH170" t="inlineStr"/>
       <c r="AI170" t="n">
         <v>0</v>
       </c>
       <c r="AJ170" t="n">
         <v>0</v>
       </c>
       <c r="AK170" t="inlineStr"/>
       <c r="AL170" t="n">
         <v>0</v>
       </c>
       <c r="AM170" t="n">
         <v>0</v>
       </c>
       <c r="AN170" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/parfyumirovannoe-maslo-dlya-volos-la-pitta-perfumed-hair-oil</t>
         </is>
       </c>
       <c r="AO170" t="n">
         <v>0</v>
       </c>
       <c r="AP170" t="n">
         <v>0</v>
       </c>
       <c r="AQ170" t="inlineStr"/>
       <c r="AR170" t="n">
         <v>0</v>
       </c>
       <c r="AS170" t="n">
         <v>0</v>
       </c>
       <c r="AT170" t="inlineStr"/>
-      <c r="AU170" s="1" t="n">
-        <v>979.3</v>
+      <c r="AU170" t="n">
+        <v>0</v>
       </c>
       <c r="AV170" t="n">
-        <v>1399</v>
+        <v>0</v>
       </c>
       <c r="AW170" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_maslo_dlya_volos_la_pitta_tsitrusovo_drevesnyy_aromat_30ml-364942/</t>
         </is>
       </c>
       <c r="AX170" t="n">
         <v>0</v>
       </c>
       <c r="AY170" t="n">
         <v>0</v>
       </c>
       <c r="AZ170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>633179</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
@@ -27067,144 +27296,144 @@
       <c r="E171" t="n">
         <v>0</v>
       </c>
       <c r="F171" t="n">
         <v>0</v>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="n">
         <v>0</v>
       </c>
       <c r="I171" t="n">
         <v>0</v>
       </c>
       <c r="J171" t="inlineStr"/>
       <c r="K171" t="n">
         <v>0</v>
       </c>
       <c r="L171" t="n">
         <v>0</v>
       </c>
       <c r="M171" t="inlineStr"/>
       <c r="N171" t="n">
         <v>0</v>
       </c>
       <c r="O171" t="n">
-        <v>1485</v>
+        <v>0</v>
       </c>
       <c r="P171" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_perfumed_hair_oil_osmanthus_30_/</t>
         </is>
       </c>
       <c r="Q171" t="n">
         <v>0</v>
       </c>
       <c r="R171" t="n">
         <v>0</v>
       </c>
       <c r="S171" t="inlineStr"/>
       <c r="T171" t="n">
         <v>0</v>
       </c>
       <c r="U171" t="n">
         <v>0</v>
       </c>
       <c r="V171" t="inlineStr"/>
       <c r="W171" t="n">
         <v>0</v>
       </c>
       <c r="X171" t="n">
         <v>0</v>
       </c>
       <c r="Y171" t="inlineStr"/>
       <c r="Z171" t="n">
         <v>0</v>
       </c>
       <c r="AA171" t="n">
-        <v>1569</v>
+        <v>0</v>
       </c>
       <c r="AB171" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170253-perfumed-hair-oil-osmanthus</t>
         </is>
       </c>
       <c r="AC171" t="n">
         <v>0</v>
       </c>
-      <c r="AD171" s="1" t="n">
-        <v>1000</v>
+      <c r="AD171" t="n">
+        <v>0</v>
       </c>
       <c r="AE171" t="inlineStr">
         <is>
           <t>https://mm.ru/product/parfyumirovannoe-maslo-dlya-2246125?SG=4392864</t>
         </is>
       </c>
       <c r="AF171" t="n">
         <v>0</v>
       </c>
       <c r="AG171" t="n">
         <v>0</v>
       </c>
       <c r="AH171" t="inlineStr"/>
       <c r="AI171" t="n">
         <v>0</v>
       </c>
       <c r="AJ171" t="n">
         <v>0</v>
       </c>
       <c r="AK171" t="inlineStr"/>
       <c r="AL171" t="n">
         <v>0</v>
       </c>
       <c r="AM171" t="n">
         <v>0</v>
       </c>
       <c r="AN171" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/parfyumirovannoe-maslo-dlya-volos-osmanthus-perfumed-hair-oil</t>
         </is>
       </c>
       <c r="AO171" t="n">
         <v>0</v>
       </c>
       <c r="AP171" t="n">
         <v>0</v>
       </c>
       <c r="AQ171" t="inlineStr"/>
       <c r="AR171" t="n">
         <v>0</v>
       </c>
       <c r="AS171" t="n">
         <v>0</v>
       </c>
       <c r="AT171" t="inlineStr"/>
-      <c r="AU171" s="1" t="n">
-        <v>979.3</v>
+      <c r="AU171" t="n">
+        <v>0</v>
       </c>
       <c r="AV171" t="n">
-        <v>1399</v>
+        <v>0</v>
       </c>
       <c r="AW171" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_maslo_dlya_volos_osmanthus_fruktovo_tsvetochnyy_aromat_30ml-365035/</t>
         </is>
       </c>
       <c r="AX171" t="n">
         <v>0</v>
       </c>
       <c r="AY171" t="n">
         <v>0</v>
       </c>
       <c r="AZ171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>633261</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
@@ -27219,83 +27448,83 @@
       <c r="E172" t="n">
         <v>0</v>
       </c>
       <c r="F172" t="n">
         <v>0</v>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="n">
         <v>0</v>
       </c>
       <c r="I172" t="n">
         <v>0</v>
       </c>
       <c r="J172" t="inlineStr"/>
       <c r="K172" t="n">
         <v>0</v>
       </c>
       <c r="L172" t="n">
         <v>0</v>
       </c>
       <c r="M172" t="inlineStr"/>
       <c r="N172" t="n">
         <v>0</v>
       </c>
       <c r="O172" t="n">
-        <v>2445</v>
+        <v>0</v>
       </c>
       <c r="P172" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-polish-oil-apricot-maslo-dlya-volos-80ml/</t>
         </is>
       </c>
       <c r="Q172" t="n">
         <v>0</v>
       </c>
       <c r="R172" t="n">
         <v>0</v>
       </c>
       <c r="S172" t="inlineStr"/>
       <c r="T172" t="n">
         <v>0</v>
       </c>
       <c r="U172" t="n">
         <v>0</v>
       </c>
       <c r="V172" t="inlineStr"/>
       <c r="W172" t="n">
         <v>0</v>
       </c>
       <c r="X172" t="n">
         <v>0</v>
       </c>
       <c r="Y172" t="inlineStr"/>
       <c r="Z172" t="n">
         <v>0</v>
       </c>
       <c r="AA172" t="n">
-        <v>2812</v>
+        <v>0</v>
       </c>
       <c r="AB172" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170254-perfumed-hair-oil-osmanthus</t>
         </is>
       </c>
       <c r="AC172" t="n">
         <v>0</v>
       </c>
       <c r="AD172" t="n">
         <v>0</v>
       </c>
       <c r="AE172" t="inlineStr"/>
       <c r="AF172" t="n">
         <v>0</v>
       </c>
       <c r="AG172" t="n">
         <v>0</v>
       </c>
       <c r="AH172" t="inlineStr"/>
       <c r="AI172" t="n">
         <v>0</v>
       </c>
       <c r="AJ172" t="n">
         <v>0</v>
@@ -27312,321 +27541,321 @@
           <t>https://randewoo.ru/product/abrikosovoe-maslo-dlya-volos-polish-oil-wet-hair-apricot</t>
         </is>
       </c>
       <c r="AO172" t="n">
         <v>0</v>
       </c>
       <c r="AP172" t="n">
         <v>0</v>
       </c>
       <c r="AQ172" t="inlineStr"/>
       <c r="AR172" t="n">
         <v>0</v>
       </c>
       <c r="AS172" t="n">
         <v>0</v>
       </c>
       <c r="AT172" t="inlineStr"/>
       <c r="AU172" t="n">
         <v>0</v>
       </c>
       <c r="AV172" t="n">
         <v>0</v>
       </c>
       <c r="AW172" t="inlineStr"/>
       <c r="AX172" t="n">
-        <v>1976</v>
+        <v>0</v>
       </c>
       <c r="AY172" t="n">
-        <v>2635</v>
+        <v>0</v>
       </c>
       <c r="AZ172" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/lechebnoe_maslo/maslo-parfyumirovannoe-dlya-volos-lador-lador-polish/</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>810490</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>La'dor Premium Morocco Argan Hair Oil Марокканское аргановое масло для волос 100мл</t>
         </is>
       </c>
       <c r="D173" t="n">
         <v>1870</v>
       </c>
       <c r="E173" t="n">
         <v>0</v>
       </c>
       <c r="F173" t="n">
         <v>0</v>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="n">
         <v>0</v>
       </c>
       <c r="I173" t="n">
         <v>0</v>
       </c>
       <c r="J173" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_marokkanskoe_arganovoe_maslo_premium_argan_hair_oil/</t>
         </is>
       </c>
-      <c r="K173" s="1" t="n">
-[...3 lines deleted...]
-        <v>1828</v>
+      <c r="K173" t="n">
+        <v>0</v>
+      </c>
+      <c r="L173" t="n">
+        <v>0</v>
       </c>
       <c r="M173" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_marokkanskoe_arganovoe_maslo_dlya_volos_100ml/?ysclid=m8iu18dbb3704460360</t>
         </is>
       </c>
       <c r="N173" t="n">
         <v>0</v>
       </c>
       <c r="O173" t="n">
-        <v>2340</v>
+        <v>0</v>
       </c>
       <c r="P173" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-marokkanskoe-arganovoe-maslo-dlya-volos-premium-morocco-argan-hair-oil-100ml/</t>
         </is>
       </c>
       <c r="Q173" t="n">
         <v>0</v>
       </c>
       <c r="R173" t="n">
         <v>0</v>
       </c>
       <c r="S173" t="inlineStr"/>
       <c r="T173" t="n">
         <v>0</v>
       </c>
       <c r="U173" t="n">
         <v>0</v>
       </c>
       <c r="V173" t="inlineStr"/>
       <c r="W173" t="n">
         <v>0</v>
       </c>
       <c r="X173" t="n">
         <v>0</v>
       </c>
       <c r="Y173" t="inlineStr"/>
       <c r="Z173" t="n">
         <v>0</v>
       </c>
       <c r="AA173" t="n">
-        <v>2714</v>
+        <v>0</v>
       </c>
       <c r="AB173" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300005-premium-morocco</t>
         </is>
       </c>
-      <c r="AC173" s="1" t="n">
-[...3 lines deleted...]
-        <v>1790</v>
+      <c r="AC173" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD173" t="n">
+        <v>0</v>
       </c>
       <c r="AE173" t="inlineStr">
         <is>
           <t>https://mm.ru/product/lador-maslo-dlya-401439?skuId=1091364</t>
         </is>
       </c>
       <c r="AF173" t="n">
         <v>0</v>
       </c>
       <c r="AG173" t="n">
         <v>0</v>
       </c>
       <c r="AH173" t="inlineStr"/>
       <c r="AI173" t="n">
         <v>0</v>
       </c>
       <c r="AJ173" t="n">
         <v>0</v>
       </c>
       <c r="AK173" t="inlineStr"/>
-      <c r="AL173" s="1" t="n">
-        <v>1614</v>
+      <c r="AL173" t="n">
+        <v>0</v>
       </c>
       <c r="AM173" t="n">
-        <v>2018</v>
+        <v>0</v>
       </c>
       <c r="AN173" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/maslo-dlya-volos-arganovoe-premium-argan-hair-oil-100ml</t>
         </is>
       </c>
       <c r="AO173" t="n">
         <v>0</v>
       </c>
-      <c r="AP173" s="1" t="n">
-        <v>1632</v>
+      <c r="AP173" t="n">
+        <v>0</v>
       </c>
       <c r="AQ173" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/125894</t>
         </is>
       </c>
-      <c r="AR173" s="1" t="n">
-        <v>1805</v>
+      <c r="AR173" t="n">
+        <v>0</v>
       </c>
       <c r="AS173" t="n">
-        <v>2865</v>
+        <v>0</v>
       </c>
       <c r="AT173" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-premium-morocco-argan-oil</t>
         </is>
       </c>
       <c r="AU173" t="n">
         <v>0</v>
       </c>
       <c r="AV173" t="n">
         <v>0</v>
       </c>
       <c r="AW173" t="inlineStr"/>
       <c r="AX173" t="n">
-        <v>1871</v>
+        <v>0</v>
       </c>
       <c r="AY173" t="n">
-        <v>2495</v>
+        <v>0</v>
       </c>
       <c r="AZ173" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/lechebnoe_maslo/maslo-arganovoe-dlya-volos-lador-premium-argan/</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
           <t>021502</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>La'dor ROOT RE-BOOT AWAKENING SHAMPOO RED GINSENG&amp;BEER YEAST Шампунь для восстановления корней волос с экстрактом красного женьшеня и пивными дрожжами 300мл</t>
         </is>
       </c>
       <c r="D174" t="n">
         <v>1247</v>
       </c>
       <c r="E174" t="n">
         <v>0</v>
       </c>
       <c r="F174" t="n">
         <v>0</v>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="n">
         <v>0</v>
       </c>
-      <c r="I174" s="1" t="n">
-        <v>1199</v>
+      <c r="I174" t="n">
+        <v>0</v>
       </c>
       <c r="J174" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_shampun_dlya_rosta_volos_s_zhenshenem_root_re_boot_awakening_shampoo_red_ginseng_beer_yeast/</t>
         </is>
       </c>
       <c r="K174" t="n">
         <v>0</v>
       </c>
       <c r="L174" t="n">
         <v>0</v>
       </c>
       <c r="M174" t="inlineStr"/>
       <c r="N174" t="n">
         <v>0</v>
       </c>
       <c r="O174" t="n">
-        <v>1560</v>
+        <v>0</v>
       </c>
       <c r="P174" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-root-re-boot-awakening-shampoo-red-ginseng-and-beer-yeast-shampun-dlya-vosstanovleniya-kornej-volos/</t>
         </is>
       </c>
       <c r="Q174" t="n">
         <v>0</v>
       </c>
       <c r="R174" t="n">
         <v>0</v>
       </c>
       <c r="S174" t="inlineStr"/>
       <c r="T174" t="n">
         <v>0</v>
       </c>
       <c r="U174" t="n">
         <v>0</v>
       </c>
       <c r="V174" t="inlineStr"/>
       <c r="W174" t="n">
         <v>0</v>
       </c>
       <c r="X174" t="n">
         <v>0</v>
       </c>
       <c r="Y174" t="inlineStr"/>
       <c r="Z174" t="n">
         <v>0</v>
       </c>
       <c r="AA174" t="n">
-        <v>1664</v>
+        <v>0</v>
       </c>
       <c r="AB174" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170265-root-re-boot-awakening-shampoo-red-ginseng-beer-yeast</t>
         </is>
       </c>
-      <c r="AC174" s="1" t="n">
-        <v>918</v>
+      <c r="AC174" t="n">
+        <v>0</v>
       </c>
       <c r="AD174" t="n">
-        <v>1435</v>
+        <v>0</v>
       </c>
       <c r="AE174" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-dlya-vosstanovleniya-2806170?skuId=8038591</t>
         </is>
       </c>
       <c r="AF174" t="n">
         <v>0</v>
       </c>
       <c r="AG174" t="n">
         <v>0</v>
       </c>
       <c r="AH174" t="inlineStr"/>
       <c r="AI174" t="n">
         <v>0</v>
       </c>
       <c r="AJ174" t="n">
         <v>0</v>
       </c>
       <c r="AK174" t="inlineStr"/>
       <c r="AL174" t="n">
         <v>0</v>
       </c>
       <c r="AM174" t="n">
         <v>0</v>
@@ -27673,1385 +27902,1385 @@
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>La'dor Scalp Scaling Spa Пилинг для кожи головы 15г</t>
         </is>
       </c>
       <c r="D175" t="n">
         <v>200</v>
       </c>
       <c r="E175" t="n">
         <v>0</v>
       </c>
       <c r="F175" t="n">
         <v>0</v>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="n">
         <v>0</v>
       </c>
       <c r="I175" t="n">
-        <v>229</v>
+        <v>0</v>
       </c>
       <c r="J175" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_gluboko_ochishchayushchiy_piling_dlya_kozhi_golovy_scalp_scaling_spa/</t>
         </is>
       </c>
-      <c r="K175" s="1" t="n">
-        <v>168</v>
+      <c r="K175" t="n">
+        <v>0</v>
       </c>
       <c r="L175" t="n">
-        <v>204</v>
+        <v>0</v>
       </c>
       <c r="M175" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_piling_dlya_kozhi_golovy_15_gr/?ysclid=m8iufgiy6b446734146</t>
         </is>
       </c>
       <c r="N175" t="n">
         <v>0</v>
       </c>
       <c r="O175" t="n">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="P175" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-piling-dlya-kozhi-golovy-scalp-scaling-spa/</t>
         </is>
       </c>
       <c r="Q175" t="n">
         <v>0</v>
       </c>
       <c r="R175" t="n">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="S175" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/209211/</t>
         </is>
       </c>
       <c r="T175" t="n">
         <v>0</v>
       </c>
       <c r="U175" t="n">
         <v>0</v>
       </c>
       <c r="V175" t="inlineStr"/>
       <c r="W175" t="n">
         <v>0</v>
       </c>
       <c r="X175" t="n">
         <v>0</v>
       </c>
       <c r="Y175" t="inlineStr"/>
       <c r="Z175" t="n">
         <v>0</v>
       </c>
       <c r="AA175" t="n">
-        <v>301</v>
+        <v>0</v>
       </c>
       <c r="AB175" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300021-scalp-scaling-spa</t>
         </is>
       </c>
-      <c r="AC175" s="1" t="n">
-        <v>199</v>
+      <c r="AC175" t="n">
+        <v>0</v>
       </c>
       <c r="AD175" t="n">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="AE175" t="inlineStr">
         <is>
           <t>https://mm.ru/product/syvorotka-piling-dlya-ochischeniya-597795?skuId=1586459</t>
         </is>
       </c>
       <c r="AF175" t="n">
         <v>0</v>
       </c>
       <c r="AG175" t="n">
         <v>0</v>
       </c>
       <c r="AH175" t="inlineStr"/>
       <c r="AI175" t="n">
         <v>0</v>
       </c>
       <c r="AJ175" t="n">
         <v>0</v>
       </c>
       <c r="AK175" t="inlineStr"/>
       <c r="AL175" t="n">
         <v>0</v>
       </c>
       <c r="AM175" t="n">
         <v>0</v>
       </c>
       <c r="AN175" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/piling-dlya-volos-scalp-scaling-spa-ample</t>
         </is>
       </c>
       <c r="AO175" t="n">
         <v>0</v>
       </c>
       <c r="AP175" t="n">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="AQ175" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/5004092</t>
         </is>
       </c>
       <c r="AR175" t="n">
-        <v>202</v>
+        <v>0</v>
       </c>
       <c r="AS175" t="n">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="AT175" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-scalp-scaling-spa</t>
         </is>
       </c>
-      <c r="AU175" s="1" t="n">
-        <v>160.3</v>
+      <c r="AU175" t="n">
+        <v>0</v>
       </c>
       <c r="AV175" t="n">
-        <v>229</v>
+        <v>0</v>
       </c>
       <c r="AW175" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_syvorotka_dlya_ochishcheniya_kozhi_golovy_scalp_scaling_spa_15ml-365458/</t>
         </is>
       </c>
       <c r="AX175" t="n">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="AY175" t="n">
-        <v>267</v>
+        <v>0</v>
       </c>
       <c r="AZ175" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/maski_dlya_volos/maska-piling-dlya-kozhi-golovy-lador-scalp-scaling-spa/</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>810599</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>La'dor Snail Sleeping Hair Ampoule Ночная восстанавливающая сыворотка для волос 20мл</t>
         </is>
       </c>
       <c r="D176" t="n">
         <v>237</v>
       </c>
       <c r="E176" t="n">
         <v>0</v>
       </c>
       <c r="F176" t="n">
         <v>0</v>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="n">
         <v>0</v>
       </c>
       <c r="I176" t="n">
-        <v>349</v>
+        <v>0</v>
       </c>
       <c r="J176" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_vosstanavlivayushchaya_nochnaya_syvorotka_s_mutsinom_ulitki_snail_sleeping_clinic_ampoule/</t>
         </is>
       </c>
       <c r="K176" t="n">
         <v>0</v>
       </c>
       <c r="L176" t="n">
         <v>0</v>
       </c>
       <c r="M176" t="inlineStr"/>
       <c r="N176" t="n">
         <v>0</v>
       </c>
       <c r="O176" t="n">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="P176" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-nochnaya-vosstanavlivayushchaya-syvorotka-dlya-volos-sleeping-clinic-ampoule-20ml/</t>
         </is>
       </c>
       <c r="Q176" t="n">
         <v>0</v>
       </c>
       <c r="R176" t="n">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="S176" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/209220/</t>
         </is>
       </c>
       <c r="T176" t="n">
         <v>0</v>
       </c>
       <c r="U176" t="n">
         <v>0</v>
       </c>
       <c r="V176" t="inlineStr"/>
       <c r="W176" t="n">
         <v>0</v>
       </c>
       <c r="X176" t="n">
         <v>0</v>
       </c>
       <c r="Y176" t="inlineStr"/>
       <c r="Z176" t="n">
         <v>0</v>
       </c>
       <c r="AA176" t="n">
-        <v>367</v>
+        <v>0</v>
       </c>
       <c r="AB176" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300022-sleeping-clinic-ampoule</t>
         </is>
       </c>
-      <c r="AC176" s="1" t="n">
-        <v>173</v>
+      <c r="AC176" t="n">
+        <v>0</v>
       </c>
       <c r="AD176" t="n">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="AE176" t="inlineStr">
         <is>
           <t>https://mm.ru/product/syvorotka-nochnaya-vosstanavlivayuschaya-597712?skuId=1586258</t>
         </is>
       </c>
       <c r="AF176" t="n">
         <v>0</v>
       </c>
       <c r="AG176" t="n">
         <v>0</v>
       </c>
       <c r="AH176" t="inlineStr"/>
       <c r="AI176" t="n">
         <v>0</v>
       </c>
       <c r="AJ176" t="n">
         <v>0</v>
       </c>
       <c r="AK176" t="inlineStr"/>
       <c r="AL176" t="n">
-        <v>237</v>
+        <v>0</v>
       </c>
       <c r="AM176" t="n">
-        <v>296</v>
+        <v>0</v>
       </c>
       <c r="AN176" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/nochnaya-vosstanavlivayuschaya-syvorotka-dlya-volos-snail-sleeping-hair-ampoule-20ml</t>
         </is>
       </c>
       <c r="AO176" t="n">
         <v>0</v>
       </c>
       <c r="AP176" t="n">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="AQ176" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/125893</t>
         </is>
       </c>
       <c r="AR176" t="n">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="AS176" t="n">
-        <v>420</v>
+        <v>0</v>
       </c>
       <c r="AT176" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-snail-sleeping-hair-ampoule-1</t>
         </is>
       </c>
-      <c r="AU176" s="1" t="n">
-[...3 lines deleted...]
-        <v>199</v>
+      <c r="AU176" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV176" t="n">
+        <v>0</v>
       </c>
       <c r="AW176" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_syvorotka_dlya_volos_nochnaya_vosstanavlivayushchaya_snail_sleeping_hair_ampoule_20ml-364939/</t>
         </is>
       </c>
-      <c r="AX176" s="1" t="n">
-        <v>230</v>
+      <c r="AX176" t="n">
+        <v>0</v>
       </c>
       <c r="AY176" t="n">
-        <v>307</v>
+        <v>0</v>
       </c>
       <c r="AZ176" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/maski_dlya_volos/syvorotka-dlya-volos-nochnaya-vosstanavlivayushchaya-lador-snail/</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>818793</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>La'dor THERMAL PROTECTION SPRAY Термозащитный спрей для волос 100мл</t>
         </is>
       </c>
       <c r="D177" t="n">
         <v>1063</v>
       </c>
       <c r="E177" t="n">
         <v>0</v>
       </c>
       <c r="F177" t="n">
         <v>0</v>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="n">
         <v>0</v>
       </c>
       <c r="I177" t="n">
-        <v>1199</v>
+        <v>0</v>
       </c>
       <c r="J177" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_termozashchitnyy_mist_sprey_dlya_volos_s_aminokislotami_thermal_protection_spray/</t>
         </is>
       </c>
       <c r="K177" t="n">
         <v>0</v>
       </c>
       <c r="L177" t="n">
         <v>0</v>
       </c>
       <c r="M177" t="inlineStr"/>
       <c r="N177" t="n">
         <v>0</v>
       </c>
       <c r="O177" t="n">
-        <v>1330</v>
+        <v>0</v>
       </c>
       <c r="P177" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-thermal-protection-spray-sprey-dlya-volos/</t>
         </is>
       </c>
       <c r="Q177" t="n">
         <v>0</v>
       </c>
       <c r="R177" t="n">
-        <v>1370</v>
+        <v>0</v>
       </c>
       <c r="S177" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/209272/</t>
         </is>
       </c>
       <c r="T177" t="n">
         <v>0</v>
       </c>
       <c r="U177" t="n">
         <v>0</v>
       </c>
       <c r="V177" t="inlineStr"/>
       <c r="W177" t="n">
         <v>0</v>
       </c>
       <c r="X177" t="n">
         <v>0</v>
       </c>
       <c r="Y177" t="inlineStr"/>
       <c r="Z177" t="n">
         <v>0</v>
       </c>
       <c r="AA177" t="n">
-        <v>1441</v>
+        <v>0</v>
       </c>
       <c r="AB177" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170256-thermal-protection-spray</t>
         </is>
       </c>
-      <c r="AC177" s="1" t="n">
-[...3 lines deleted...]
-        <v>1000</v>
+      <c r="AC177" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD177" t="n">
+        <v>0</v>
       </c>
       <c r="AE177" t="inlineStr">
         <is>
           <t>https://mm.ru/product/termozaschitnaya-essenciya-sprej-dlya-1321554?skuId=3616105</t>
         </is>
       </c>
       <c r="AF177" t="n">
         <v>0</v>
       </c>
       <c r="AG177" t="n">
         <v>0</v>
       </c>
       <c r="AH177" t="inlineStr"/>
       <c r="AI177" t="n">
         <v>0</v>
       </c>
       <c r="AJ177" t="n">
         <v>0</v>
       </c>
       <c r="AK177" t="inlineStr"/>
-      <c r="AL177" s="1" t="n">
-        <v>1062</v>
+      <c r="AL177" t="n">
+        <v>0</v>
       </c>
       <c r="AM177" t="n">
-        <v>1328</v>
+        <v>0</v>
       </c>
       <c r="AN177" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/termozaschitnyy-sprey-dlya-volos-s-aminokislotami-thermal-protection-spray-100ml</t>
         </is>
       </c>
       <c r="AO177" t="n">
         <v>0</v>
       </c>
       <c r="AP177" t="n">
         <v>0</v>
       </c>
       <c r="AQ177" t="inlineStr"/>
       <c r="AR177" t="n">
-        <v>1624</v>
+        <v>0</v>
       </c>
       <c r="AS177" t="n">
-        <v>1710</v>
+        <v>0</v>
       </c>
       <c r="AT177" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-thermal-protection-spray</t>
         </is>
       </c>
-      <c r="AU177" s="1" t="n">
-        <v>871.5</v>
+      <c r="AU177" t="n">
+        <v>0</v>
       </c>
       <c r="AV177" t="n">
-        <v>1245</v>
+        <v>0</v>
       </c>
       <c r="AW177" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_thermal_protection_sprey_termozashchitnyy_dlya_volos_100ml-341481/</t>
         </is>
       </c>
       <c r="AX177" t="n">
         <v>0</v>
       </c>
       <c r="AY177" t="n">
         <v>0</v>
       </c>
       <c r="AZ177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>810629</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>La'dor Triplex Natural Shampoo Шампунь с эфирными маслами 530мл</t>
         </is>
       </c>
       <c r="D178" t="n">
         <v>1912</v>
       </c>
       <c r="E178" t="n">
         <v>0</v>
       </c>
       <c r="F178" t="n">
         <v>0</v>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="n">
         <v>0</v>
       </c>
       <c r="I178" t="n">
-        <v>2199</v>
+        <v>0</v>
       </c>
       <c r="J178" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_organicheskiy_shampun_s_efirnymi_maslami_530_ml_triplex_natural_shampoo/</t>
         </is>
       </c>
       <c r="K178" t="n">
         <v>0</v>
       </c>
       <c r="L178" t="n">
         <v>0</v>
       </c>
       <c r="M178" t="inlineStr"/>
       <c r="N178" t="n">
         <v>0</v>
       </c>
       <c r="O178" t="n">
-        <v>2390</v>
+        <v>0</v>
       </c>
       <c r="P178" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-shampun-s-naturalnymi-ingredientami-triplex-natural-shampoo-530ml/</t>
         </is>
       </c>
       <c r="Q178" t="n">
         <v>0</v>
       </c>
       <c r="R178" t="n">
-        <v>2190</v>
+        <v>0</v>
       </c>
       <c r="S178" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207751/</t>
         </is>
       </c>
       <c r="T178" t="n">
         <v>0</v>
       </c>
       <c r="U178" t="n">
         <v>0</v>
       </c>
       <c r="V178" t="inlineStr"/>
       <c r="W178" t="n">
         <v>0</v>
       </c>
       <c r="X178" t="n">
         <v>0</v>
       </c>
       <c r="Y178" t="inlineStr"/>
       <c r="Z178" t="n">
         <v>0</v>
       </c>
       <c r="AA178" t="n">
-        <v>2552</v>
+        <v>0</v>
       </c>
       <c r="AB178" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760200006-triplex-natural</t>
         </is>
       </c>
-      <c r="AC178" s="1" t="n">
-[...3 lines deleted...]
-        <v>1400</v>
+      <c r="AC178" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD178" t="n">
+        <v>0</v>
       </c>
       <c r="AE178" t="inlineStr">
         <is>
           <t>https://mm.ru/product/bessulfatnyj-shampun-lador-586934?skuId=1557749</t>
         </is>
       </c>
       <c r="AF178" t="n">
         <v>0</v>
       </c>
       <c r="AG178" t="n">
         <v>0</v>
       </c>
       <c r="AH178" t="inlineStr"/>
       <c r="AI178" t="n">
         <v>0</v>
       </c>
       <c r="AJ178" t="n">
         <v>0</v>
       </c>
       <c r="AK178" t="inlineStr"/>
       <c r="AL178" t="n">
         <v>0</v>
       </c>
       <c r="AM178" t="n">
         <v>0</v>
       </c>
       <c r="AN178" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-organicheskiy-triplex-natural-shampoo-530ml</t>
         </is>
       </c>
       <c r="AO178" t="n">
         <v>0</v>
       </c>
       <c r="AP178" t="n">
         <v>0</v>
       </c>
       <c r="AQ178" t="inlineStr"/>
-      <c r="AR178" s="1" t="n">
-        <v>1750</v>
+      <c r="AR178" t="n">
+        <v>0</v>
       </c>
       <c r="AS178" t="n">
-        <v>2735</v>
+        <v>0</v>
       </c>
       <c r="AT178" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-triplex-natural-shampoo-530</t>
         </is>
       </c>
-      <c r="AU178" s="1" t="n">
-[...3 lines deleted...]
-        <v>1599</v>
+      <c r="AU178" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV178" t="n">
+        <v>0</v>
       </c>
       <c r="AW178" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_shampun_s_naturalnym_ingredientami_triplex_natural_shampoo_530ml-364713/</t>
         </is>
       </c>
       <c r="AX178" t="n">
-        <v>1916</v>
+        <v>0</v>
       </c>
       <c r="AY178" t="n">
-        <v>2555</v>
+        <v>0</v>
       </c>
       <c r="AZ178" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-dlya-volos-naturalnyy-organicheskiy-lador-triplex-3/</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>817413</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>La'dor Wonder Bubble Shampoo Увлажняющий шампунь для объема волос 250мл</t>
         </is>
       </c>
       <c r="D179" t="n">
         <v>1275</v>
       </c>
       <c r="E179" t="n">
         <v>0</v>
       </c>
       <c r="F179" t="n">
         <v>0</v>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="n">
         <v>0</v>
       </c>
       <c r="I179" t="n">
-        <v>1599</v>
+        <v>0</v>
       </c>
       <c r="J179" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_shampun_dlya_glubokogo_uvlazhneniya_i_pridaniya_obyema_wonder_bubble_shampoo/</t>
         </is>
       </c>
       <c r="K179" t="n">
         <v>0</v>
       </c>
       <c r="L179" t="n">
         <v>0</v>
       </c>
       <c r="M179" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_shampun_uvlazhnyayushchiy_dlya_volos_wonder_bubble/?ysclid=m8itztmcdt293113827</t>
         </is>
       </c>
       <c r="N179" t="n">
         <v>0</v>
       </c>
       <c r="O179" t="n">
-        <v>1595</v>
+        <v>0</v>
       </c>
       <c r="P179" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-uvlazhnjajuschij-shampun-dlja-volos-wonder-bubble-shampoo/</t>
         </is>
       </c>
       <c r="Q179" t="n">
         <v>0</v>
       </c>
       <c r="R179" t="n">
-        <v>1470</v>
+        <v>0</v>
       </c>
       <c r="S179" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207756/</t>
         </is>
       </c>
       <c r="T179" t="n">
         <v>0</v>
       </c>
       <c r="U179" t="n">
         <v>0</v>
       </c>
       <c r="V179" t="inlineStr"/>
       <c r="W179" t="n">
         <v>0</v>
       </c>
       <c r="X179" t="n">
         <v>0</v>
       </c>
       <c r="Y179" t="inlineStr">
         <is>
           <t>https://www.globus.ru/products/846301_ST/?sphrase_id=15241351</t>
         </is>
       </c>
       <c r="Z179" t="n">
         <v>0</v>
       </c>
       <c r="AA179" t="n">
-        <v>1702</v>
+        <v>0</v>
       </c>
       <c r="AB179" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000004418-wonder-bubble-shampoo</t>
         </is>
       </c>
       <c r="AC179" t="n">
         <v>0</v>
       </c>
       <c r="AD179" t="n">
         <v>0</v>
       </c>
       <c r="AE179" t="inlineStr"/>
       <c r="AF179" t="n">
         <v>0</v>
       </c>
       <c r="AG179" t="n">
         <v>0</v>
       </c>
       <c r="AH179" t="inlineStr"/>
       <c r="AI179" t="n">
         <v>0</v>
       </c>
       <c r="AJ179" t="n">
         <v>0</v>
       </c>
       <c r="AK179" t="inlineStr"/>
       <c r="AL179" t="n">
         <v>0</v>
       </c>
       <c r="AM179" t="n">
         <v>0</v>
       </c>
       <c r="AN179" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-wonder-bubble-shampoo</t>
         </is>
       </c>
       <c r="AO179" t="n">
         <v>0</v>
       </c>
       <c r="AP179" t="n">
-        <v>1610</v>
+        <v>0</v>
       </c>
       <c r="AQ179" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/113435</t>
         </is>
       </c>
-      <c r="AR179" s="1" t="n">
-        <v>1169</v>
+      <c r="AR179" t="n">
+        <v>0</v>
       </c>
       <c r="AS179" t="n">
-        <v>1700</v>
+        <v>0</v>
       </c>
       <c r="AT179" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-wonder-bubble-shampoo-250</t>
         </is>
       </c>
-      <c r="AU179" s="1" t="n">
-[...3 lines deleted...]
-        <v>1229</v>
+      <c r="AU179" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV179" t="n">
+        <v>0</v>
       </c>
       <c r="AW179" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_wonder_bubble_shampoo_shampun_uvlazhnyayushchiy_dlya_obema_volos_250ml-333472/</t>
         </is>
       </c>
-      <c r="AX179" s="1" t="n">
-        <v>1092</v>
+      <c r="AX179" t="n">
+        <v>0</v>
       </c>
       <c r="AY179" t="n">
-        <v>1457</v>
+        <v>0</v>
       </c>
       <c r="AZ179" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-dlya-glubokogo-uvlazhneniya-i-obema-volosa/</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>818304</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>La'dor Wonder Bubble Shampoo Увлажняющий шампунь для объема волос 600мл</t>
         </is>
       </c>
       <c r="D180" t="n">
         <v>2124</v>
       </c>
       <c r="E180" t="n">
         <v>0</v>
       </c>
       <c r="F180" t="n">
         <v>0</v>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="n">
         <v>0</v>
       </c>
       <c r="I180" t="n">
         <v>0</v>
       </c>
       <c r="J180" t="inlineStr"/>
-      <c r="K180" s="1" t="n">
-        <v>2083</v>
+      <c r="K180" t="n">
+        <v>0</v>
       </c>
       <c r="L180" t="n">
-        <v>2450</v>
+        <v>0</v>
       </c>
       <c r="M180" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_shampun_uvlazhnyayushchiy_dlya_volos_wonder_bubble_600ml/?ysclid=m8iu06x5ny151640248</t>
         </is>
       </c>
       <c r="N180" t="n">
         <v>0</v>
       </c>
       <c r="O180" t="n">
-        <v>2655</v>
+        <v>0</v>
       </c>
       <c r="P180" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-wonder-bubble-shampoo-uvlazhnyayuschiy-shampun-dlya-obyema-volos-600ml/</t>
         </is>
       </c>
       <c r="Q180" t="n">
         <v>0</v>
       </c>
       <c r="R180" t="n">
-        <v>2450</v>
+        <v>0</v>
       </c>
       <c r="S180" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/207870/</t>
         </is>
       </c>
       <c r="T180" t="n">
         <v>0</v>
       </c>
       <c r="U180" t="n">
         <v>0</v>
       </c>
       <c r="V180" t="inlineStr"/>
       <c r="W180" t="n">
         <v>0</v>
       </c>
       <c r="X180" t="n">
         <v>0</v>
       </c>
       <c r="Y180" t="inlineStr"/>
       <c r="Z180" t="n">
         <v>0</v>
       </c>
       <c r="AA180" t="n">
-        <v>2554</v>
+        <v>0</v>
       </c>
       <c r="AB180" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170269-wonder-bubble-shampoo</t>
         </is>
       </c>
-      <c r="AC180" s="1" t="n">
-[...3 lines deleted...]
-        <v>1700</v>
+      <c r="AC180" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD180" t="n">
+        <v>0</v>
       </c>
       <c r="AE180" t="inlineStr">
         <is>
           <t>https://mm.ru/product/uvlazhnyayuschij-shampun-dlya-1701648?skuId=4727942</t>
         </is>
       </c>
       <c r="AF180" t="n">
         <v>0</v>
       </c>
       <c r="AG180" t="n">
         <v>0</v>
       </c>
       <c r="AH180" t="inlineStr"/>
       <c r="AI180" t="n">
         <v>0</v>
       </c>
       <c r="AJ180" t="n">
         <v>0</v>
       </c>
       <c r="AK180" t="inlineStr"/>
       <c r="AL180" t="n">
         <v>0</v>
       </c>
       <c r="AM180" t="n">
         <v>0</v>
       </c>
       <c r="AN180" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-wonder-bubble-shampoo</t>
         </is>
       </c>
       <c r="AO180" t="n">
         <v>0</v>
       </c>
-      <c r="AP180" s="1" t="n">
-        <v>1896</v>
+      <c r="AP180" t="n">
+        <v>0</v>
       </c>
       <c r="AQ180" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/115459</t>
         </is>
       </c>
-      <c r="AR180" s="1" t="n">
-        <v>1805</v>
+      <c r="AR180" t="n">
+        <v>0</v>
       </c>
       <c r="AS180" t="n">
-        <v>2820</v>
+        <v>0</v>
       </c>
       <c r="AT180" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-wonder-bubble-shampoo-600</t>
         </is>
       </c>
-      <c r="AU180" s="1" t="n">
-        <v>1693.3</v>
+      <c r="AU180" t="n">
+        <v>0</v>
       </c>
       <c r="AV180" t="n">
-        <v>2419</v>
+        <v>0</v>
       </c>
       <c r="AW180" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_shampun_uvlazhnyayushchiy_wonder_bubble_shampoo_600ml-364715/</t>
         </is>
       </c>
       <c r="AX180" t="n">
-        <v>2130</v>
+        <v>0</v>
       </c>
       <c r="AY180" t="n">
-        <v>2840</v>
+        <v>0</v>
       </c>
       <c r="AZ180" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun-dlya-glubokogo-uvlazhneniya-i-obema-volosa-lador/</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>816690</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>La'dor Wonder Hair Oil Увлажняющее масло для восстановления блеска волос 10 мл</t>
         </is>
       </c>
       <c r="D181" t="n">
         <v>383</v>
       </c>
       <c r="E181" t="n">
         <v>0</v>
       </c>
       <c r="F181" t="n">
         <v>0</v>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="n">
         <v>0</v>
       </c>
       <c r="I181" t="n">
-        <v>399</v>
+        <v>0</v>
       </c>
       <c r="J181" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_uvlazhnyayushchee_maslo_dlya_volos_wonder_oil_moisturizing_10_ml/</t>
         </is>
       </c>
-      <c r="K181" s="1" t="n">
-        <v>340</v>
+      <c r="K181" t="n">
+        <v>0</v>
       </c>
       <c r="L181" t="n">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="M181" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_uvlazhnyayushchee_maslo_dlya_volos_10ml/?ysclid=m8iu0ywcwf578613887</t>
         </is>
       </c>
       <c r="N181" t="n">
         <v>0</v>
       </c>
       <c r="O181" t="n">
-        <v>480</v>
+        <v>0</v>
       </c>
       <c r="P181" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la-dor-uvlazhnjajuschee-maslo-dlja-vosstanovlenija-bleska-volos-wonder-hair-oil/</t>
         </is>
       </c>
       <c r="Q181" t="n">
         <v>0</v>
       </c>
       <c r="R181" t="n">
-        <v>440</v>
+        <v>0</v>
       </c>
       <c r="S181" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/209310/</t>
         </is>
       </c>
       <c r="T181" t="n">
         <v>0</v>
       </c>
       <c r="U181" t="n">
         <v>0</v>
       </c>
       <c r="V181" t="inlineStr"/>
       <c r="W181" t="n">
         <v>0</v>
       </c>
       <c r="X181" t="n">
         <v>0</v>
       </c>
       <c r="Y181" t="inlineStr"/>
       <c r="Z181" t="n">
         <v>0</v>
       </c>
       <c r="AA181" t="n">
-        <v>579</v>
+        <v>0</v>
       </c>
       <c r="AB181" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000004410-wonder-hair-oil</t>
         </is>
       </c>
-      <c r="AC181" s="1" t="n">
-        <v>351</v>
+      <c r="AC181" t="n">
+        <v>0</v>
       </c>
       <c r="AD181" t="n">
-        <v>520</v>
+        <v>0</v>
       </c>
       <c r="AE181" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maslo-dlya-volos-1269001?skuId=3466045</t>
         </is>
       </c>
       <c r="AF181" t="n">
         <v>0</v>
       </c>
       <c r="AG181" t="n">
         <v>0</v>
       </c>
       <c r="AH181" t="inlineStr"/>
       <c r="AI181" t="n">
         <v>0</v>
       </c>
       <c r="AJ181" t="n">
         <v>0</v>
       </c>
       <c r="AK181" t="inlineStr"/>
       <c r="AL181" t="n">
         <v>0</v>
       </c>
       <c r="AM181" t="n">
         <v>0</v>
       </c>
       <c r="AN181" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschee-maslo-dlya-volos-wonder-hair-oil</t>
         </is>
       </c>
       <c r="AO181" t="n">
         <v>0</v>
       </c>
       <c r="AP181" t="n">
-        <v>410</v>
+        <v>0</v>
       </c>
       <c r="AQ181" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/439544</t>
         </is>
       </c>
       <c r="AR181" t="n">
         <v>0</v>
       </c>
       <c r="AS181" t="n">
         <v>0</v>
       </c>
       <c r="AT181" t="inlineStr"/>
       <c r="AU181" t="n">
         <v>0</v>
       </c>
       <c r="AV181" t="n">
         <v>0</v>
       </c>
       <c r="AW181" t="inlineStr"/>
-      <c r="AX181" s="1" t="n">
-        <v>345</v>
+      <c r="AX181" t="n">
+        <v>0</v>
       </c>
       <c r="AY181" t="n">
-        <v>460</v>
+        <v>0</v>
       </c>
       <c r="AZ181" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/lechebnoe_maslo/maslo-uvlazhnyayushchee-dlya-volos-lador-lador-wonder/</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>815204</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>La'dor Wonder Hair Oil Увлажняющее масло для восстановления блеска волос 100мл</t>
         </is>
       </c>
       <c r="D182" t="n">
         <v>1955</v>
       </c>
       <c r="E182" t="n">
         <v>0</v>
       </c>
       <c r="F182" t="n">
         <v>0</v>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="n">
         <v>0</v>
       </c>
       <c r="I182" t="n">
-        <v>2199</v>
+        <v>0</v>
       </c>
       <c r="J182" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/lador_uvlazhnyayushchee_maslo_dlya_volos_wonder_oil_moisturizing/</t>
         </is>
       </c>
-      <c r="K182" s="1" t="n">
-        <v>1620</v>
+      <c r="K182" t="n">
+        <v>0</v>
       </c>
       <c r="L182" t="n">
-        <v>1975</v>
+        <v>0</v>
       </c>
       <c r="M182" t="inlineStr">
         <is>
           <t>https://angel37.ru/katalog/detail/la_dor_maslo_dlya_volos_i_kozhi_golovy_dlya_uvlazhneniya_i_bleska_100ml/?ysclid=m8itzzndwm35741576</t>
         </is>
       </c>
       <c r="N182" t="n">
         <v>0</v>
       </c>
       <c r="O182" t="n">
-        <v>2445</v>
+        <v>0</v>
       </c>
       <c r="P182" t="inlineStr">
         <is>
           <t>https://aumishop.ru/lador-uvlazhnyayushchee-maslo-dlya-vosstanovleniya-bleska-volos-wonder-hair-oil/</t>
         </is>
       </c>
       <c r="Q182" t="n">
         <v>0</v>
       </c>
       <c r="R182" t="n">
-        <v>2150</v>
+        <v>0</v>
       </c>
       <c r="S182" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/209301/</t>
         </is>
       </c>
       <c r="T182" t="n">
         <v>0</v>
       </c>
       <c r="U182" t="n">
         <v>0</v>
       </c>
       <c r="V182" t="inlineStr"/>
       <c r="W182" t="n">
         <v>0</v>
       </c>
       <c r="X182" t="n">
         <v>0</v>
       </c>
       <c r="Y182" t="inlineStr"/>
       <c r="Z182" t="n">
         <v>0</v>
       </c>
       <c r="AA182" t="n">
-        <v>2831</v>
+        <v>0</v>
       </c>
       <c r="AB182" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19760300039-wonder-hair-oil</t>
         </is>
       </c>
-      <c r="AC182" s="1" t="n">
-        <v>1659</v>
+      <c r="AC182" t="n">
+        <v>0</v>
       </c>
       <c r="AD182" t="n">
-        <v>2600</v>
+        <v>0</v>
       </c>
       <c r="AE182" t="inlineStr">
         <is>
           <t>https://mm.ru/product/maslo-dlya-volos-1269001?skuId=3466044</t>
         </is>
       </c>
       <c r="AF182" t="n">
         <v>0</v>
       </c>
       <c r="AG182" t="n">
         <v>0</v>
       </c>
       <c r="AH182" t="inlineStr"/>
       <c r="AI182" t="n">
         <v>0</v>
       </c>
       <c r="AJ182" t="n">
         <v>0</v>
       </c>
       <c r="AK182" t="inlineStr"/>
       <c r="AL182" t="n">
         <v>0</v>
       </c>
       <c r="AM182" t="n">
         <v>0</v>
       </c>
       <c r="AN182" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschee-maslo-dlya-volos-wonder-hair-oil</t>
         </is>
       </c>
       <c r="AO182" t="n">
         <v>0</v>
       </c>
       <c r="AP182" t="n">
-        <v>2310</v>
+        <v>0</v>
       </c>
       <c r="AQ182" t="inlineStr">
         <is>
           <t>https://www.rigla.ru/product/113436</t>
         </is>
       </c>
       <c r="AR182" t="n">
-        <v>2169</v>
+        <v>0</v>
       </c>
       <c r="AS182" t="n">
-        <v>3090</v>
+        <v>0</v>
       </c>
       <c r="AT182" t="inlineStr">
         <is>
           <t>https://rivegauche.ru/product/lador-wonder-hair-oil</t>
         </is>
       </c>
-      <c r="AU182" s="1" t="n">
-        <v>1602.3</v>
+      <c r="AU182" t="n">
+        <v>0</v>
       </c>
       <c r="AV182" t="n">
-        <v>2289</v>
+        <v>0</v>
       </c>
       <c r="AW182" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_wonder_maslo_dlya_volos_uvlazhnyayushchee_100ml-365036/</t>
         </is>
       </c>
       <c r="AX182" t="n">
-        <v>1957</v>
+        <v>0</v>
       </c>
       <c r="AY182" t="n">
-        <v>2610</v>
+        <v>0</v>
       </c>
       <c r="AZ182" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/lechebnoe_maslo/maslo-uvlazhnyayushchee-dlya-volos-lador-lador-wonder-hair/</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>981121</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>PERFUMED HAIR TREATMENT (LA PITTA) 380ML</t>
         </is>
       </c>
       <c r="D183" t="n">
         <v>1677</v>
@@ -29136,66 +29365,66 @@
       <c r="AL183" t="n">
         <v>0</v>
       </c>
       <c r="AM183" t="n">
         <v>0</v>
       </c>
       <c r="AN183" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/parfyumirovannyy-balzam-dlya-volos-perfumed-hair-treatment-la-pitta</t>
         </is>
       </c>
       <c r="AO183" t="n">
         <v>0</v>
       </c>
       <c r="AP183" t="n">
         <v>0</v>
       </c>
       <c r="AQ183" t="inlineStr"/>
       <c r="AR183" t="n">
         <v>0</v>
       </c>
       <c r="AS183" t="n">
         <v>0</v>
       </c>
       <c r="AT183" t="inlineStr"/>
-      <c r="AU183" s="1" t="n">
-        <v>1189.3</v>
+      <c r="AU183" t="n">
+        <v>0</v>
       </c>
       <c r="AV183" t="n">
-        <v>1699</v>
+        <v>0</v>
       </c>
       <c r="AW183" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_balzam_dlya_volos_perfumed_hair_treatment_la_pitta_tsitrusovo_drevesnyy_aromat_380ml-364710/</t>
         </is>
       </c>
-      <c r="AX183" s="1" t="n">
-        <v>1466</v>
+      <c r="AX183" t="n">
+        <v>0</v>
       </c>
       <c r="AY183" t="n">
-        <v>1955</v>
+        <v>0</v>
       </c>
       <c r="AZ183" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/balzamy_i_konditsionery/balzam_dlya_volos_parfyumirovannyy_lador_lador_perfumed_hair_treatment_la_pitta_380_ml/</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
           <t>980827</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>PERFUMED HAIR TREATMENT (HINOKI) 380ML</t>
         </is>
       </c>
       <c r="D184" t="n">
         <v>1677</v>
@@ -29280,66 +29509,66 @@
       <c r="AL184" t="n">
         <v>0</v>
       </c>
       <c r="AM184" t="n">
         <v>0</v>
       </c>
       <c r="AN184" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/parfyumirovannyy-balzam-dlya-volos-perfumed-hair-treatment-hinoki</t>
         </is>
       </c>
       <c r="AO184" t="n">
         <v>0</v>
       </c>
       <c r="AP184" t="n">
         <v>0</v>
       </c>
       <c r="AQ184" t="inlineStr"/>
       <c r="AR184" t="n">
         <v>0</v>
       </c>
       <c r="AS184" t="n">
         <v>0</v>
       </c>
       <c r="AT184" t="inlineStr"/>
-      <c r="AU184" s="1" t="n">
-        <v>1189.3</v>
+      <c r="AU184" t="n">
+        <v>0</v>
       </c>
       <c r="AV184" t="n">
-        <v>1699</v>
+        <v>0</v>
       </c>
       <c r="AW184" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_balzam_dlya_volos_perfumed_hair_treatment_hinoki_drevesnyy_aromat_380ml-364712/</t>
         </is>
       </c>
-      <c r="AX184" s="1" t="n">
-        <v>1466</v>
+      <c r="AX184" t="n">
+        <v>0</v>
       </c>
       <c r="AY184" t="n">
-        <v>1955</v>
+        <v>0</v>
       </c>
       <c r="AZ184" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/maski_dlya_volos/balzam_dlya_volos_parfyumirovannyy_s_aromatom_khinoki_lador_lador_perfumed_hair_treatment_hinoki_380/</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
           <t>981060</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>PERFUMED HAIR TREATMENT (OSMANTHUS) 380ML</t>
         </is>
       </c>
       <c r="D185" t="n">
         <v>1677</v>
@@ -29424,66 +29653,66 @@
       <c r="AL185" t="n">
         <v>0</v>
       </c>
       <c r="AM185" t="n">
         <v>0</v>
       </c>
       <c r="AN185" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/parfyumirovannyy-balzam-dlya-volos-perfumed-hair-treatment-osmanthus</t>
         </is>
       </c>
       <c r="AO185" t="n">
         <v>0</v>
       </c>
       <c r="AP185" t="n">
         <v>0</v>
       </c>
       <c r="AQ185" t="inlineStr"/>
       <c r="AR185" t="n">
         <v>0</v>
       </c>
       <c r="AS185" t="n">
         <v>0</v>
       </c>
       <c r="AT185" t="inlineStr"/>
-      <c r="AU185" s="1" t="n">
-        <v>1189.3</v>
+      <c r="AU185" t="n">
+        <v>0</v>
       </c>
       <c r="AV185" t="n">
-        <v>1699</v>
+        <v>0</v>
       </c>
       <c r="AW185" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_balzam_dlya_volos_perfumed_hair_treatment_osmanthus_fruktovo_tsvetochnyy_aromat_380ml-364711/</t>
         </is>
       </c>
-      <c r="AX185" s="1" t="n">
-        <v>1466</v>
+      <c r="AX185" t="n">
+        <v>0</v>
       </c>
       <c r="AY185" t="n">
-        <v>1955</v>
+        <v>0</v>
       </c>
       <c r="AZ185" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/balzamy_i_konditsionery/balzam_dlya_volos_parfyumirovannyy_lador_lador_perfumed_hair_treatment_osmanthus_380_ml/</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
           <t>981138</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>PERFUMED HAIR TREATMENT (LA PITTA) 50ML</t>
         </is>
       </c>
       <c r="D186" t="n">
         <v>464</v>
@@ -29498,51 +29727,51 @@
       <c r="H186" t="n">
         <v>0</v>
       </c>
       <c r="I186" t="n">
         <v>0</v>
       </c>
       <c r="J186" t="inlineStr"/>
       <c r="K186" t="n">
         <v>0</v>
       </c>
       <c r="L186" t="n">
         <v>0</v>
       </c>
       <c r="M186" t="inlineStr"/>
       <c r="N186" t="n">
         <v>0</v>
       </c>
       <c r="O186" t="n">
         <v>0</v>
       </c>
       <c r="P186" t="inlineStr"/>
       <c r="Q186" t="n">
         <v>0</v>
       </c>
       <c r="R186" t="n">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="S186" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/47921344/</t>
         </is>
       </c>
       <c r="T186" t="n">
         <v>0</v>
       </c>
       <c r="U186" t="n">
         <v>0</v>
       </c>
       <c r="V186" t="inlineStr"/>
       <c r="W186" t="n">
         <v>0</v>
       </c>
       <c r="X186" t="n">
         <v>0</v>
       </c>
       <c r="Y186" t="inlineStr"/>
       <c r="Z186" t="n">
         <v>0</v>
       </c>
       <c r="AA186" t="n">
         <v>0</v>
@@ -29580,54 +29809,54 @@
           <t>https://randewoo.ru/product/parfyumirovannyy-balzam-dlya-volos-perfumed-hair-treatment-la-pitta</t>
         </is>
       </c>
       <c r="AO186" t="n">
         <v>0</v>
       </c>
       <c r="AP186" t="n">
         <v>0</v>
       </c>
       <c r="AQ186" t="inlineStr"/>
       <c r="AR186" t="n">
         <v>0</v>
       </c>
       <c r="AS186" t="n">
         <v>0</v>
       </c>
       <c r="AT186" t="inlineStr"/>
       <c r="AU186" t="n">
         <v>0</v>
       </c>
       <c r="AV186" t="n">
         <v>0</v>
       </c>
       <c r="AW186" t="inlineStr"/>
       <c r="AX186" t="n">
-        <v>521</v>
+        <v>0</v>
       </c>
       <c r="AY186" t="n">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="AZ186" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/balzamy_i_konditsionery/balzam_dlya_volos_parfyumirovannyy_lador_lador_perfumed_hair_treatment_la_pitta_50_ml/</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
           <t>981145</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>PERFUMED HAIR TREATMENT (HINOKI) 50ML</t>
         </is>
       </c>
       <c r="D187" t="n">
         <v>464</v>
@@ -29642,51 +29871,51 @@
       <c r="H187" t="n">
         <v>0</v>
       </c>
       <c r="I187" t="n">
         <v>0</v>
       </c>
       <c r="J187" t="inlineStr"/>
       <c r="K187" t="n">
         <v>0</v>
       </c>
       <c r="L187" t="n">
         <v>0</v>
       </c>
       <c r="M187" t="inlineStr"/>
       <c r="N187" t="n">
         <v>0</v>
       </c>
       <c r="O187" t="n">
         <v>0</v>
       </c>
       <c r="P187" t="inlineStr"/>
       <c r="Q187" t="n">
         <v>0</v>
       </c>
       <c r="R187" t="n">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="S187" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/47921340/</t>
         </is>
       </c>
       <c r="T187" t="n">
         <v>0</v>
       </c>
       <c r="U187" t="n">
         <v>0</v>
       </c>
       <c r="V187" t="inlineStr"/>
       <c r="W187" t="n">
         <v>0</v>
       </c>
       <c r="X187" t="n">
         <v>0</v>
       </c>
       <c r="Y187" t="inlineStr"/>
       <c r="Z187" t="n">
         <v>0</v>
       </c>
       <c r="AA187" t="n">
         <v>0</v>
@@ -29724,54 +29953,54 @@
           <t>https://randewoo.ru/product/parfyumirovannyy-balzam-dlya-volos-perfumed-hair-treatment-hinoki</t>
         </is>
       </c>
       <c r="AO187" t="n">
         <v>0</v>
       </c>
       <c r="AP187" t="n">
         <v>0</v>
       </c>
       <c r="AQ187" t="inlineStr"/>
       <c r="AR187" t="n">
         <v>0</v>
       </c>
       <c r="AS187" t="n">
         <v>0</v>
       </c>
       <c r="AT187" t="inlineStr"/>
       <c r="AU187" t="n">
         <v>0</v>
       </c>
       <c r="AV187" t="n">
         <v>0</v>
       </c>
       <c r="AW187" t="inlineStr"/>
       <c r="AX187" t="n">
-        <v>521</v>
+        <v>0</v>
       </c>
       <c r="AY187" t="n">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="AZ187" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/balzamy_i_konditsionery/balzam_dlya_volos_parfyumirovannyy_lador_lador_perfumed_hair_treatment_hinoki_50_ml/</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>981152</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>PERFUMED HAIR TREATMENT (OSMANTHUS) 50ML</t>
         </is>
       </c>
       <c r="D188" t="n">
         <v>464</v>
@@ -29864,195 +30093,195 @@
           <t>https://randewoo.ru/product/parfyumirovannyy-balzam-dlya-volos-perfumed-hair-treatment-osmanthus</t>
         </is>
       </c>
       <c r="AO188" t="n">
         <v>0</v>
       </c>
       <c r="AP188" t="n">
         <v>0</v>
       </c>
       <c r="AQ188" t="inlineStr"/>
       <c r="AR188" t="n">
         <v>0</v>
       </c>
       <c r="AS188" t="n">
         <v>0</v>
       </c>
       <c r="AT188" t="inlineStr"/>
       <c r="AU188" t="n">
         <v>0</v>
       </c>
       <c r="AV188" t="n">
         <v>0</v>
       </c>
       <c r="AW188" t="inlineStr"/>
       <c r="AX188" t="n">
-        <v>521</v>
+        <v>0</v>
       </c>
       <c r="AY188" t="n">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="AZ188" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/balzamy_i_konditsionery/balzam_dlya_volos_parfyumirovannyy_lador_lador_perfumed_hair_treatment_osmanthus_50_ml/</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
           <t>632318</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>HYDRO LPP TREATMENT 200ML_OSMANTHUS</t>
         </is>
       </c>
       <c r="D189" t="n">
         <v>850</v>
       </c>
       <c r="E189" t="n">
         <v>0</v>
       </c>
       <c r="F189" t="n">
         <v>0</v>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="n">
         <v>0</v>
       </c>
       <c r="I189" t="n">
         <v>0</v>
       </c>
       <c r="J189" t="inlineStr"/>
       <c r="K189" t="n">
         <v>0</v>
       </c>
       <c r="L189" t="n">
         <v>0</v>
       </c>
       <c r="M189" t="inlineStr"/>
       <c r="N189" t="n">
         <v>0</v>
       </c>
-      <c r="O189" s="1" t="n">
-        <v>720</v>
+      <c r="O189" t="n">
+        <v>0</v>
       </c>
       <c r="P189" t="inlineStr">
         <is>
           <t>https://aumishop.ru/la_dor_hydro_lpp_treatment_mauve_edition_200_/</t>
         </is>
       </c>
       <c r="Q189" t="n">
         <v>0</v>
       </c>
-      <c r="R189" s="1" t="n">
-        <v>750</v>
+      <c r="R189" t="n">
+        <v>0</v>
       </c>
       <c r="S189" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/5667708/</t>
         </is>
       </c>
       <c r="T189" t="n">
         <v>0</v>
       </c>
       <c r="U189" t="n">
         <v>0</v>
       </c>
       <c r="V189" t="inlineStr"/>
       <c r="W189" t="n">
         <v>0</v>
       </c>
       <c r="X189" t="n">
         <v>0</v>
       </c>
       <c r="Y189" t="inlineStr"/>
       <c r="Z189" t="n">
         <v>0</v>
       </c>
       <c r="AA189" t="n">
-        <v>1001</v>
+        <v>0</v>
       </c>
       <c r="AB189" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000170248-hydro-lpp-treatment-mauve-edition?srsltid=AfmBOorTOR3e2mvJ8VOv2y88-sZoOvHctZnrZ6C0fdnvP-th5NQ_iLO0</t>
         </is>
       </c>
       <c r="AC189" t="n">
         <v>0</v>
       </c>
       <c r="AD189" t="n">
         <v>0</v>
       </c>
       <c r="AE189" t="inlineStr"/>
       <c r="AF189" t="n">
         <v>0</v>
       </c>
       <c r="AG189" t="n">
         <v>0</v>
       </c>
       <c r="AH189" t="inlineStr"/>
       <c r="AI189" t="n">
         <v>0</v>
       </c>
       <c r="AJ189" t="n">
         <v>0</v>
       </c>
       <c r="AK189" t="inlineStr"/>
       <c r="AL189" t="n">
         <v>0</v>
       </c>
       <c r="AM189" t="n">
         <v>0</v>
       </c>
       <c r="AN189" t="inlineStr"/>
       <c r="AO189" t="n">
         <v>0</v>
       </c>
       <c r="AP189" t="n">
         <v>0</v>
       </c>
       <c r="AQ189" t="inlineStr"/>
       <c r="AR189" t="n">
         <v>0</v>
       </c>
       <c r="AS189" t="n">
         <v>0</v>
       </c>
       <c r="AT189" t="inlineStr"/>
-      <c r="AU189" s="1" t="n">
-[...3 lines deleted...]
-        <v>799</v>
+      <c r="AU189" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV189" t="n">
+        <v>0</v>
       </c>
       <c r="AW189" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_maska_dlya_volos_hydro_lpp_treatment_mauve_200ml-364707/</t>
         </is>
       </c>
       <c r="AX189" t="n">
         <v>0</v>
       </c>
       <c r="AY189" t="n">
         <v>0</v>
       </c>
       <c r="AZ189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
           <t>936380</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
@@ -30144,66 +30373,66 @@
       <c r="AL190" t="n">
         <v>0</v>
       </c>
       <c r="AM190" t="n">
         <v>0</v>
       </c>
       <c r="AN190" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/balzam-dlya-volos-uvlazhnyayuschiy-wonder-balm</t>
         </is>
       </c>
       <c r="AO190" t="n">
         <v>0</v>
       </c>
       <c r="AP190" t="n">
         <v>0</v>
       </c>
       <c r="AQ190" t="inlineStr"/>
       <c r="AR190" t="n">
         <v>0</v>
       </c>
       <c r="AS190" t="n">
         <v>0</v>
       </c>
       <c r="AT190" t="inlineStr"/>
-      <c r="AU190" s="1" t="n">
-[...3 lines deleted...]
-        <v>599</v>
+      <c r="AU190" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV190" t="n">
+        <v>0</v>
       </c>
       <c r="AW190" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_wonder_balm_balzam_dlya_volos_uvlazhnyayushchiy_50ml-364955/</t>
         </is>
       </c>
       <c r="AX190" t="n">
-        <v>656</v>
+        <v>0</v>
       </c>
       <c r="AY190" t="n">
-        <v>875</v>
+        <v>0</v>
       </c>
       <c r="AZ190" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/balzamy_i_konditsionery/keratinovyy-balzam-uvlazhnyayushchiy-dlya-lomkikh-volos-lador-lador-wonder-balm-50-ml/</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
           <t>936397</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>WONDER TEAR 50ML</t>
         </is>
       </c>
       <c r="D191" t="n">
         <v>652</v>
@@ -30217,52 +30446,52 @@
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="n">
         <v>0</v>
       </c>
       <c r="I191" t="n">
         <v>0</v>
       </c>
       <c r="J191" t="inlineStr"/>
       <c r="K191" t="n">
         <v>0</v>
       </c>
       <c r="L191" t="n">
         <v>0</v>
       </c>
       <c r="M191" t="inlineStr"/>
       <c r="N191" t="n">
         <v>0</v>
       </c>
       <c r="O191" t="n">
         <v>0</v>
       </c>
       <c r="P191" t="inlineStr"/>
       <c r="Q191" t="n">
         <v>0</v>
       </c>
-      <c r="R191" s="1" t="n">
-        <v>598</v>
+      <c r="R191" t="n">
+        <v>0</v>
       </c>
       <c r="S191" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/47923505/</t>
         </is>
       </c>
       <c r="T191" t="n">
         <v>0</v>
       </c>
       <c r="U191" t="n">
         <v>0</v>
       </c>
       <c r="V191" t="inlineStr"/>
       <c r="W191" t="n">
         <v>0</v>
       </c>
       <c r="X191" t="n">
         <v>0</v>
       </c>
       <c r="Y191" t="inlineStr"/>
       <c r="Z191" t="n">
         <v>0</v>
       </c>
       <c r="AA191" t="n">
         <v>0</v>
@@ -30292,55 +30521,55 @@
       <c r="AL191" t="n">
         <v>0</v>
       </c>
       <c r="AM191" t="n">
         <v>0</v>
       </c>
       <c r="AN191" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/balzam-maska-dlya-uvlazhneniya-ukrepleniya-i-pridaniya-ob-ema-volosam-wonder-tear</t>
         </is>
       </c>
       <c r="AO191" t="n">
         <v>0</v>
       </c>
       <c r="AP191" t="n">
         <v>0</v>
       </c>
       <c r="AQ191" t="inlineStr"/>
       <c r="AR191" t="n">
         <v>0</v>
       </c>
       <c r="AS191" t="n">
         <v>0</v>
       </c>
       <c r="AT191" t="inlineStr"/>
-      <c r="AU191" s="1" t="n">
-        <v>629.3</v>
+      <c r="AU191" t="n">
+        <v>0</v>
       </c>
       <c r="AV191" t="n">
-        <v>899</v>
+        <v>0</v>
       </c>
       <c r="AW191" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_wonder_tear_balzam_dlya_pridaniya_volosam_gladkosti_i_obema_50ml-364956/</t>
         </is>
       </c>
       <c r="AX191" t="n">
         <v>0</v>
       </c>
       <c r="AY191" t="n">
         <v>0</v>
       </c>
       <c r="AZ191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>980049</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
@@ -30361,145 +30590,145 @@
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="n">
         <v>0</v>
       </c>
       <c r="I192" t="n">
         <v>0</v>
       </c>
       <c r="J192" t="inlineStr"/>
       <c r="K192" t="n">
         <v>0</v>
       </c>
       <c r="L192" t="n">
         <v>0</v>
       </c>
       <c r="M192" t="inlineStr"/>
       <c r="N192" t="n">
         <v>0</v>
       </c>
       <c r="O192" t="n">
         <v>0</v>
       </c>
       <c r="P192" t="inlineStr"/>
       <c r="Q192" t="n">
         <v>0</v>
       </c>
-      <c r="R192" s="1" t="n">
-        <v>1590</v>
+      <c r="R192" t="n">
+        <v>0</v>
       </c>
       <c r="S192" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/48042082/</t>
         </is>
       </c>
       <c r="T192" t="n">
         <v>0</v>
       </c>
       <c r="U192" t="n">
         <v>0</v>
       </c>
       <c r="V192" t="inlineStr"/>
       <c r="W192" t="n">
         <v>0</v>
       </c>
       <c r="X192" t="n">
         <v>0</v>
       </c>
       <c r="Y192" t="inlineStr"/>
       <c r="Z192" t="n">
         <v>0</v>
       </c>
       <c r="AA192" t="n">
-        <v>2613</v>
+        <v>0</v>
       </c>
       <c r="AB192" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000358509-volumising-curl</t>
         </is>
       </c>
-      <c r="AC192" s="1" t="n">
-        <v>1237</v>
+      <c r="AC192" t="n">
+        <v>0</v>
       </c>
       <c r="AD192" t="n">
-        <v>2500</v>
+        <v>0</v>
       </c>
       <c r="AE192" t="inlineStr">
         <is>
           <t>https://mm.ru/product/shampun-dlya-obema-3437859?skuId=9298655</t>
         </is>
       </c>
       <c r="AF192" t="n">
         <v>0</v>
       </c>
       <c r="AG192" t="n">
         <v>0</v>
       </c>
       <c r="AH192" t="inlineStr"/>
       <c r="AI192" t="n">
         <v>0</v>
       </c>
       <c r="AJ192" t="n">
         <v>0</v>
       </c>
       <c r="AK192" t="inlineStr"/>
       <c r="AL192" t="n">
-        <v>1956</v>
+        <v>0</v>
       </c>
       <c r="AM192" t="n">
-        <v>2445</v>
+        <v>0</v>
       </c>
       <c r="AN192" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-ob-ema-i-protiv-vypadeniya-volos-volumising-curl-shampoo-530ml</t>
         </is>
       </c>
       <c r="AO192" t="n">
         <v>0</v>
       </c>
       <c r="AP192" t="n">
         <v>0</v>
       </c>
       <c r="AQ192" t="inlineStr"/>
       <c r="AR192" t="n">
         <v>0</v>
       </c>
       <c r="AS192" t="n">
         <v>0</v>
       </c>
       <c r="AT192" t="inlineStr"/>
       <c r="AU192" t="n">
         <v>0</v>
       </c>
       <c r="AV192" t="n">
         <v>0</v>
       </c>
       <c r="AW192" t="inlineStr"/>
       <c r="AX192" t="n">
-        <v>1961</v>
+        <v>0</v>
       </c>
       <c r="AY192" t="n">
-        <v>2615</v>
+        <v>0</v>
       </c>
       <c r="AZ192" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun_dlya_obema_i_ukhoda_protiv_vypadeniya_dlya_vyushchikhsya_volos_lador_lador_volumising_curl_s/</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>980216</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>VOLUMISING CURL CREAM 80ML</t>
         </is>
       </c>
       <c r="D193" t="n">
         <v>1360</v>
@@ -30514,136 +30743,136 @@
       <c r="H193" t="n">
         <v>0</v>
       </c>
       <c r="I193" t="n">
         <v>0</v>
       </c>
       <c r="J193" t="inlineStr"/>
       <c r="K193" t="n">
         <v>0</v>
       </c>
       <c r="L193" t="n">
         <v>0</v>
       </c>
       <c r="M193" t="inlineStr"/>
       <c r="N193" t="n">
         <v>0</v>
       </c>
       <c r="O193" t="n">
         <v>0</v>
       </c>
       <c r="P193" t="inlineStr"/>
       <c r="Q193" t="n">
         <v>0</v>
       </c>
       <c r="R193" t="n">
-        <v>1550</v>
+        <v>0</v>
       </c>
       <c r="S193" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/40612395/</t>
         </is>
       </c>
       <c r="T193" t="n">
         <v>0</v>
       </c>
       <c r="U193" t="n">
         <v>0</v>
       </c>
       <c r="V193" t="inlineStr"/>
       <c r="W193" t="n">
         <v>0</v>
       </c>
       <c r="X193" t="n">
         <v>0</v>
       </c>
       <c r="Y193" t="inlineStr"/>
       <c r="Z193" t="n">
         <v>0</v>
       </c>
       <c r="AA193" t="n">
         <v>0</v>
       </c>
       <c r="AB193" t="inlineStr"/>
       <c r="AC193" t="n">
         <v>0</v>
       </c>
       <c r="AD193" t="n">
         <v>0</v>
       </c>
       <c r="AE193" t="inlineStr"/>
       <c r="AF193" t="n">
         <v>0</v>
       </c>
       <c r="AG193" t="n">
         <v>0</v>
       </c>
       <c r="AH193" t="inlineStr"/>
       <c r="AI193" t="n">
         <v>0</v>
       </c>
       <c r="AJ193" t="n">
         <v>0</v>
       </c>
       <c r="AK193" t="inlineStr"/>
-      <c r="AL193" s="1" t="n">
-        <v>1359</v>
+      <c r="AL193" t="n">
+        <v>0</v>
       </c>
       <c r="AM193" t="n">
-        <v>1699</v>
+        <v>0</v>
       </c>
       <c r="AN193" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/krem-essentsiya-dlya-sozdaniya-ob-ema-i-lokonov-volumising-curl-cream-80ml</t>
         </is>
       </c>
       <c r="AO193" t="n">
         <v>0</v>
       </c>
       <c r="AP193" t="n">
         <v>0</v>
       </c>
       <c r="AQ193" t="inlineStr"/>
       <c r="AR193" t="n">
         <v>0</v>
       </c>
       <c r="AS193" t="n">
         <v>0</v>
       </c>
       <c r="AT193" t="inlineStr"/>
       <c r="AU193" t="n">
         <v>0</v>
       </c>
       <c r="AV193" t="n">
         <v>0</v>
       </c>
       <c r="AW193" t="inlineStr"/>
-      <c r="AX193" s="1" t="n">
-        <v>1106</v>
+      <c r="AX193" t="n">
+        <v>0</v>
       </c>
       <c r="AY193" t="n">
-        <v>1475</v>
+        <v>0</v>
       </c>
       <c r="AZ193" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/lador_krem_essentsiya_dlya_obema_volos_volumising_curl_cream_80_ml/</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>980421</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>KIDS INTENSIVE CREAM 200ML</t>
         </is>
       </c>
       <c r="D194" t="n">
         <v>1747</v>
@@ -30789,79 +31018,83 @@
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="n">
         <v>0</v>
       </c>
       <c r="I195" t="n">
         <v>0</v>
       </c>
       <c r="J195" t="inlineStr"/>
       <c r="K195" t="n">
         <v>0</v>
       </c>
       <c r="L195" t="n">
         <v>0</v>
       </c>
       <c r="M195" t="inlineStr"/>
       <c r="N195" t="n">
         <v>0</v>
       </c>
       <c r="O195" t="n">
         <v>0</v>
       </c>
       <c r="P195" t="inlineStr"/>
       <c r="Q195" t="n">
         <v>0</v>
       </c>
-      <c r="R195" s="1" t="n">
-        <v>420</v>
+      <c r="R195" t="n">
+        <v>0</v>
       </c>
       <c r="S195" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/47919643/</t>
         </is>
       </c>
       <c r="T195" t="n">
         <v>0</v>
       </c>
       <c r="U195" t="n">
         <v>0</v>
       </c>
       <c r="V195" t="inlineStr"/>
       <c r="W195" t="n">
         <v>0</v>
       </c>
       <c r="X195" t="n">
         <v>0</v>
       </c>
       <c r="Y195" t="inlineStr"/>
       <c r="Z195" t="n">
         <v>0</v>
       </c>
       <c r="AA195" t="n">
         <v>0</v>
       </c>
-      <c r="AB195" t="inlineStr"/>
+      <c r="AB195" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000226413-dermatical</t>
+        </is>
+      </c>
       <c r="AC195" t="n">
         <v>0</v>
       </c>
       <c r="AD195" t="n">
         <v>0</v>
       </c>
       <c r="AE195" t="inlineStr"/>
       <c r="AF195" t="n">
         <v>0</v>
       </c>
       <c r="AG195" t="n">
         <v>0</v>
       </c>
       <c r="AH195" t="inlineStr"/>
       <c r="AI195" t="n">
         <v>0</v>
       </c>
       <c r="AJ195" t="n">
         <v>0</v>
       </c>
       <c r="AK195" t="inlineStr"/>
       <c r="AL195" t="n">
         <v>0</v>
       </c>
       <c r="AM195" t="n">
@@ -30872,54 +31105,54 @@
           <t>https://randewoo.ru/product/ukreplyayuschiy-shampun-dlya-tonkih-volos-dermatical-hair-loss-shampoo-for-thin-hair</t>
         </is>
       </c>
       <c r="AO195" t="n">
         <v>0</v>
       </c>
       <c r="AP195" t="n">
         <v>0</v>
       </c>
       <c r="AQ195" t="inlineStr"/>
       <c r="AR195" t="n">
         <v>0</v>
       </c>
       <c r="AS195" t="n">
         <v>0</v>
       </c>
       <c r="AT195" t="inlineStr"/>
       <c r="AU195" t="n">
         <v>0</v>
       </c>
       <c r="AV195" t="n">
         <v>0</v>
       </c>
       <c r="AW195" t="inlineStr"/>
       <c r="AX195" t="n">
-        <v>517</v>
+        <v>0</v>
       </c>
       <c r="AY195" t="n">
-        <v>690</v>
+        <v>0</v>
       </c>
       <c r="AZ195" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampun-protiv-vypadeniya-volos-lador-lador-dermatical/</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>936588</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>DERMATICAL HAIR-LOSS TREATMENT (FOR THIN HAIR) 50ML</t>
         </is>
       </c>
       <c r="D196" t="n">
         <v>488</v>
@@ -30934,51 +31167,51 @@
       <c r="H196" t="n">
         <v>0</v>
       </c>
       <c r="I196" t="n">
         <v>0</v>
       </c>
       <c r="J196" t="inlineStr"/>
       <c r="K196" t="n">
         <v>0</v>
       </c>
       <c r="L196" t="n">
         <v>0</v>
       </c>
       <c r="M196" t="inlineStr"/>
       <c r="N196" t="n">
         <v>0</v>
       </c>
       <c r="O196" t="n">
         <v>0</v>
       </c>
       <c r="P196" t="inlineStr"/>
       <c r="Q196" t="n">
         <v>0</v>
       </c>
       <c r="R196" t="n">
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="S196" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/6674085/</t>
         </is>
       </c>
       <c r="T196" t="n">
         <v>0</v>
       </c>
       <c r="U196" t="n">
         <v>0</v>
       </c>
       <c r="V196" t="inlineStr"/>
       <c r="W196" t="n">
         <v>0</v>
       </c>
       <c r="X196" t="n">
         <v>0</v>
       </c>
       <c r="Y196" t="inlineStr"/>
       <c r="Z196" t="n">
         <v>0</v>
       </c>
       <c r="AA196" t="n">
         <v>0</v>
@@ -31016,54 +31249,54 @@
           <t>https://randewoo.ru/product/ukreplyayuschaya-maska-dlya-tonkih-volos-dermatical-hair-loss-treatment-for-thin-hair</t>
         </is>
       </c>
       <c r="AO196" t="n">
         <v>0</v>
       </c>
       <c r="AP196" t="n">
         <v>0</v>
       </c>
       <c r="AQ196" t="inlineStr"/>
       <c r="AR196" t="n">
         <v>0</v>
       </c>
       <c r="AS196" t="n">
         <v>0</v>
       </c>
       <c r="AT196" t="inlineStr"/>
       <c r="AU196" t="n">
         <v>0</v>
       </c>
       <c r="AV196" t="n">
         <v>0</v>
       </c>
       <c r="AW196" t="inlineStr"/>
       <c r="AX196" t="n">
-        <v>492</v>
+        <v>0</v>
       </c>
       <c r="AY196" t="n">
-        <v>1230</v>
+        <v>0</v>
       </c>
       <c r="AZ196" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/maska-dlya-volos-protiv-vypadeniya-lador-lador/</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>025012</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>ROOT RE-BOOT AWAKENING SHAMPOO (RED GINSENG &amp; BEER YEAST) 50ML</t>
         </is>
       </c>
       <c r="D197" t="n">
         <v>448</v>
@@ -31077,79 +31310,83 @@
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="n">
         <v>0</v>
       </c>
       <c r="I197" t="n">
         <v>0</v>
       </c>
       <c r="J197" t="inlineStr"/>
       <c r="K197" t="n">
         <v>0</v>
       </c>
       <c r="L197" t="n">
         <v>0</v>
       </c>
       <c r="M197" t="inlineStr"/>
       <c r="N197" t="n">
         <v>0</v>
       </c>
       <c r="O197" t="n">
         <v>0</v>
       </c>
       <c r="P197" t="inlineStr"/>
       <c r="Q197" t="n">
         <v>0</v>
       </c>
-      <c r="R197" s="1" t="n">
-        <v>400</v>
+      <c r="R197" t="n">
+        <v>0</v>
       </c>
       <c r="S197" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/42162123/</t>
         </is>
       </c>
       <c r="T197" t="n">
         <v>0</v>
       </c>
       <c r="U197" t="n">
         <v>0</v>
       </c>
       <c r="V197" t="inlineStr"/>
       <c r="W197" t="n">
         <v>0</v>
       </c>
       <c r="X197" t="n">
         <v>0</v>
       </c>
       <c r="Y197" t="inlineStr"/>
       <c r="Z197" t="n">
         <v>0</v>
       </c>
       <c r="AA197" t="n">
         <v>0</v>
       </c>
-      <c r="AB197" t="inlineStr"/>
+      <c r="AB197" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000276662-red-ginseng-beer-yeast</t>
+        </is>
+      </c>
       <c r="AC197" t="n">
         <v>0</v>
       </c>
       <c r="AD197" t="n">
         <v>0</v>
       </c>
       <c r="AE197" t="inlineStr"/>
       <c r="AF197" t="n">
         <v>0</v>
       </c>
       <c r="AG197" t="n">
         <v>0</v>
       </c>
       <c r="AH197" t="inlineStr"/>
       <c r="AI197" t="n">
         <v>0</v>
       </c>
       <c r="AJ197" t="n">
         <v>0</v>
       </c>
       <c r="AK197" t="inlineStr"/>
       <c r="AL197" t="n">
         <v>0</v>
       </c>
       <c r="AM197" t="n">
@@ -31241,51 +31478,55 @@
       </c>
       <c r="R198" t="n">
         <v>0</v>
       </c>
       <c r="S198" t="inlineStr"/>
       <c r="T198" t="n">
         <v>0</v>
       </c>
       <c r="U198" t="n">
         <v>0</v>
       </c>
       <c r="V198" t="inlineStr"/>
       <c r="W198" t="n">
         <v>0</v>
       </c>
       <c r="X198" t="n">
         <v>0</v>
       </c>
       <c r="Y198" t="inlineStr"/>
       <c r="Z198" t="n">
         <v>0</v>
       </c>
       <c r="AA198" t="n">
         <v>0</v>
       </c>
-      <c r="AB198" t="inlineStr"/>
+      <c r="AB198" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000358508-root-re-boot-red-ginseng-beer-yeast</t>
+        </is>
+      </c>
       <c r="AC198" t="n">
         <v>0</v>
       </c>
       <c r="AD198" t="n">
         <v>0</v>
       </c>
       <c r="AE198" t="inlineStr"/>
       <c r="AF198" t="n">
         <v>0</v>
       </c>
       <c r="AG198" t="n">
         <v>0</v>
       </c>
       <c r="AH198" t="inlineStr"/>
       <c r="AI198" t="n">
         <v>0</v>
       </c>
       <c r="AJ198" t="n">
         <v>0</v>
       </c>
       <c r="AK198" t="inlineStr"/>
       <c r="AL198" t="n">
         <v>0</v>
       </c>
       <c r="AM198" t="n">
@@ -31296,54 +31537,54 @@
           <t>https://randewoo.ru/product/shampun-s-ekstraktom-krasnogo-zhenshenya-i-pivnymi-drozhzhami-root-re-boot-awakening-shampoo</t>
         </is>
       </c>
       <c r="AO198" t="n">
         <v>0</v>
       </c>
       <c r="AP198" t="n">
         <v>0</v>
       </c>
       <c r="AQ198" t="inlineStr"/>
       <c r="AR198" t="n">
         <v>0</v>
       </c>
       <c r="AS198" t="n">
         <v>0</v>
       </c>
       <c r="AT198" t="inlineStr"/>
       <c r="AU198" t="n">
         <v>0</v>
       </c>
       <c r="AV198" t="n">
         <v>0</v>
       </c>
       <c r="AW198" t="inlineStr"/>
       <c r="AX198" t="n">
-        <v>2403</v>
+        <v>0</v>
       </c>
       <c r="AY198" t="n">
-        <v>3205</v>
+        <v>0</v>
       </c>
       <c r="AZ198" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun_dlya_rosta_volos_s_zhenshenem_i_pivnymi_drozhzhami_lador_lador_root_re_boot_awakening_shampo/</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>025029</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>ROOT RE-BOOT ACTIVATING SHAMPOO (CICA &amp; TEA TREE) 50ML</t>
         </is>
       </c>
       <c r="D199" t="n">
         <v>448</v>
@@ -31357,79 +31598,83 @@
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="n">
         <v>0</v>
       </c>
       <c r="I199" t="n">
         <v>0</v>
       </c>
       <c r="J199" t="inlineStr"/>
       <c r="K199" t="n">
         <v>0</v>
       </c>
       <c r="L199" t="n">
         <v>0</v>
       </c>
       <c r="M199" t="inlineStr"/>
       <c r="N199" t="n">
         <v>0</v>
       </c>
       <c r="O199" t="n">
         <v>0</v>
       </c>
       <c r="P199" t="inlineStr"/>
       <c r="Q199" t="n">
         <v>0</v>
       </c>
-      <c r="R199" s="1" t="n">
-        <v>400</v>
+      <c r="R199" t="n">
+        <v>0</v>
       </c>
       <c r="S199" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/42162122/</t>
         </is>
       </c>
       <c r="T199" t="n">
         <v>0</v>
       </c>
       <c r="U199" t="n">
         <v>0</v>
       </c>
       <c r="V199" t="inlineStr"/>
       <c r="W199" t="n">
         <v>0</v>
       </c>
       <c r="X199" t="n">
         <v>0</v>
       </c>
       <c r="Y199" t="inlineStr"/>
       <c r="Z199" t="n">
         <v>0</v>
       </c>
       <c r="AA199" t="n">
         <v>0</v>
       </c>
-      <c r="AB199" t="inlineStr"/>
+      <c r="AB199" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000276663-cica-tea-tree</t>
+        </is>
+      </c>
       <c r="AC199" t="n">
         <v>0</v>
       </c>
       <c r="AD199" t="n">
         <v>0</v>
       </c>
       <c r="AE199" t="inlineStr"/>
       <c r="AF199" t="n">
         <v>0</v>
       </c>
       <c r="AG199" t="n">
         <v>0</v>
       </c>
       <c r="AH199" t="inlineStr"/>
       <c r="AI199" t="n">
         <v>0</v>
       </c>
       <c r="AJ199" t="n">
         <v>0</v>
       </c>
       <c r="AK199" t="inlineStr"/>
       <c r="AL199" t="n">
         <v>0</v>
       </c>
       <c r="AM199" t="n">
@@ -31521,113 +31766,117 @@
       </c>
       <c r="R200" t="n">
         <v>0</v>
       </c>
       <c r="S200" t="inlineStr"/>
       <c r="T200" t="n">
         <v>0</v>
       </c>
       <c r="U200" t="n">
         <v>0</v>
       </c>
       <c r="V200" t="inlineStr"/>
       <c r="W200" t="n">
         <v>0</v>
       </c>
       <c r="X200" t="n">
         <v>0</v>
       </c>
       <c r="Y200" t="inlineStr"/>
       <c r="Z200" t="n">
         <v>0</v>
       </c>
       <c r="AA200" t="n">
         <v>0</v>
       </c>
-      <c r="AB200" t="inlineStr"/>
+      <c r="AB200" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000358505-root-re-boot-cica-tea-tree</t>
+        </is>
+      </c>
       <c r="AC200" t="n">
         <v>0</v>
       </c>
       <c r="AD200" t="n">
         <v>0</v>
       </c>
       <c r="AE200" t="inlineStr"/>
       <c r="AF200" t="n">
         <v>0</v>
       </c>
       <c r="AG200" t="n">
         <v>0</v>
       </c>
       <c r="AH200" t="inlineStr"/>
       <c r="AI200" t="n">
         <v>0</v>
       </c>
       <c r="AJ200" t="n">
         <v>0</v>
       </c>
       <c r="AK200" t="inlineStr"/>
       <c r="AL200" t="n">
         <v>0</v>
       </c>
       <c r="AM200" t="n">
         <v>0</v>
       </c>
       <c r="AN200" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-s-ekstraktom-tsentelly-aziatskoy-i-chaynym-derevom-root-re-boot-activating-shampoo</t>
         </is>
       </c>
       <c r="AO200" t="n">
         <v>0</v>
       </c>
       <c r="AP200" t="n">
         <v>0</v>
       </c>
       <c r="AQ200" t="inlineStr"/>
       <c r="AR200" t="n">
         <v>0</v>
       </c>
       <c r="AS200" t="n">
         <v>0</v>
       </c>
       <c r="AT200" t="inlineStr"/>
-      <c r="AU200" s="1" t="n">
-[...3 lines deleted...]
-        <v>2399</v>
+      <c r="AU200" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV200" t="n">
+        <v>0</v>
       </c>
       <c r="AW200" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_shampun_osvezhayushchiy_protiv_vypadeniya_volos_root_re_boot_activating_shampoo_800ml-364944/</t>
         </is>
       </c>
       <c r="AX200" t="n">
-        <v>2403</v>
+        <v>0</v>
       </c>
       <c r="AY200" t="n">
-        <v>3205</v>
+        <v>0</v>
       </c>
       <c r="AZ200" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun_dlya_zhirnoy_kozhi_golovy_s_tsentelloy_i_chaynym_derevom_lador_lador_root_re_boot_activating/</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
           <t>025036</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>ROOT RE-BOOT PURIFYING SHAMPOO (GINGER &amp; APPLE) 50ML</t>
         </is>
       </c>
       <c r="D201" t="n">
         <v>448</v>
@@ -31641,79 +31890,83 @@
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="n">
         <v>0</v>
       </c>
       <c r="I201" t="n">
         <v>0</v>
       </c>
       <c r="J201" t="inlineStr"/>
       <c r="K201" t="n">
         <v>0</v>
       </c>
       <c r="L201" t="n">
         <v>0</v>
       </c>
       <c r="M201" t="inlineStr"/>
       <c r="N201" t="n">
         <v>0</v>
       </c>
       <c r="O201" t="n">
         <v>0</v>
       </c>
       <c r="P201" t="inlineStr"/>
       <c r="Q201" t="n">
         <v>0</v>
       </c>
-      <c r="R201" s="1" t="n">
-        <v>400</v>
+      <c r="R201" t="n">
+        <v>0</v>
       </c>
       <c r="S201" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/42162124/</t>
         </is>
       </c>
       <c r="T201" t="n">
         <v>0</v>
       </c>
       <c r="U201" t="n">
         <v>0</v>
       </c>
       <c r="V201" t="inlineStr"/>
       <c r="W201" t="n">
         <v>0</v>
       </c>
       <c r="X201" t="n">
         <v>0</v>
       </c>
       <c r="Y201" t="inlineStr"/>
       <c r="Z201" t="n">
         <v>0</v>
       </c>
       <c r="AA201" t="n">
         <v>0</v>
       </c>
-      <c r="AB201" t="inlineStr"/>
+      <c r="AB201" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000276664-ginger-apple</t>
+        </is>
+      </c>
       <c r="AC201" t="n">
         <v>0</v>
       </c>
       <c r="AD201" t="n">
         <v>0</v>
       </c>
       <c r="AE201" t="inlineStr"/>
       <c r="AF201" t="n">
         <v>0</v>
       </c>
       <c r="AG201" t="n">
         <v>0</v>
       </c>
       <c r="AH201" t="inlineStr"/>
       <c r="AI201" t="n">
         <v>0</v>
       </c>
       <c r="AJ201" t="n">
         <v>0</v>
       </c>
       <c r="AK201" t="inlineStr"/>
       <c r="AL201" t="n">
         <v>0</v>
       </c>
       <c r="AM201" t="n">
@@ -31805,51 +32058,55 @@
       </c>
       <c r="R202" t="n">
         <v>0</v>
       </c>
       <c r="S202" t="inlineStr"/>
       <c r="T202" t="n">
         <v>0</v>
       </c>
       <c r="U202" t="n">
         <v>0</v>
       </c>
       <c r="V202" t="inlineStr"/>
       <c r="W202" t="n">
         <v>0</v>
       </c>
       <c r="X202" t="n">
         <v>0</v>
       </c>
       <c r="Y202" t="inlineStr"/>
       <c r="Z202" t="n">
         <v>0</v>
       </c>
       <c r="AA202" t="n">
         <v>0</v>
       </c>
-      <c r="AB202" t="inlineStr"/>
+      <c r="AB202" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000358506-root-re-boot-ginger-apple</t>
+        </is>
+      </c>
       <c r="AC202" t="n">
         <v>0</v>
       </c>
       <c r="AD202" t="n">
         <v>0</v>
       </c>
       <c r="AE202" t="inlineStr"/>
       <c r="AF202" t="n">
         <v>0</v>
       </c>
       <c r="AG202" t="n">
         <v>0</v>
       </c>
       <c r="AH202" t="inlineStr"/>
       <c r="AI202" t="n">
         <v>0</v>
       </c>
       <c r="AJ202" t="n">
         <v>0</v>
       </c>
       <c r="AK202" t="inlineStr"/>
       <c r="AL202" t="n">
         <v>0</v>
       </c>
       <c r="AM202" t="n">
@@ -31860,54 +32117,54 @@
           <t>https://randewoo.ru/product/shampun-s-ekstraktom-stvolovyh-kletok-yabloka-i-kornya-imbirya-root-re-boot-purifying-shampoo</t>
         </is>
       </c>
       <c r="AO202" t="n">
         <v>0</v>
       </c>
       <c r="AP202" t="n">
         <v>0</v>
       </c>
       <c r="AQ202" t="inlineStr"/>
       <c r="AR202" t="n">
         <v>0</v>
       </c>
       <c r="AS202" t="n">
         <v>0</v>
       </c>
       <c r="AT202" t="inlineStr"/>
       <c r="AU202" t="n">
         <v>0</v>
       </c>
       <c r="AV202" t="n">
         <v>0</v>
       </c>
       <c r="AW202" t="inlineStr"/>
       <c r="AX202" t="n">
-        <v>2403</v>
+        <v>0</v>
       </c>
       <c r="AY202" t="n">
-        <v>3205</v>
+        <v>0</v>
       </c>
       <c r="AZ202" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/shampun_dlya_povrezhdennykh_volos_s_imbirem_i_yablokom_lador_lador_root_re_boot_purifying_shampoo_gi/</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
           <t>025043</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>ROOT RE-BOOT VITALIZING SHAMPOO (PROPOLIS &amp; CITRON) 50ML</t>
         </is>
       </c>
       <c r="D203" t="n">
         <v>448</v>
@@ -31921,79 +32178,83 @@
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="n">
         <v>0</v>
       </c>
       <c r="I203" t="n">
         <v>0</v>
       </c>
       <c r="J203" t="inlineStr"/>
       <c r="K203" t="n">
         <v>0</v>
       </c>
       <c r="L203" t="n">
         <v>0</v>
       </c>
       <c r="M203" t="inlineStr"/>
       <c r="N203" t="n">
         <v>0</v>
       </c>
       <c r="O203" t="n">
         <v>0</v>
       </c>
       <c r="P203" t="inlineStr"/>
       <c r="Q203" t="n">
         <v>0</v>
       </c>
-      <c r="R203" s="1" t="n">
-        <v>400</v>
+      <c r="R203" t="n">
+        <v>0</v>
       </c>
       <c r="S203" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/42162125/</t>
         </is>
       </c>
       <c r="T203" t="n">
         <v>0</v>
       </c>
       <c r="U203" t="n">
         <v>0</v>
       </c>
       <c r="V203" t="inlineStr"/>
       <c r="W203" t="n">
         <v>0</v>
       </c>
       <c r="X203" t="n">
         <v>0</v>
       </c>
       <c r="Y203" t="inlineStr"/>
       <c r="Z203" t="n">
         <v>0</v>
       </c>
       <c r="AA203" t="n">
         <v>0</v>
       </c>
-      <c r="AB203" t="inlineStr"/>
+      <c r="AB203" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000276665-propolis-citron</t>
+        </is>
+      </c>
       <c r="AC203" t="n">
         <v>0</v>
       </c>
       <c r="AD203" t="n">
         <v>0</v>
       </c>
       <c r="AE203" t="inlineStr"/>
       <c r="AF203" t="n">
         <v>0</v>
       </c>
       <c r="AG203" t="n">
         <v>0</v>
       </c>
       <c r="AH203" t="inlineStr"/>
       <c r="AI203" t="n">
         <v>0</v>
       </c>
       <c r="AJ203" t="n">
         <v>0</v>
       </c>
       <c r="AK203" t="inlineStr"/>
       <c r="AL203" t="n">
         <v>0</v>
       </c>
       <c r="AM203" t="n">
@@ -32085,113 +32346,117 @@
       </c>
       <c r="R204" t="n">
         <v>0</v>
       </c>
       <c r="S204" t="inlineStr"/>
       <c r="T204" t="n">
         <v>0</v>
       </c>
       <c r="U204" t="n">
         <v>0</v>
       </c>
       <c r="V204" t="inlineStr"/>
       <c r="W204" t="n">
         <v>0</v>
       </c>
       <c r="X204" t="n">
         <v>0</v>
       </c>
       <c r="Y204" t="inlineStr"/>
       <c r="Z204" t="n">
         <v>0</v>
       </c>
       <c r="AA204" t="n">
         <v>0</v>
       </c>
-      <c r="AB204" t="inlineStr"/>
+      <c r="AB204" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000358507-root-re-boot-propolis-citron</t>
+        </is>
+      </c>
       <c r="AC204" t="n">
         <v>0</v>
       </c>
       <c r="AD204" t="n">
         <v>0</v>
       </c>
       <c r="AE204" t="inlineStr"/>
       <c r="AF204" t="n">
         <v>0</v>
       </c>
       <c r="AG204" t="n">
         <v>0</v>
       </c>
       <c r="AH204" t="inlineStr"/>
       <c r="AI204" t="n">
         <v>0</v>
       </c>
       <c r="AJ204" t="n">
         <v>0</v>
       </c>
       <c r="AK204" t="inlineStr"/>
       <c r="AL204" t="n">
         <v>0</v>
       </c>
       <c r="AM204" t="n">
         <v>0</v>
       </c>
       <c r="AN204" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/shampun-dlya-volos-s-propolisom-root-re-boot-vitalizing-shampoo</t>
         </is>
       </c>
       <c r="AO204" t="n">
         <v>0</v>
       </c>
       <c r="AP204" t="n">
         <v>0</v>
       </c>
       <c r="AQ204" t="inlineStr"/>
       <c r="AR204" t="n">
         <v>0</v>
       </c>
       <c r="AS204" t="n">
         <v>0</v>
       </c>
       <c r="AT204" t="inlineStr"/>
-      <c r="AU204" s="1" t="n">
-[...3 lines deleted...]
-        <v>1999</v>
+      <c r="AU204" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV204" t="n">
+        <v>0</v>
       </c>
       <c r="AW204" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_shampun_dlya_volos_dlya_sukhoy_kozhi_golovy_s_propolisom_root_re_boot_vitalizing_shampoo_800m-364709/</t>
         </is>
       </c>
       <c r="AX204" t="n">
-        <v>2403</v>
+        <v>0</v>
       </c>
       <c r="AY204" t="n">
-        <v>3205</v>
+        <v>0</v>
       </c>
       <c r="AZ204" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/shampuni/pitatelnyy_shampun_s_propolisom_i_tsitronom_lador_lador_root_re_boot_vitalizing_shampoo_propolis_cit/</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
           <t>980209</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>La'dor</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>PERFUMED HAIR OIL (OUR LEAF) 10ML</t>
         </is>
       </c>
       <c r="D205" t="n">
         <v>503</v>
@@ -32236,51 +32501,55 @@
       </c>
       <c r="U205" t="n">
         <v>0</v>
       </c>
       <c r="V205" t="inlineStr"/>
       <c r="W205" t="n">
         <v>0</v>
       </c>
       <c r="X205" t="n">
         <v>0</v>
       </c>
       <c r="Y205" t="inlineStr"/>
       <c r="Z205" t="n">
         <v>0</v>
       </c>
       <c r="AA205" t="n">
         <v>0</v>
       </c>
       <c r="AB205" t="inlineStr"/>
       <c r="AC205" t="n">
         <v>0</v>
       </c>
       <c r="AD205" t="n">
         <v>0</v>
       </c>
-      <c r="AE205" t="inlineStr"/>
+      <c r="AE205" t="inlineStr">
+        <is>
+          <t>https://mm.ru/product/lador-maslo-dlya-5859120?skuId=13095772</t>
+        </is>
+      </c>
       <c r="AF205" t="n">
         <v>0</v>
       </c>
       <c r="AG205" t="n">
         <v>0</v>
       </c>
       <c r="AH205" t="inlineStr"/>
       <c r="AI205" t="n">
         <v>0</v>
       </c>
       <c r="AJ205" t="n">
         <v>0</v>
       </c>
       <c r="AK205" t="inlineStr"/>
       <c r="AL205" t="n">
         <v>0</v>
       </c>
       <c r="AM205" t="n">
         <v>0</v>
       </c>
       <c r="AN205" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/parfyumirovannoe-maslo-dlya-volos-s-aromatom-svezhey-zeleni-perfumed-hair-oil-our-leaf</t>
         </is>
       </c>
@@ -32746,51 +33015,51 @@
       <c r="H209" t="n">
         <v>0</v>
       </c>
       <c r="I209" t="n">
         <v>0</v>
       </c>
       <c r="J209" t="inlineStr"/>
       <c r="K209" t="n">
         <v>0</v>
       </c>
       <c r="L209" t="n">
         <v>0</v>
       </c>
       <c r="M209" t="inlineStr"/>
       <c r="N209" t="n">
         <v>0</v>
       </c>
       <c r="O209" t="n">
         <v>0</v>
       </c>
       <c r="P209" t="inlineStr"/>
       <c r="Q209" t="n">
         <v>0</v>
       </c>
       <c r="R209" t="n">
-        <v>630</v>
+        <v>0</v>
       </c>
       <c r="S209" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/47919644/</t>
         </is>
       </c>
       <c r="T209" t="n">
         <v>0</v>
       </c>
       <c r="U209" t="n">
         <v>0</v>
       </c>
       <c r="V209" t="inlineStr"/>
       <c r="W209" t="n">
         <v>0</v>
       </c>
       <c r="X209" t="n">
         <v>0</v>
       </c>
       <c r="Y209" t="inlineStr"/>
       <c r="Z209" t="n">
         <v>0</v>
       </c>
       <c r="AA209" t="n">
         <v>0</v>
@@ -32885,52 +33154,52 @@
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="n">
         <v>0</v>
       </c>
       <c r="I210" t="n">
         <v>0</v>
       </c>
       <c r="J210" t="inlineStr"/>
       <c r="K210" t="n">
         <v>0</v>
       </c>
       <c r="L210" t="n">
         <v>0</v>
       </c>
       <c r="M210" t="inlineStr"/>
       <c r="N210" t="n">
         <v>0</v>
       </c>
       <c r="O210" t="n">
         <v>0</v>
       </c>
       <c r="P210" t="inlineStr"/>
       <c r="Q210" t="n">
         <v>0</v>
       </c>
-      <c r="R210" s="1" t="n">
-        <v>490</v>
+      <c r="R210" t="n">
+        <v>0</v>
       </c>
       <c r="S210" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/47919645/</t>
         </is>
       </c>
       <c r="T210" t="n">
         <v>0</v>
       </c>
       <c r="U210" t="n">
         <v>0</v>
       </c>
       <c r="V210" t="inlineStr"/>
       <c r="W210" t="n">
         <v>0</v>
       </c>
       <c r="X210" t="n">
         <v>0</v>
       </c>
       <c r="Y210" t="inlineStr"/>
       <c r="Z210" t="n">
         <v>0</v>
       </c>
       <c r="AA210" t="n">
         <v>0</v>
@@ -33025,141 +33294,141 @@
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="n">
         <v>0</v>
       </c>
       <c r="I211" t="n">
         <v>0</v>
       </c>
       <c r="J211" t="inlineStr"/>
       <c r="K211" t="n">
         <v>0</v>
       </c>
       <c r="L211" t="n">
         <v>0</v>
       </c>
       <c r="M211" t="inlineStr"/>
       <c r="N211" t="n">
         <v>0</v>
       </c>
       <c r="O211" t="n">
         <v>0</v>
       </c>
       <c r="P211" t="inlineStr"/>
       <c r="Q211" t="n">
         <v>0</v>
       </c>
-      <c r="R211" s="1" t="n">
-        <v>1690</v>
+      <c r="R211" t="n">
+        <v>0</v>
       </c>
       <c r="S211" t="inlineStr">
         <is>
           <t>https://biruzann.ru/product/48036213/</t>
         </is>
       </c>
       <c r="T211" t="n">
         <v>0</v>
       </c>
       <c r="U211" t="n">
         <v>0</v>
       </c>
       <c r="V211" t="inlineStr"/>
       <c r="W211" t="n">
         <v>0</v>
       </c>
       <c r="X211" t="n">
         <v>0</v>
       </c>
       <c r="Y211" t="inlineStr"/>
       <c r="Z211" t="n">
         <v>0</v>
       </c>
       <c r="AA211" t="n">
         <v>0</v>
       </c>
       <c r="AB211" t="inlineStr"/>
       <c r="AC211" t="n">
         <v>0</v>
       </c>
       <c r="AD211" t="n">
         <v>0</v>
       </c>
       <c r="AE211" t="inlineStr"/>
       <c r="AF211" t="n">
         <v>0</v>
       </c>
       <c r="AG211" t="n">
         <v>0</v>
       </c>
       <c r="AH211" t="inlineStr"/>
       <c r="AI211" t="n">
         <v>0</v>
       </c>
       <c r="AJ211" t="n">
         <v>0</v>
       </c>
       <c r="AK211" t="inlineStr"/>
       <c r="AL211" t="n">
-        <v>1784</v>
+        <v>0</v>
       </c>
       <c r="AM211" t="n">
-        <v>2230</v>
+        <v>0</v>
       </c>
       <c r="AN211" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/sprey-mist-dlya-suhih-volos-keratin-layered-oil-mist-fig-tea-130ml</t>
         </is>
       </c>
       <c r="AO211" t="n">
         <v>0</v>
       </c>
       <c r="AP211" t="n">
         <v>0</v>
       </c>
       <c r="AQ211" t="inlineStr"/>
       <c r="AR211" t="n">
         <v>0</v>
       </c>
       <c r="AS211" t="n">
         <v>0</v>
       </c>
       <c r="AT211" t="inlineStr"/>
-      <c r="AU211" s="1" t="n">
-[...3 lines deleted...]
-        <v>1545</v>
+      <c r="AU211" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV211" t="n">
+        <v>0</v>
       </c>
       <c r="AW211" t="inlineStr">
         <is>
           <t>https://www.scent.ru/catalog/la_dor_dvukhfaznyy_sprey_mist_dlya_sukhikh_volos_keratin_layered_oil_mist_fig_tea_130ml-364937/</t>
         </is>
       </c>
-      <c r="AX211" s="1" t="n">
-        <v>1481</v>
+      <c r="AX211" t="n">
+        <v>0</v>
       </c>
       <c r="AY211" t="n">
-        <v>1975</v>
+        <v>0</v>
       </c>
       <c r="AZ211" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_volos/sprei_dlya_volos/parfyumirovannyy_mist_dlya_ukrepleniya_i_zashchity_volos_s_keratinom_lador_lador_keratin_layered_oil/</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>370366</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>SOOSAN Soft Care Hand Cream Mango Sorbet Увлажняющий крем для рук с ароматом манго 50мл</t>
         </is>
       </c>
       <c r="D212" t="n">
         <v>279</v>
@@ -33167,299 +33436,303 @@
       <c r="E212" t="n">
         <v>0</v>
       </c>
       <c r="F212" t="n">
         <v>0</v>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="n">
         <v>0</v>
       </c>
       <c r="I212" t="n">
         <v>0</v>
       </c>
       <c r="J212" t="inlineStr"/>
       <c r="K212" t="n">
         <v>0</v>
       </c>
       <c r="L212" t="n">
         <v>0</v>
       </c>
       <c r="M212" t="inlineStr"/>
       <c r="N212" t="n">
         <v>0</v>
       </c>
       <c r="O212" t="n">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="P212" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uvlazhnyayuschij-krem-dlya-ruk-s-aromatom-mango/</t>
         </is>
       </c>
       <c r="Q212" t="n">
         <v>0</v>
       </c>
       <c r="R212" t="n">
         <v>0</v>
       </c>
       <c r="S212" t="inlineStr"/>
       <c r="T212" t="n">
         <v>0</v>
       </c>
       <c r="U212" t="n">
         <v>0</v>
       </c>
       <c r="V212" t="inlineStr"/>
       <c r="W212" t="n">
         <v>0</v>
       </c>
       <c r="X212" t="n">
         <v>0</v>
       </c>
       <c r="Y212" t="inlineStr"/>
       <c r="Z212" t="n">
         <v>0</v>
       </c>
-      <c r="AA212" s="1" t="n">
-        <v>262</v>
+      <c r="AA212" t="n">
+        <v>0</v>
       </c>
       <c r="AB212" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436320-mango-sorbet</t>
         </is>
       </c>
       <c r="AC212" t="n">
         <v>0</v>
       </c>
       <c r="AD212" t="n">
         <v>0</v>
       </c>
       <c r="AE212" t="inlineStr"/>
       <c r="AF212" t="n">
         <v>0</v>
       </c>
       <c r="AG212" t="n">
         <v>0</v>
       </c>
       <c r="AH212" t="inlineStr"/>
       <c r="AI212" t="n">
         <v>0</v>
       </c>
       <c r="AJ212" t="n">
         <v>0</v>
       </c>
       <c r="AK212" t="inlineStr"/>
-      <c r="AL212" s="1" t="n">
-[...3 lines deleted...]
-        <v>252</v>
+      <c r="AL212" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM212" t="n">
+        <v>0</v>
       </c>
       <c r="AN212" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschiy-krem-dlya-ruk-s-aromatom-mango-soft-care-hand-cream-mango-sorbet-50ml?preferred=524941</t>
         </is>
       </c>
       <c r="AO212" t="n">
         <v>0</v>
       </c>
       <c r="AP212" t="n">
         <v>0</v>
       </c>
       <c r="AQ212" t="inlineStr"/>
       <c r="AR212" t="n">
         <v>0</v>
       </c>
       <c r="AS212" t="n">
         <v>0</v>
       </c>
       <c r="AT212" t="inlineStr"/>
       <c r="AU212" t="n">
         <v>0</v>
       </c>
       <c r="AV212" t="n">
         <v>0</v>
       </c>
       <c r="AW212" t="inlineStr"/>
       <c r="AX212" t="n">
         <v>0</v>
       </c>
       <c r="AY212" t="n">
-        <v>315</v>
+        <v>0</v>
       </c>
       <c r="AZ212" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_tela_i_zagara/krem_dlya_ruk/soosan_uvlazhnyayushchiy_krem_dlya_ruk_s_aromatom_mango_soft_care_hand_cream_mango_sorbet_50_ml/</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
           <t>370335</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>SOOSAN Soft Care Hand Cream Melon Splash Увлажняющий крем для рук с ароматом дыни 50мл</t>
         </is>
       </c>
       <c r="D213" t="n">
         <v>279</v>
       </c>
       <c r="E213" t="n">
         <v>0</v>
       </c>
       <c r="F213" t="n">
         <v>0</v>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="n">
         <v>0</v>
       </c>
       <c r="I213" t="n">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="J213" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/soosan_uvlazhnyayushchiy_krem_dlya_ruk_s_aromatom_dyni_soft_care_hand_cream_melon_splash/</t>
         </is>
       </c>
       <c r="K213" t="n">
         <v>0</v>
       </c>
       <c r="L213" t="n">
         <v>0</v>
       </c>
       <c r="M213" t="inlineStr"/>
       <c r="N213" t="n">
         <v>0</v>
       </c>
       <c r="O213" t="n">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="P213" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uvlazhnyayuschij-krem-dlya-ruk-s-aromatom-dyni/</t>
         </is>
       </c>
       <c r="Q213" t="n">
         <v>0</v>
       </c>
       <c r="R213" t="n">
         <v>0</v>
       </c>
       <c r="S213" t="inlineStr"/>
       <c r="T213" t="n">
         <v>0</v>
       </c>
       <c r="U213" t="n">
         <v>0</v>
       </c>
       <c r="V213" t="inlineStr"/>
       <c r="W213" t="n">
         <v>0</v>
       </c>
       <c r="X213" t="n">
         <v>0</v>
       </c>
       <c r="Y213" t="inlineStr"/>
       <c r="Z213" t="n">
         <v>0</v>
       </c>
-      <c r="AA213" s="1" t="n">
-        <v>262</v>
+      <c r="AA213" t="n">
+        <v>0</v>
       </c>
       <c r="AB213" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436321-melon-splash</t>
         </is>
       </c>
       <c r="AC213" t="n">
         <v>0</v>
       </c>
       <c r="AD213" t="n">
         <v>0</v>
       </c>
       <c r="AE213" t="inlineStr"/>
       <c r="AF213" t="n">
         <v>0</v>
       </c>
       <c r="AG213" t="n">
         <v>0</v>
       </c>
       <c r="AH213" t="inlineStr"/>
       <c r="AI213" t="n">
         <v>0</v>
       </c>
       <c r="AJ213" t="n">
         <v>0</v>
       </c>
       <c r="AK213" t="inlineStr"/>
-      <c r="AL213" s="1" t="n">
-[...3 lines deleted...]
-        <v>252</v>
+      <c r="AL213" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM213" t="n">
+        <v>0</v>
       </c>
       <c r="AN213" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschiy-krem-dlya-ruk-s-aromatom-dyni-soft-care-hand-cream-melon-splash-50ml?preferred=524940</t>
         </is>
       </c>
       <c r="AO213" t="n">
         <v>0</v>
       </c>
       <c r="AP213" t="n">
         <v>0</v>
       </c>
       <c r="AQ213" t="inlineStr"/>
       <c r="AR213" t="n">
         <v>0</v>
       </c>
       <c r="AS213" t="n">
         <v>0</v>
       </c>
-      <c r="AT213" t="inlineStr"/>
+      <c r="AT213" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-melon-splash-soft-care-hand-cream</t>
+        </is>
+      </c>
       <c r="AU213" t="n">
         <v>0</v>
       </c>
       <c r="AV213" t="n">
         <v>0</v>
       </c>
       <c r="AW213" t="inlineStr"/>
       <c r="AX213" t="n">
         <v>0</v>
       </c>
       <c r="AY213" t="n">
-        <v>315</v>
+        <v>0</v>
       </c>
       <c r="AZ213" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_tela_i_zagara/krem_dlya_ruk/soosan_uvlazhnyayushchiy_krem_dlya_ruk_s_aromatom_dyni_soft_care_hand_cream_melon_splash_50_ml/</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>370342</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>SOOSAN Soft Care Hand Cream Orange Delight Увлажняющий крем для рук с ароматом апельсина 50мл</t>
         </is>
       </c>
       <c r="D214" t="n">
         <v>279</v>
@@ -33467,83 +33740,83 @@
       <c r="E214" t="n">
         <v>0</v>
       </c>
       <c r="F214" t="n">
         <v>0</v>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="n">
         <v>0</v>
       </c>
       <c r="I214" t="n">
         <v>0</v>
       </c>
       <c r="J214" t="inlineStr"/>
       <c r="K214" t="n">
         <v>0</v>
       </c>
       <c r="L214" t="n">
         <v>0</v>
       </c>
       <c r="M214" t="inlineStr"/>
       <c r="N214" t="n">
         <v>0</v>
       </c>
       <c r="O214" t="n">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="P214" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uvlazhnyayuschij-krem-dlya-ruk-s-aromatom-apelsina/</t>
         </is>
       </c>
       <c r="Q214" t="n">
         <v>0</v>
       </c>
       <c r="R214" t="n">
         <v>0</v>
       </c>
       <c r="S214" t="inlineStr"/>
       <c r="T214" t="n">
         <v>0</v>
       </c>
       <c r="U214" t="n">
         <v>0</v>
       </c>
       <c r="V214" t="inlineStr"/>
       <c r="W214" t="n">
         <v>0</v>
       </c>
       <c r="X214" t="n">
         <v>0</v>
       </c>
       <c r="Y214" t="inlineStr"/>
       <c r="Z214" t="n">
         <v>0</v>
       </c>
-      <c r="AA214" s="1" t="n">
-        <v>262</v>
+      <c r="AA214" t="n">
+        <v>0</v>
       </c>
       <c r="AB214" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436322-orange-delight</t>
         </is>
       </c>
       <c r="AC214" t="n">
         <v>0</v>
       </c>
       <c r="AD214" t="n">
         <v>0</v>
       </c>
       <c r="AE214" t="inlineStr"/>
       <c r="AF214" t="n">
         <v>0</v>
       </c>
       <c r="AG214" t="n">
         <v>0</v>
       </c>
       <c r="AH214" t="inlineStr"/>
       <c r="AI214" t="n">
         <v>0</v>
       </c>
       <c r="AJ214" t="n">
         <v>0</v>
@@ -33563,51 +33836,51 @@
       <c r="AO214" t="n">
         <v>0</v>
       </c>
       <c r="AP214" t="n">
         <v>0</v>
       </c>
       <c r="AQ214" t="inlineStr"/>
       <c r="AR214" t="n">
         <v>0</v>
       </c>
       <c r="AS214" t="n">
         <v>0</v>
       </c>
       <c r="AT214" t="inlineStr"/>
       <c r="AU214" t="n">
         <v>0</v>
       </c>
       <c r="AV214" t="n">
         <v>0</v>
       </c>
       <c r="AW214" t="inlineStr"/>
       <c r="AX214" t="n">
         <v>0</v>
       </c>
       <c r="AY214" t="n">
-        <v>315</v>
+        <v>0</v>
       </c>
       <c r="AZ214" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_tela_i_zagara/krem_dlya_ruk/soosan_uvlazhnyayushchiy_krem_dlya_ruk_s_aromatom_apelsina_soft_care_hand_cream_orange_delight_50_ml/</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>370359</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>SOOSAN Soft Care Hand Cream Strawberries Pudding Увлажняющий крем для рук с ароматом клубники 50мл</t>
         </is>
       </c>
       <c r="D215" t="n">
         <v>279</v>
@@ -33615,147 +33888,147 @@
       <c r="E215" t="n">
         <v>0</v>
       </c>
       <c r="F215" t="n">
         <v>0</v>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="n">
         <v>0</v>
       </c>
       <c r="I215" t="n">
         <v>0</v>
       </c>
       <c r="J215" t="inlineStr"/>
       <c r="K215" t="n">
         <v>0</v>
       </c>
       <c r="L215" t="n">
         <v>0</v>
       </c>
       <c r="M215" t="inlineStr"/>
       <c r="N215" t="n">
         <v>0</v>
       </c>
       <c r="O215" t="n">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="P215" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uvlazhnyayuschij-krem-dlya-ruk-s-aromatom-klubniki/</t>
         </is>
       </c>
       <c r="Q215" t="n">
         <v>0</v>
       </c>
       <c r="R215" t="n">
         <v>0</v>
       </c>
       <c r="S215" t="inlineStr"/>
       <c r="T215" t="n">
         <v>0</v>
       </c>
       <c r="U215" t="n">
         <v>0</v>
       </c>
       <c r="V215" t="inlineStr"/>
       <c r="W215" t="n">
         <v>0</v>
       </c>
       <c r="X215" t="n">
         <v>0</v>
       </c>
       <c r="Y215" t="inlineStr"/>
       <c r="Z215" t="n">
         <v>0</v>
       </c>
-      <c r="AA215" s="1" t="n">
-        <v>262</v>
+      <c r="AA215" t="n">
+        <v>0</v>
       </c>
       <c r="AB215" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436323-strawberries-pudding</t>
         </is>
       </c>
       <c r="AC215" t="n">
         <v>0</v>
       </c>
       <c r="AD215" t="n">
         <v>0</v>
       </c>
       <c r="AE215" t="inlineStr"/>
       <c r="AF215" t="n">
         <v>0</v>
       </c>
       <c r="AG215" t="n">
         <v>0</v>
       </c>
       <c r="AH215" t="inlineStr"/>
       <c r="AI215" t="n">
         <v>0</v>
       </c>
       <c r="AJ215" t="n">
         <v>0</v>
       </c>
       <c r="AK215" t="inlineStr"/>
-      <c r="AL215" s="1" t="n">
-[...3 lines deleted...]
-        <v>252</v>
+      <c r="AL215" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM215" t="n">
+        <v>0</v>
       </c>
       <c r="AN215" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschiy-krem-dlya-ruk-s-aromatom-klubniki-soft-care-hand-cream-strawberries-pudding-50ml?preferred=524937</t>
         </is>
       </c>
       <c r="AO215" t="n">
         <v>0</v>
       </c>
       <c r="AP215" t="n">
         <v>0</v>
       </c>
       <c r="AQ215" t="inlineStr"/>
       <c r="AR215" t="n">
         <v>0</v>
       </c>
       <c r="AS215" t="n">
         <v>0</v>
       </c>
       <c r="AT215" t="inlineStr"/>
       <c r="AU215" t="n">
         <v>0</v>
       </c>
       <c r="AV215" t="n">
         <v>0</v>
       </c>
       <c r="AW215" t="inlineStr"/>
       <c r="AX215" t="n">
         <v>0</v>
       </c>
       <c r="AY215" t="n">
-        <v>315</v>
+        <v>0</v>
       </c>
       <c r="AZ215" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_tela_i_zagara/krem_dlya_ruk/soosan_uvlazhnyayushchiy_krem_dlya_ruk_s_aromatom_klubniki_soft_care_hand_cream_strawberries_pudding/</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>370373</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>SOOSAN Soft Care Moisturizing Foot Cream with Bamboo &amp; Grapefruit Увлажняющий крем для ног с экстрактами бамбука и грейпфрута 50мл</t>
         </is>
       </c>
       <c r="D216" t="n">
         <v>287</v>
@@ -33763,299 +34036,303 @@
       <c r="E216" t="n">
         <v>0</v>
       </c>
       <c r="F216" t="n">
         <v>0</v>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="n">
         <v>0</v>
       </c>
       <c r="I216" t="n">
         <v>0</v>
       </c>
       <c r="J216" t="inlineStr"/>
       <c r="K216" t="n">
         <v>0</v>
       </c>
       <c r="L216" t="n">
         <v>0</v>
       </c>
       <c r="M216" t="inlineStr"/>
       <c r="N216" t="n">
         <v>0</v>
       </c>
       <c r="O216" t="n">
-        <v>360</v>
+        <v>0</v>
       </c>
       <c r="P216" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uvlazhnyayuschij-krem-dlya-nog-s-ekstraktami-bambuka-i-grejpfruta/</t>
         </is>
       </c>
       <c r="Q216" t="n">
         <v>0</v>
       </c>
       <c r="R216" t="n">
         <v>0</v>
       </c>
       <c r="S216" t="inlineStr"/>
       <c r="T216" t="n">
         <v>0</v>
       </c>
       <c r="U216" t="n">
         <v>0</v>
       </c>
       <c r="V216" t="inlineStr"/>
       <c r="W216" t="n">
         <v>0</v>
       </c>
       <c r="X216" t="n">
         <v>0</v>
       </c>
       <c r="Y216" t="inlineStr"/>
       <c r="Z216" t="n">
         <v>0</v>
       </c>
-      <c r="AA216" s="1" t="n">
-        <v>268</v>
+      <c r="AA216" t="n">
+        <v>0</v>
       </c>
       <c r="AB216" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436324-bamboo-grapefruit</t>
         </is>
       </c>
       <c r="AC216" t="n">
         <v>0</v>
       </c>
       <c r="AD216" t="n">
         <v>0</v>
       </c>
       <c r="AE216" t="inlineStr"/>
       <c r="AF216" t="n">
         <v>0</v>
       </c>
       <c r="AG216" t="n">
         <v>0</v>
       </c>
       <c r="AH216" t="inlineStr"/>
       <c r="AI216" t="n">
         <v>0</v>
       </c>
       <c r="AJ216" t="n">
         <v>0</v>
       </c>
       <c r="AK216" t="inlineStr"/>
-      <c r="AL216" s="1" t="n">
-[...3 lines deleted...]
-        <v>258</v>
+      <c r="AL216" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM216" t="n">
+        <v>0</v>
       </c>
       <c r="AN216" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/uvlazhnyayuschiy-krem-dlya-nog-s-ekstraktami-bambuka-i-greypfruta-soft-care-moisturizing-foot-cream-with-bamboo-grapefruit-50ml?preferred=524927</t>
         </is>
       </c>
       <c r="AO216" t="n">
         <v>0</v>
       </c>
       <c r="AP216" t="n">
         <v>0</v>
       </c>
       <c r="AQ216" t="inlineStr"/>
       <c r="AR216" t="n">
         <v>0</v>
       </c>
       <c r="AS216" t="n">
         <v>0</v>
       </c>
-      <c r="AT216" t="inlineStr"/>
+      <c r="AT216" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-bamboo--grapefruit-soft-care-foot-cream</t>
+        </is>
+      </c>
       <c r="AU216" t="n">
         <v>0</v>
       </c>
       <c r="AV216" t="n">
         <v>0</v>
       </c>
       <c r="AW216" t="inlineStr"/>
       <c r="AX216" t="n">
         <v>0</v>
       </c>
       <c r="AY216" t="n">
-        <v>315</v>
+        <v>0</v>
       </c>
       <c r="AZ216" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_tela_i_zagara/ukhody_dlya_nog/soosan_uvlazhnyayushchiy_krem_dlya_nog_s_ekstraktami_bambuka_i_greypfruta_soft_care_moisturizing_foo/</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>370380</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>SOOSAN Soft Care Foot Nourishing Cream with Cocoa &amp; Pecan Питательный крем для ног с экстрактами какао и пекана 50мл</t>
         </is>
       </c>
       <c r="D217" t="n">
         <v>287</v>
       </c>
       <c r="E217" t="n">
         <v>0</v>
       </c>
       <c r="F217" t="n">
         <v>0</v>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="n">
         <v>0</v>
       </c>
       <c r="I217" t="n">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="J217" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/soosan_pitatelnyy_krem_dlya_nog_s_ekstraktom_kakao_soft_care_foot_nourishing_cream_with_cocoa_peca/</t>
         </is>
       </c>
       <c r="K217" t="n">
         <v>0</v>
       </c>
       <c r="L217" t="n">
         <v>0</v>
       </c>
       <c r="M217" t="inlineStr"/>
       <c r="N217" t="n">
         <v>0</v>
       </c>
       <c r="O217" t="n">
-        <v>360</v>
+        <v>0</v>
       </c>
       <c r="P217" t="inlineStr">
         <is>
           <t>https://aumishop.ru/pitatelnyj-krem-dlya-nog-s-ekstraktami-kakao-i-pekana/</t>
         </is>
       </c>
       <c r="Q217" t="n">
         <v>0</v>
       </c>
       <c r="R217" t="n">
         <v>0</v>
       </c>
       <c r="S217" t="inlineStr"/>
       <c r="T217" t="n">
         <v>0</v>
       </c>
       <c r="U217" t="n">
         <v>0</v>
       </c>
       <c r="V217" t="inlineStr"/>
       <c r="W217" t="n">
         <v>0</v>
       </c>
       <c r="X217" t="n">
         <v>0</v>
       </c>
       <c r="Y217" t="inlineStr"/>
       <c r="Z217" t="n">
         <v>0</v>
       </c>
-      <c r="AA217" s="1" t="n">
-        <v>268</v>
+      <c r="AA217" t="n">
+        <v>0</v>
       </c>
       <c r="AB217" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436330-cocoa-pecan</t>
         </is>
       </c>
       <c r="AC217" t="n">
         <v>0</v>
       </c>
       <c r="AD217" t="n">
         <v>0</v>
       </c>
       <c r="AE217" t="inlineStr"/>
       <c r="AF217" t="n">
         <v>0</v>
       </c>
       <c r="AG217" t="n">
         <v>0</v>
       </c>
       <c r="AH217" t="inlineStr"/>
       <c r="AI217" t="n">
         <v>0</v>
       </c>
       <c r="AJ217" t="n">
         <v>0</v>
       </c>
       <c r="AK217" t="inlineStr"/>
-      <c r="AL217" s="1" t="n">
-[...3 lines deleted...]
-        <v>258</v>
+      <c r="AL217" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM217" t="n">
+        <v>0</v>
       </c>
       <c r="AN217" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/pitatelnyy-krem-dlya-nog-s-ekstraktami-kakao-i-pekana-soft-care-foot-nourishing-cream-with-cocoa-pecan-50ml?preferred=524943</t>
         </is>
       </c>
       <c r="AO217" t="n">
         <v>0</v>
       </c>
       <c r="AP217" t="n">
         <v>0</v>
       </c>
       <c r="AQ217" t="inlineStr"/>
       <c r="AR217" t="n">
         <v>0</v>
       </c>
       <c r="AS217" t="n">
         <v>0</v>
       </c>
       <c r="AT217" t="inlineStr"/>
       <c r="AU217" t="n">
         <v>0</v>
       </c>
       <c r="AV217" t="n">
         <v>0</v>
       </c>
       <c r="AW217" t="inlineStr"/>
       <c r="AX217" t="n">
         <v>0</v>
       </c>
       <c r="AY217" t="n">
-        <v>315</v>
+        <v>0</v>
       </c>
       <c r="AZ217" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/dlya_tela_i_zagara/ukhody_dlya_nog/soosan_pitatelnyy_krem_dlya_nog_s_ekstraktami_kakao_i_pekana_soft_care_foot_nourishing_cream_with_co/</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>370410</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>SOOSAN Foam Cleanser Papaya &amp; Aloe Очищающая пенка с экстрактами папайи и алоэ для чувствительной кожи 120мл</t>
         </is>
       </c>
       <c r="D218" t="n">
         <v>490</v>
@@ -34063,135 +34340,139 @@
       <c r="E218" t="n">
         <v>0</v>
       </c>
       <c r="F218" t="n">
         <v>0</v>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="n">
         <v>0</v>
       </c>
       <c r="I218" t="n">
         <v>0</v>
       </c>
       <c r="J218" t="inlineStr"/>
       <c r="K218" t="n">
         <v>0</v>
       </c>
       <c r="L218" t="n">
         <v>0</v>
       </c>
       <c r="M218" t="inlineStr"/>
       <c r="N218" t="n">
         <v>0</v>
       </c>
       <c r="O218" t="n">
-        <v>625</v>
+        <v>0</v>
       </c>
       <c r="P218" t="inlineStr">
         <is>
           <t>https://aumishop.ru/ochischayuschaya-penka-s-ekstraktami-papaji-i-aloe-dlya-chuvstvitelnoj-kozhi/</t>
         </is>
       </c>
       <c r="Q218" t="n">
         <v>0</v>
       </c>
       <c r="R218" t="n">
         <v>0</v>
       </c>
       <c r="S218" t="inlineStr"/>
       <c r="T218" t="n">
         <v>0</v>
       </c>
       <c r="U218" t="n">
         <v>0</v>
       </c>
       <c r="V218" t="inlineStr"/>
       <c r="W218" t="n">
         <v>0</v>
       </c>
       <c r="X218" t="n">
         <v>0</v>
       </c>
       <c r="Y218" t="inlineStr"/>
       <c r="Z218" t="n">
         <v>0</v>
       </c>
-      <c r="AA218" s="1" t="n">
-        <v>411</v>
+      <c r="AA218" t="n">
+        <v>0</v>
       </c>
       <c r="AB218" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436326-papaya-aloe</t>
         </is>
       </c>
       <c r="AC218" t="n">
         <v>0</v>
       </c>
       <c r="AD218" t="n">
         <v>0</v>
       </c>
       <c r="AE218" t="inlineStr"/>
       <c r="AF218" t="n">
         <v>0</v>
       </c>
       <c r="AG218" t="n">
         <v>0</v>
       </c>
       <c r="AH218" t="inlineStr"/>
       <c r="AI218" t="n">
         <v>0</v>
       </c>
       <c r="AJ218" t="n">
         <v>0</v>
       </c>
       <c r="AK218" t="inlineStr"/>
-      <c r="AL218" s="1" t="n">
-[...3 lines deleted...]
-        <v>442</v>
+      <c r="AL218" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM218" t="n">
+        <v>0</v>
       </c>
       <c r="AN218" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/ochischayuschaya-penka-chuvstvitelnoy-kozhi-litsa-s-ekstraktami-papayi-i-aloe-dlya-foam-cleanser-papaya-aloe-120ml?preferred=524917</t>
         </is>
       </c>
       <c r="AO218" t="n">
         <v>0</v>
       </c>
       <c r="AP218" t="n">
         <v>0</v>
       </c>
       <c r="AQ218" t="inlineStr"/>
       <c r="AR218" t="n">
         <v>0</v>
       </c>
       <c r="AS218" t="n">
         <v>0</v>
       </c>
-      <c r="AT218" t="inlineStr"/>
+      <c r="AT218" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-papaya--aloe-foam-cleanser</t>
+        </is>
+      </c>
       <c r="AU218" t="n">
         <v>0</v>
       </c>
       <c r="AV218" t="n">
         <v>0</v>
       </c>
       <c r="AW218" t="inlineStr"/>
       <c r="AX218" t="n">
         <v>0</v>
       </c>
       <c r="AY218" t="n">
         <v>0</v>
       </c>
       <c r="AZ218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>370229</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
@@ -34207,115 +34488,115 @@
       <c r="E219" t="n">
         <v>0</v>
       </c>
       <c r="F219" t="n">
         <v>0</v>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="n">
         <v>0</v>
       </c>
       <c r="I219" t="n">
         <v>0</v>
       </c>
       <c r="J219" t="inlineStr"/>
       <c r="K219" t="n">
         <v>0</v>
       </c>
       <c r="L219" t="n">
         <v>0</v>
       </c>
       <c r="M219" t="inlineStr"/>
       <c r="N219" t="n">
         <v>0</v>
       </c>
       <c r="O219" t="n">
-        <v>625</v>
+        <v>0</v>
       </c>
       <c r="P219" t="inlineStr">
         <is>
           <t>https://aumishop.ru/ochischayuschaya-penka-s-ekstraktom-cherniki-dlya-problemnoj-kozhi/</t>
         </is>
       </c>
       <c r="Q219" t="n">
         <v>0</v>
       </c>
       <c r="R219" t="n">
         <v>0</v>
       </c>
       <c r="S219" t="inlineStr"/>
       <c r="T219" t="n">
         <v>0</v>
       </c>
       <c r="U219" t="n">
         <v>0</v>
       </c>
       <c r="V219" t="inlineStr"/>
       <c r="W219" t="n">
         <v>0</v>
       </c>
       <c r="X219" t="n">
         <v>0</v>
       </c>
       <c r="Y219" t="inlineStr"/>
       <c r="Z219" t="n">
         <v>0</v>
       </c>
-      <c r="AA219" s="1" t="n">
-        <v>470</v>
+      <c r="AA219" t="n">
+        <v>0</v>
       </c>
       <c r="AB219" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436327-blueberry</t>
         </is>
       </c>
       <c r="AC219" t="n">
         <v>0</v>
       </c>
       <c r="AD219" t="n">
         <v>0</v>
       </c>
       <c r="AE219" t="inlineStr"/>
       <c r="AF219" t="n">
         <v>0</v>
       </c>
       <c r="AG219" t="n">
         <v>0</v>
       </c>
       <c r="AH219" t="inlineStr"/>
       <c r="AI219" t="n">
         <v>0</v>
       </c>
       <c r="AJ219" t="n">
         <v>0</v>
       </c>
       <c r="AK219" t="inlineStr"/>
-      <c r="AL219" s="1" t="n">
-[...3 lines deleted...]
-        <v>442</v>
+      <c r="AL219" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM219" t="n">
+        <v>0</v>
       </c>
       <c r="AN219" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/ochischayuschaya-penka-dlya-problemnoy-kozhi-litsa-s-ekstraktom-cherniki-foam-cleanser-with-blueberry-120ml?preferred=524918</t>
         </is>
       </c>
       <c r="AO219" t="n">
         <v>0</v>
       </c>
       <c r="AP219" t="n">
         <v>0</v>
       </c>
       <c r="AQ219" t="inlineStr"/>
       <c r="AR219" t="n">
         <v>0</v>
       </c>
       <c r="AS219" t="n">
         <v>0</v>
       </c>
       <c r="AT219" t="inlineStr"/>
       <c r="AU219" t="n">
         <v>0</v>
       </c>
       <c r="AV219" t="n">
         <v>0</v>
@@ -34351,115 +34632,115 @@
       <c r="E220" t="n">
         <v>0</v>
       </c>
       <c r="F220" t="n">
         <v>0</v>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="n">
         <v>0</v>
       </c>
       <c r="I220" t="n">
         <v>0</v>
       </c>
       <c r="J220" t="inlineStr"/>
       <c r="K220" t="n">
         <v>0</v>
       </c>
       <c r="L220" t="n">
         <v>0</v>
       </c>
       <c r="M220" t="inlineStr"/>
       <c r="N220" t="n">
         <v>0</v>
       </c>
       <c r="O220" t="n">
-        <v>625</v>
+        <v>0</v>
       </c>
       <c r="P220" t="inlineStr">
         <is>
           <t>https://aumishop.ru/ochischayuschaya-penka-s-kollagenom-i-ekstraktomgranata-dlya-suhoj-kozhi/</t>
         </is>
       </c>
       <c r="Q220" t="n">
         <v>0</v>
       </c>
       <c r="R220" t="n">
         <v>0</v>
       </c>
       <c r="S220" t="inlineStr"/>
       <c r="T220" t="n">
         <v>0</v>
       </c>
       <c r="U220" t="n">
         <v>0</v>
       </c>
       <c r="V220" t="inlineStr"/>
       <c r="W220" t="n">
         <v>0</v>
       </c>
       <c r="X220" t="n">
         <v>0</v>
       </c>
       <c r="Y220" t="inlineStr"/>
       <c r="Z220" t="n">
         <v>0</v>
       </c>
-      <c r="AA220" s="1" t="n">
-        <v>470</v>
+      <c r="AA220" t="n">
+        <v>0</v>
       </c>
       <c r="AB220" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436328-collagen-pomegranate</t>
         </is>
       </c>
       <c r="AC220" t="n">
         <v>0</v>
       </c>
       <c r="AD220" t="n">
         <v>0</v>
       </c>
       <c r="AE220" t="inlineStr"/>
       <c r="AF220" t="n">
         <v>0</v>
       </c>
       <c r="AG220" t="n">
         <v>0</v>
       </c>
       <c r="AH220" t="inlineStr"/>
       <c r="AI220" t="n">
         <v>0</v>
       </c>
       <c r="AJ220" t="n">
         <v>0</v>
       </c>
       <c r="AK220" t="inlineStr"/>
-      <c r="AL220" s="1" t="n">
-[...3 lines deleted...]
-        <v>442</v>
+      <c r="AL220" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM220" t="n">
+        <v>0</v>
       </c>
       <c r="AN220" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/ochischayuschaya-penka-dlya-suhoy-kozhi-litsa-s-kollagenom-i-ekstraktom-granata-foam-cleanser-with-collagen-pomegranate-120ml?preferred=524922</t>
         </is>
       </c>
       <c r="AO220" t="n">
         <v>0</v>
       </c>
       <c r="AP220" t="n">
         <v>0</v>
       </c>
       <c r="AQ220" t="inlineStr"/>
       <c r="AR220" t="n">
         <v>0</v>
       </c>
       <c r="AS220" t="n">
         <v>0</v>
       </c>
       <c r="AT220" t="inlineStr"/>
       <c r="AU220" t="n">
         <v>0</v>
       </c>
       <c r="AV220" t="n">
         <v>0</v>
@@ -34495,83 +34776,83 @@
       <c r="E221" t="n">
         <v>0</v>
       </c>
       <c r="F221" t="n">
         <v>0</v>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="n">
         <v>0</v>
       </c>
       <c r="I221" t="n">
         <v>0</v>
       </c>
       <c r="J221" t="inlineStr"/>
       <c r="K221" t="n">
         <v>0</v>
       </c>
       <c r="L221" t="n">
         <v>0</v>
       </c>
       <c r="M221" t="inlineStr"/>
       <c r="N221" t="n">
         <v>0</v>
       </c>
       <c r="O221" t="n">
-        <v>625</v>
+        <v>0</v>
       </c>
       <c r="P221" t="inlineStr">
         <is>
           <t>https://aumishop.ru/vyravnivayuschaya-ton-penka-s-ekstraktom-mango-i-risovym-molochkom/</t>
         </is>
       </c>
       <c r="Q221" t="n">
         <v>0</v>
       </c>
       <c r="R221" t="n">
         <v>0</v>
       </c>
       <c r="S221" t="inlineStr"/>
       <c r="T221" t="n">
         <v>0</v>
       </c>
       <c r="U221" t="n">
         <v>0</v>
       </c>
       <c r="V221" t="inlineStr"/>
       <c r="W221" t="n">
         <v>0</v>
       </c>
       <c r="X221" t="n">
         <v>0</v>
       </c>
       <c r="Y221" t="inlineStr"/>
       <c r="Z221" t="n">
         <v>0</v>
       </c>
-      <c r="AA221" s="1" t="n">
-        <v>470</v>
+      <c r="AA221" t="n">
+        <v>0</v>
       </c>
       <c r="AB221" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000436329-mango-rice-milk</t>
         </is>
       </c>
       <c r="AC221" t="n">
         <v>0</v>
       </c>
       <c r="AD221" t="n">
         <v>0</v>
       </c>
       <c r="AE221" t="inlineStr"/>
       <c r="AF221" t="n">
         <v>0</v>
       </c>
       <c r="AG221" t="n">
         <v>0</v>
       </c>
       <c r="AH221" t="inlineStr"/>
       <c r="AI221" t="n">
         <v>0</v>
       </c>
       <c r="AJ221" t="n">
         <v>0</v>
@@ -34641,125 +34922,133 @@
       </c>
       <c r="F222" t="n">
         <v>0</v>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="n">
         <v>0</v>
       </c>
       <c r="I222" t="n">
         <v>0</v>
       </c>
       <c r="J222" t="inlineStr"/>
       <c r="K222" t="n">
         <v>0</v>
       </c>
       <c r="L222" t="n">
         <v>0</v>
       </c>
       <c r="M222" t="inlineStr"/>
       <c r="N222" t="n">
         <v>0</v>
       </c>
       <c r="O222" t="n">
         <v>0</v>
       </c>
-      <c r="P222" t="inlineStr"/>
+      <c r="P222" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/soo-san-shower-gel-blackcurrant-jam-and-sweet-mint-gel-dlya-dusha-s-aromatom-chernoj-smorodiny-i-sladkoj-myaty-300ml/</t>
+        </is>
+      </c>
       <c r="Q222" t="n">
         <v>0</v>
       </c>
       <c r="R222" t="n">
         <v>0</v>
       </c>
       <c r="S222" t="inlineStr"/>
       <c r="T222" t="n">
         <v>0</v>
       </c>
       <c r="U222" t="n">
         <v>0</v>
       </c>
       <c r="V222" t="inlineStr"/>
       <c r="W222" t="n">
         <v>0</v>
       </c>
       <c r="X222" t="n">
         <v>0</v>
       </c>
       <c r="Y222" t="inlineStr"/>
       <c r="Z222" t="n">
         <v>0</v>
       </c>
       <c r="AA222" t="n">
         <v>0</v>
       </c>
       <c r="AB222" t="inlineStr"/>
       <c r="AC222" t="n">
         <v>0</v>
       </c>
       <c r="AD222" t="n">
         <v>0</v>
       </c>
       <c r="AE222" t="inlineStr"/>
       <c r="AF222" t="n">
         <v>0</v>
       </c>
       <c r="AG222" t="n">
         <v>0</v>
       </c>
       <c r="AH222" t="inlineStr"/>
       <c r="AI222" t="n">
         <v>0</v>
       </c>
       <c r="AJ222" t="n">
         <v>0</v>
       </c>
       <c r="AK222" t="inlineStr"/>
-      <c r="AL222" s="1" t="n">
-[...3 lines deleted...]
-        <v>898</v>
+      <c r="AL222" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM222" t="n">
+        <v>0</v>
       </c>
       <c r="AN222" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/gel-dlya-dusha-s-aromatom-chernoy-smorodiny-i-sladkoy-myaty-shower-gel-blackcurrant-jam-sweet-mint-300ml?preferred=524946</t>
         </is>
       </c>
       <c r="AO222" t="n">
         <v>0</v>
       </c>
       <c r="AP222" t="n">
         <v>0</v>
       </c>
       <c r="AQ222" t="inlineStr"/>
       <c r="AR222" t="n">
         <v>0</v>
       </c>
       <c r="AS222" t="n">
         <v>0</v>
       </c>
-      <c r="AT222" t="inlineStr"/>
+      <c r="AT222" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-blackcurrant-jam--sweet-mint-shower-gel</t>
+        </is>
+      </c>
       <c r="AU222" t="n">
         <v>0</v>
       </c>
       <c r="AV222" t="n">
         <v>0</v>
       </c>
       <c r="AW222" t="inlineStr"/>
       <c r="AX222" t="n">
         <v>0</v>
       </c>
       <c r="AY222" t="n">
         <v>0</v>
       </c>
       <c r="AZ222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>070447</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
@@ -34777,105 +35066,113 @@
       </c>
       <c r="F223" t="n">
         <v>0</v>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="n">
         <v>0</v>
       </c>
       <c r="I223" t="n">
         <v>0</v>
       </c>
       <c r="J223" t="inlineStr"/>
       <c r="K223" t="n">
         <v>0</v>
       </c>
       <c r="L223" t="n">
         <v>0</v>
       </c>
       <c r="M223" t="inlineStr"/>
       <c r="N223" t="n">
         <v>0</v>
       </c>
       <c r="O223" t="n">
         <v>0</v>
       </c>
-      <c r="P223" t="inlineStr"/>
+      <c r="P223" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/soosan-shower-gel-tangerine-and-mango-gel-dlya-dusha-s-aromatom-mandarina-i-mango-300ml/</t>
+        </is>
+      </c>
       <c r="Q223" t="n">
         <v>0</v>
       </c>
       <c r="R223" t="n">
         <v>0</v>
       </c>
       <c r="S223" t="inlineStr"/>
       <c r="T223" t="n">
         <v>0</v>
       </c>
       <c r="U223" t="n">
         <v>0</v>
       </c>
       <c r="V223" t="inlineStr"/>
       <c r="W223" t="n">
         <v>0</v>
       </c>
       <c r="X223" t="n">
         <v>0</v>
       </c>
       <c r="Y223" t="inlineStr"/>
       <c r="Z223" t="n">
         <v>0</v>
       </c>
       <c r="AA223" t="n">
         <v>0</v>
       </c>
-      <c r="AB223" t="inlineStr"/>
+      <c r="AB223" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000441770-tangerine-mango</t>
+        </is>
+      </c>
       <c r="AC223" t="n">
         <v>0</v>
       </c>
       <c r="AD223" t="n">
         <v>0</v>
       </c>
       <c r="AE223" t="inlineStr"/>
       <c r="AF223" t="n">
         <v>0</v>
       </c>
       <c r="AG223" t="n">
         <v>0</v>
       </c>
       <c r="AH223" t="inlineStr"/>
       <c r="AI223" t="n">
         <v>0</v>
       </c>
       <c r="AJ223" t="n">
         <v>0</v>
       </c>
       <c r="AK223" t="inlineStr"/>
-      <c r="AL223" s="1" t="n">
-[...3 lines deleted...]
-        <v>898</v>
+      <c r="AL223" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM223" t="n">
+        <v>0</v>
       </c>
       <c r="AN223" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/gel-dlya-dusha-s-aromatom-mandarina-i-mango-shower-gel-tangerine-mango-300ml?preferred=524945</t>
         </is>
       </c>
       <c r="AO223" t="n">
         <v>0</v>
       </c>
       <c r="AP223" t="n">
         <v>0</v>
       </c>
       <c r="AQ223" t="inlineStr"/>
       <c r="AR223" t="n">
         <v>0</v>
       </c>
       <c r="AS223" t="n">
         <v>0</v>
       </c>
       <c r="AT223" t="inlineStr"/>
       <c r="AU223" t="n">
         <v>0</v>
       </c>
       <c r="AV223" t="n">
         <v>0</v>
@@ -34897,125 +35194,133 @@
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>SOOSAN Shower Gel Watermelon &amp; Raspberry Lemonade Гель для душа с ароматом арбуза и малины 300мл</t>
         </is>
       </c>
       <c r="D224" t="n">
         <v>906</v>
       </c>
       <c r="E224" t="n">
         <v>0</v>
       </c>
       <c r="F224" t="n">
         <v>0</v>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="n">
         <v>0</v>
       </c>
       <c r="I224" t="n">
-        <v>999</v>
+        <v>0</v>
       </c>
       <c r="J224" t="inlineStr">
         <is>
           <t>https://aloesmart.ru/product/soosan_gel_dlya_dusha_s_aromatom_arbuza_i_maliny_shower_gel_watermelon_raspberry_lemonad/</t>
         </is>
       </c>
       <c r="K224" t="n">
         <v>0</v>
       </c>
       <c r="L224" t="n">
         <v>0</v>
       </c>
       <c r="M224" t="inlineStr"/>
       <c r="N224" t="n">
         <v>0</v>
       </c>
       <c r="O224" t="n">
         <v>0</v>
       </c>
-      <c r="P224" t="inlineStr"/>
+      <c r="P224" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/soosan-shower-gel-watermelon-and-raspberry-lemonade/</t>
+        </is>
+      </c>
       <c r="Q224" t="n">
         <v>0</v>
       </c>
       <c r="R224" t="n">
         <v>0</v>
       </c>
       <c r="S224" t="inlineStr"/>
       <c r="T224" t="n">
         <v>0</v>
       </c>
       <c r="U224" t="n">
         <v>0</v>
       </c>
       <c r="V224" t="inlineStr"/>
       <c r="W224" t="n">
         <v>0</v>
       </c>
       <c r="X224" t="n">
         <v>0</v>
       </c>
       <c r="Y224" t="inlineStr"/>
       <c r="Z224" t="n">
         <v>0</v>
       </c>
       <c r="AA224" t="n">
         <v>0</v>
       </c>
-      <c r="AB224" t="inlineStr"/>
+      <c r="AB224" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000441771-watermelon-raspberry</t>
+        </is>
+      </c>
       <c r="AC224" t="n">
         <v>0</v>
       </c>
       <c r="AD224" t="n">
         <v>0</v>
       </c>
       <c r="AE224" t="inlineStr"/>
       <c r="AF224" t="n">
         <v>0</v>
       </c>
       <c r="AG224" t="n">
         <v>0</v>
       </c>
       <c r="AH224" t="inlineStr"/>
       <c r="AI224" t="n">
         <v>0</v>
       </c>
       <c r="AJ224" t="n">
         <v>0</v>
       </c>
       <c r="AK224" t="inlineStr"/>
-      <c r="AL224" s="1" t="n">
-[...3 lines deleted...]
-        <v>898</v>
+      <c r="AL224" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM224" t="n">
+        <v>0</v>
       </c>
       <c r="AN224" t="inlineStr">
         <is>
           <t>https://randewoo.ru/product/gel-dlya-dusha-s-aromatom-arbuza-i-maliny-shower-gel-watermelon-raspberry-lemonade-300ml?preferred=524944</t>
         </is>
       </c>
       <c r="AO224" t="n">
         <v>0</v>
       </c>
       <c r="AP224" t="n">
         <v>0</v>
       </c>
       <c r="AQ224" t="inlineStr"/>
       <c r="AR224" t="n">
         <v>0</v>
       </c>
       <c r="AS224" t="n">
         <v>0</v>
       </c>
       <c r="AT224" t="inlineStr"/>
       <c r="AU224" t="n">
         <v>0</v>
       </c>
       <c r="AV224" t="n">
         <v>0</v>
@@ -35053,51 +35358,55 @@
       </c>
       <c r="F225" t="n">
         <v>0</v>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="n">
         <v>0</v>
       </c>
       <c r="I225" t="n">
         <v>0</v>
       </c>
       <c r="J225" t="inlineStr"/>
       <c r="K225" t="n">
         <v>0</v>
       </c>
       <c r="L225" t="n">
         <v>0</v>
       </c>
       <c r="M225" t="inlineStr"/>
       <c r="N225" t="n">
         <v>0</v>
       </c>
       <c r="O225" t="n">
         <v>0</v>
       </c>
-      <c r="P225" t="inlineStr"/>
+      <c r="P225" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/soo-san-body-lotion-blackcurrant-jam-and-sweet-mint-losjon-dlya-tela-s-aromatom-chernoj-smorodiny-i-sladkoj-myaty-300ml/</t>
+        </is>
+      </c>
       <c r="Q225" t="n">
         <v>0</v>
       </c>
       <c r="R225" t="n">
         <v>0</v>
       </c>
       <c r="S225" t="inlineStr"/>
       <c r="T225" t="n">
         <v>0</v>
       </c>
       <c r="U225" t="n">
         <v>0</v>
       </c>
       <c r="V225" t="inlineStr"/>
       <c r="W225" t="n">
         <v>0</v>
       </c>
       <c r="X225" t="n">
         <v>0</v>
       </c>
       <c r="Y225" t="inlineStr"/>
       <c r="Z225" t="n">
         <v>0</v>
       </c>
       <c r="AA225" t="n">
@@ -35123,51 +35432,55 @@
       </c>
       <c r="AJ225" t="n">
         <v>0</v>
       </c>
       <c r="AK225" t="inlineStr"/>
       <c r="AL225" t="n">
         <v>0</v>
       </c>
       <c r="AM225" t="n">
         <v>0</v>
       </c>
       <c r="AN225" t="inlineStr"/>
       <c r="AO225" t="n">
         <v>0</v>
       </c>
       <c r="AP225" t="n">
         <v>0</v>
       </c>
       <c r="AQ225" t="inlineStr"/>
       <c r="AR225" t="n">
         <v>0</v>
       </c>
       <c r="AS225" t="n">
         <v>0</v>
       </c>
-      <c r="AT225" t="inlineStr"/>
+      <c r="AT225" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-blackcurrant-jam--sweet-mint-body-lotion</t>
+        </is>
+      </c>
       <c r="AU225" t="n">
         <v>0</v>
       </c>
       <c r="AV225" t="n">
         <v>0</v>
       </c>
       <c r="AW225" t="inlineStr"/>
       <c r="AX225" t="n">
         <v>0</v>
       </c>
       <c r="AY225" t="n">
         <v>0</v>
       </c>
       <c r="AZ225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>070478</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
@@ -35185,79 +35498,87 @@
       </c>
       <c r="F226" t="n">
         <v>0</v>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="n">
         <v>0</v>
       </c>
       <c r="I226" t="n">
         <v>0</v>
       </c>
       <c r="J226" t="inlineStr"/>
       <c r="K226" t="n">
         <v>0</v>
       </c>
       <c r="L226" t="n">
         <v>0</v>
       </c>
       <c r="M226" t="inlineStr"/>
       <c r="N226" t="n">
         <v>0</v>
       </c>
       <c r="O226" t="n">
         <v>0</v>
       </c>
-      <c r="P226" t="inlineStr"/>
+      <c r="P226" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/soo-san-body-lotion-watermelon-and-raspberry-lemonade-losjon-dlya-tela-s-aromatom-arbuza-i-maliny-300ml/</t>
+        </is>
+      </c>
       <c r="Q226" t="n">
         <v>0</v>
       </c>
       <c r="R226" t="n">
         <v>0</v>
       </c>
       <c r="S226" t="inlineStr"/>
       <c r="T226" t="n">
         <v>0</v>
       </c>
       <c r="U226" t="n">
         <v>0</v>
       </c>
       <c r="V226" t="inlineStr"/>
       <c r="W226" t="n">
         <v>0</v>
       </c>
       <c r="X226" t="n">
         <v>0</v>
       </c>
       <c r="Y226" t="inlineStr"/>
       <c r="Z226" t="n">
         <v>0</v>
       </c>
       <c r="AA226" t="n">
         <v>0</v>
       </c>
-      <c r="AB226" t="inlineStr"/>
+      <c r="AB226" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000441810-tangerine-mango</t>
+        </is>
+      </c>
       <c r="AC226" t="n">
         <v>0</v>
       </c>
       <c r="AD226" t="n">
         <v>0</v>
       </c>
       <c r="AE226" t="inlineStr"/>
       <c r="AF226" t="n">
         <v>0</v>
       </c>
       <c r="AG226" t="n">
         <v>0</v>
       </c>
       <c r="AH226" t="inlineStr"/>
       <c r="AI226" t="n">
         <v>0</v>
       </c>
       <c r="AJ226" t="n">
         <v>0</v>
       </c>
       <c r="AK226" t="inlineStr"/>
       <c r="AL226" t="n">
         <v>0</v>
       </c>
       <c r="AM226" t="n">
@@ -35317,79 +35638,87 @@
       </c>
       <c r="F227" t="n">
         <v>0</v>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="n">
         <v>0</v>
       </c>
       <c r="I227" t="n">
         <v>0</v>
       </c>
       <c r="J227" t="inlineStr"/>
       <c r="K227" t="n">
         <v>0</v>
       </c>
       <c r="L227" t="n">
         <v>0</v>
       </c>
       <c r="M227" t="inlineStr"/>
       <c r="N227" t="n">
         <v>0</v>
       </c>
       <c r="O227" t="n">
         <v>0</v>
       </c>
-      <c r="P227" t="inlineStr"/>
+      <c r="P227" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/soo-san-body-lotion-tangerine-and-mango-losjon-dlya-tela-s-aromatom-mandarina-i-mango-300ml/</t>
+        </is>
+      </c>
       <c r="Q227" t="n">
         <v>0</v>
       </c>
       <c r="R227" t="n">
         <v>0</v>
       </c>
       <c r="S227" t="inlineStr"/>
       <c r="T227" t="n">
         <v>0</v>
       </c>
       <c r="U227" t="n">
         <v>0</v>
       </c>
       <c r="V227" t="inlineStr"/>
       <c r="W227" t="n">
         <v>0</v>
       </c>
       <c r="X227" t="n">
         <v>0</v>
       </c>
       <c r="Y227" t="inlineStr"/>
       <c r="Z227" t="n">
         <v>0</v>
       </c>
       <c r="AA227" t="n">
         <v>0</v>
       </c>
-      <c r="AB227" t="inlineStr"/>
+      <c r="AB227" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000441811-watermelon-raspberry</t>
+        </is>
+      </c>
       <c r="AC227" t="n">
         <v>0</v>
       </c>
       <c r="AD227" t="n">
         <v>0</v>
       </c>
       <c r="AE227" t="inlineStr"/>
       <c r="AF227" t="n">
         <v>0</v>
       </c>
       <c r="AG227" t="n">
         <v>0</v>
       </c>
       <c r="AH227" t="inlineStr"/>
       <c r="AI227" t="n">
         <v>0</v>
       </c>
       <c r="AJ227" t="n">
         <v>0</v>
       </c>
       <c r="AK227" t="inlineStr"/>
       <c r="AL227" t="n">
         <v>0</v>
       </c>
       <c r="AM227" t="n">
@@ -35447,143 +35776,147 @@
       <c r="E228" t="n">
         <v>0</v>
       </c>
       <c r="F228" t="n">
         <v>0</v>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="n">
         <v>0</v>
       </c>
       <c r="I228" t="n">
         <v>0</v>
       </c>
       <c r="J228" t="inlineStr"/>
       <c r="K228" t="n">
         <v>0</v>
       </c>
       <c r="L228" t="n">
         <v>0</v>
       </c>
       <c r="M228" t="inlineStr"/>
       <c r="N228" t="n">
         <v>0</v>
       </c>
       <c r="O228" t="n">
-        <v>1225</v>
+        <v>0</v>
       </c>
       <c r="P228" t="inlineStr">
         <is>
           <t>https://aumishop.ru/solncezaschitnyj-krem-dlya-lica-spf-50-pa-s-ekstraktom-krasnogo-zhenshenya-oriko-royal-red-ginseng-age-defense-sunscreen-spf-50-pa-50ml/</t>
         </is>
       </c>
       <c r="Q228" t="n">
         <v>0</v>
       </c>
       <c r="R228" t="n">
         <v>0</v>
       </c>
       <c r="S228" t="inlineStr"/>
       <c r="T228" t="n">
         <v>0</v>
       </c>
       <c r="U228" t="n">
         <v>0</v>
       </c>
       <c r="V228" t="inlineStr"/>
       <c r="W228" t="n">
         <v>0</v>
       </c>
       <c r="X228" t="n">
         <v>0</v>
       </c>
       <c r="Y228" t="inlineStr"/>
       <c r="Z228" t="n">
         <v>0</v>
       </c>
       <c r="AA228" t="n">
-        <v>960</v>
+        <v>0</v>
       </c>
       <c r="AB228" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000421968-royal-red-ginseng</t>
         </is>
       </c>
       <c r="AC228" t="n">
         <v>0</v>
       </c>
       <c r="AD228" t="n">
         <v>0</v>
       </c>
       <c r="AE228" t="inlineStr"/>
       <c r="AF228" t="n">
         <v>0</v>
       </c>
       <c r="AG228" t="n">
         <v>0</v>
       </c>
       <c r="AH228" t="inlineStr"/>
       <c r="AI228" t="n">
         <v>0</v>
       </c>
       <c r="AJ228" t="n">
         <v>0</v>
       </c>
       <c r="AK228" t="inlineStr"/>
       <c r="AL228" t="n">
         <v>0</v>
       </c>
       <c r="AM228" t="n">
         <v>0</v>
       </c>
       <c r="AN228" t="inlineStr"/>
       <c r="AO228" t="n">
         <v>0</v>
       </c>
       <c r="AP228" t="n">
         <v>0</v>
       </c>
       <c r="AQ228" t="inlineStr"/>
       <c r="AR228" t="n">
         <v>0</v>
       </c>
       <c r="AS228" t="n">
         <v>0</v>
       </c>
-      <c r="AT228" t="inlineStr"/>
+      <c r="AT228" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-royal-red-ginseng-age-defense-sunscreen-spf-50pa</t>
+        </is>
+      </c>
       <c r="AU228" t="n">
         <v>0</v>
       </c>
       <c r="AV228" t="n">
         <v>0</v>
       </c>
       <c r="AW228" t="inlineStr"/>
       <c r="AX228" t="n">
         <v>0</v>
       </c>
       <c r="AY228" t="n">
-        <v>1275</v>
+        <v>0</v>
       </c>
       <c r="AZ228" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/zashchita_ot_solntsa/oriko_solntsezashchitnyy_krem_dlya_litsa_s_ekstraktom_krasnogo_zhenshenya_royal_red_ginseng_age_defe/</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>330189</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>ORIKO Royal Red Ginseng Youth Care Day Cream Увлажняющий дневной крем с экстрактом красного женьшеня против первых морщин 50мл</t>
         </is>
       </c>
       <c r="D229" t="n">
         <v>1110</v>
@@ -35591,131 +35924,135 @@
       <c r="E229" t="n">
         <v>0</v>
       </c>
       <c r="F229" t="n">
         <v>0</v>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="n">
         <v>0</v>
       </c>
       <c r="I229" t="n">
         <v>0</v>
       </c>
       <c r="J229" t="inlineStr"/>
       <c r="K229" t="n">
         <v>0</v>
       </c>
       <c r="L229" t="n">
         <v>0</v>
       </c>
       <c r="M229" t="inlineStr"/>
       <c r="N229" t="n">
         <v>0</v>
       </c>
       <c r="O229" t="n">
-        <v>1525</v>
+        <v>0</v>
       </c>
       <c r="P229" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uvlazhnyayuschij-dnevnoj-krem-s-ekstraktom-krasnogo-zhenshenya-protiv-pervyh-morschin-oriko-royal-red-ginseng-youth-care-day-cream-50ml/</t>
         </is>
       </c>
       <c r="Q229" t="n">
         <v>0</v>
       </c>
       <c r="R229" t="n">
         <v>0</v>
       </c>
       <c r="S229" t="inlineStr"/>
       <c r="T229" t="n">
         <v>0</v>
       </c>
       <c r="U229" t="n">
         <v>0</v>
       </c>
       <c r="V229" t="inlineStr"/>
       <c r="W229" t="n">
         <v>0</v>
       </c>
       <c r="X229" t="n">
         <v>0</v>
       </c>
       <c r="Y229" t="inlineStr"/>
       <c r="Z229" t="n">
         <v>0</v>
       </c>
       <c r="AA229" t="n">
-        <v>1220</v>
+        <v>0</v>
       </c>
       <c r="AB229" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000421970-royal-red-ginseng</t>
         </is>
       </c>
       <c r="AC229" t="n">
         <v>0</v>
       </c>
       <c r="AD229" t="n">
         <v>0</v>
       </c>
       <c r="AE229" t="inlineStr"/>
       <c r="AF229" t="n">
         <v>0</v>
       </c>
       <c r="AG229" t="n">
         <v>0</v>
       </c>
       <c r="AH229" t="inlineStr"/>
       <c r="AI229" t="n">
         <v>0</v>
       </c>
       <c r="AJ229" t="n">
         <v>0</v>
       </c>
       <c r="AK229" t="inlineStr"/>
       <c r="AL229" t="n">
         <v>0</v>
       </c>
       <c r="AM229" t="n">
         <v>0</v>
       </c>
       <c r="AN229" t="inlineStr"/>
       <c r="AO229" t="n">
         <v>0</v>
       </c>
       <c r="AP229" t="n">
         <v>0</v>
       </c>
       <c r="AQ229" t="inlineStr"/>
       <c r="AR229" t="n">
         <v>0</v>
       </c>
       <c r="AS229" t="n">
         <v>0</v>
       </c>
-      <c r="AT229" t="inlineStr"/>
+      <c r="AT229" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-royal-red-ginseng-youth-care-day-cream</t>
+        </is>
+      </c>
       <c r="AU229" t="n">
         <v>0</v>
       </c>
       <c r="AV229" t="n">
         <v>0</v>
       </c>
       <c r="AW229" t="inlineStr"/>
       <c r="AX229" t="n">
         <v>0</v>
       </c>
       <c r="AY229" t="n">
         <v>0</v>
       </c>
       <c r="AZ229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>820574</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
@@ -35726,136 +36063,144 @@
         </is>
       </c>
       <c r="D230" t="n">
         <v>1428</v>
       </c>
       <c r="E230" t="n">
         <v>0</v>
       </c>
       <c r="F230" t="n">
         <v>0</v>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="n">
         <v>0</v>
       </c>
       <c r="I230" t="n">
         <v>0</v>
       </c>
       <c r="J230" t="inlineStr"/>
       <c r="K230" t="n">
         <v>0</v>
       </c>
       <c r="L230" t="n">
         <v>0</v>
       </c>
-      <c r="M230" t="inlineStr"/>
+      <c r="M230" t="inlineStr">
+        <is>
+          <t>https://angel37.ru/katalog/detail/oriko_uvlazhnyayushchiy_mist_essentsiya_s_ekstr_krasnogo_zhenshenya_100_ml/</t>
+        </is>
+      </c>
       <c r="N230" t="n">
         <v>0</v>
       </c>
       <c r="O230" t="n">
-        <v>1965</v>
+        <v>0</v>
       </c>
       <c r="P230" t="inlineStr">
         <is>
           <t>https://aumishop.ru/uvlazhnyayuschij-mist-essenciya-s-ekstraktom-krasnogo-zhenshenya/</t>
         </is>
       </c>
       <c r="Q230" t="n">
         <v>0</v>
       </c>
       <c r="R230" t="n">
         <v>0</v>
       </c>
       <c r="S230" t="inlineStr"/>
       <c r="T230" t="n">
         <v>0</v>
       </c>
       <c r="U230" t="n">
         <v>0</v>
       </c>
       <c r="V230" t="inlineStr"/>
       <c r="W230" t="n">
         <v>0</v>
       </c>
       <c r="X230" t="n">
         <v>0</v>
       </c>
       <c r="Y230" t="inlineStr"/>
       <c r="Z230" t="n">
         <v>0</v>
       </c>
       <c r="AA230" t="n">
-        <v>1570</v>
+        <v>0</v>
       </c>
       <c r="AB230" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000421975-royal-red-ginseng</t>
         </is>
       </c>
       <c r="AC230" t="n">
         <v>0</v>
       </c>
       <c r="AD230" t="n">
         <v>0</v>
       </c>
       <c r="AE230" t="inlineStr"/>
       <c r="AF230" t="n">
         <v>0</v>
       </c>
       <c r="AG230" t="n">
         <v>0</v>
       </c>
       <c r="AH230" t="inlineStr"/>
       <c r="AI230" t="n">
         <v>0</v>
       </c>
       <c r="AJ230" t="n">
         <v>0</v>
       </c>
       <c r="AK230" t="inlineStr"/>
       <c r="AL230" t="n">
         <v>0</v>
       </c>
       <c r="AM230" t="n">
         <v>0</v>
       </c>
       <c r="AN230" t="inlineStr"/>
       <c r="AO230" t="n">
         <v>0</v>
       </c>
       <c r="AP230" t="n">
         <v>0</v>
       </c>
       <c r="AQ230" t="inlineStr"/>
       <c r="AR230" t="n">
         <v>0</v>
       </c>
       <c r="AS230" t="n">
         <v>0</v>
       </c>
-      <c r="AT230" t="inlineStr"/>
+      <c r="AT230" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-royal-red-ginseng-youth-care-essence-mist</t>
+        </is>
+      </c>
       <c r="AU230" t="n">
         <v>0</v>
       </c>
       <c r="AV230" t="n">
         <v>0</v>
       </c>
       <c r="AW230" t="inlineStr"/>
       <c r="AX230" t="n">
         <v>0</v>
       </c>
       <c r="AY230" t="n">
         <v>0</v>
       </c>
       <c r="AZ230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
           <t>330202</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
@@ -35871,143 +36216,147 @@
       <c r="E231" t="n">
         <v>0</v>
       </c>
       <c r="F231" t="n">
         <v>0</v>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="n">
         <v>0</v>
       </c>
       <c r="I231" t="n">
         <v>0</v>
       </c>
       <c r="J231" t="inlineStr"/>
       <c r="K231" t="n">
         <v>0</v>
       </c>
       <c r="L231" t="n">
         <v>0</v>
       </c>
       <c r="M231" t="inlineStr"/>
       <c r="N231" t="n">
         <v>0</v>
       </c>
       <c r="O231" t="n">
-        <v>825</v>
+        <v>0</v>
       </c>
       <c r="P231" t="inlineStr">
         <is>
           <t>https://aumishop.ru/pitatelnyj-krem-dlya-vek-s-ekstraktom-krasnogo-zhenshenya-protiv-pervyh-morschin/</t>
         </is>
       </c>
       <c r="Q231" t="n">
         <v>0</v>
       </c>
       <c r="R231" t="n">
         <v>0</v>
       </c>
       <c r="S231" t="inlineStr"/>
       <c r="T231" t="n">
         <v>0</v>
       </c>
       <c r="U231" t="n">
         <v>0</v>
       </c>
       <c r="V231" t="inlineStr"/>
       <c r="W231" t="n">
         <v>0</v>
       </c>
       <c r="X231" t="n">
         <v>0</v>
       </c>
       <c r="Y231" t="inlineStr"/>
       <c r="Z231" t="n">
         <v>0</v>
       </c>
       <c r="AA231" t="n">
-        <v>640</v>
+        <v>0</v>
       </c>
       <c r="AB231" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000421967-royal-red-ginseng</t>
         </is>
       </c>
       <c r="AC231" t="n">
         <v>0</v>
       </c>
       <c r="AD231" t="n">
         <v>0</v>
       </c>
       <c r="AE231" t="inlineStr"/>
       <c r="AF231" t="n">
         <v>0</v>
       </c>
       <c r="AG231" t="n">
         <v>0</v>
       </c>
       <c r="AH231" t="inlineStr"/>
       <c r="AI231" t="n">
         <v>0</v>
       </c>
       <c r="AJ231" t="n">
         <v>0</v>
       </c>
       <c r="AK231" t="inlineStr"/>
       <c r="AL231" t="n">
         <v>0</v>
       </c>
       <c r="AM231" t="n">
         <v>0</v>
       </c>
       <c r="AN231" t="inlineStr"/>
       <c r="AO231" t="n">
         <v>0</v>
       </c>
       <c r="AP231" t="n">
         <v>0</v>
       </c>
       <c r="AQ231" t="inlineStr"/>
       <c r="AR231" t="n">
         <v>0</v>
       </c>
       <c r="AS231" t="n">
         <v>0</v>
       </c>
-      <c r="AT231" t="inlineStr"/>
+      <c r="AT231" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-royal-red-ginseng-youth-care-eye-cream</t>
+        </is>
+      </c>
       <c r="AU231" t="n">
         <v>0</v>
       </c>
       <c r="AV231" t="n">
         <v>0</v>
       </c>
       <c r="AW231" t="inlineStr"/>
       <c r="AX231" t="n">
         <v>0</v>
       </c>
       <c r="AY231" t="n">
-        <v>655</v>
+        <v>0</v>
       </c>
       <c r="AZ231" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/kremy/kremy_i_maski_vokrug_glaz/oriko_pitatelnyy_krem_dlya_vek_s_ekstraktom_krasnogo_zhenshenya_protiv_pervykh_morshchin_royal_red_g/</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
           <t>701962</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>ORIKO Royal Red Ginseng Youth Care Hand Cream Питательный крем для рук с экстрактом красного женьшеня для повышения упругости кожи 50мл</t>
         </is>
       </c>
       <c r="D232" t="n">
         <v>464</v>
@@ -36015,131 +36364,135 @@
       <c r="E232" t="n">
         <v>0</v>
       </c>
       <c r="F232" t="n">
         <v>0</v>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="n">
         <v>0</v>
       </c>
       <c r="I232" t="n">
         <v>0</v>
       </c>
       <c r="J232" t="inlineStr"/>
       <c r="K232" t="n">
         <v>0</v>
       </c>
       <c r="L232" t="n">
         <v>0</v>
       </c>
       <c r="M232" t="inlineStr"/>
       <c r="N232" t="n">
         <v>0</v>
       </c>
       <c r="O232" t="n">
-        <v>640</v>
+        <v>0</v>
       </c>
       <c r="P232" t="inlineStr">
         <is>
           <t>https://aumishop.ru/pitatelnyj-krem-dlya-ruk-s-ekstraktom-krasnogo-zhenshenya-dlya-povysheniya-uprugosti-kozhi-oriko-royal-red-ginseng-youth-care-hand-cream-50ml/</t>
         </is>
       </c>
       <c r="Q232" t="n">
         <v>0</v>
       </c>
       <c r="R232" t="n">
         <v>0</v>
       </c>
       <c r="S232" t="inlineStr"/>
       <c r="T232" t="n">
         <v>0</v>
       </c>
       <c r="U232" t="n">
         <v>0</v>
       </c>
       <c r="V232" t="inlineStr"/>
       <c r="W232" t="n">
         <v>0</v>
       </c>
       <c r="X232" t="n">
         <v>0</v>
       </c>
       <c r="Y232" t="inlineStr"/>
       <c r="Z232" t="n">
         <v>0</v>
       </c>
       <c r="AA232" t="n">
-        <v>510</v>
+        <v>0</v>
       </c>
       <c r="AB232" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000421973-royal-red-ginseng</t>
         </is>
       </c>
       <c r="AC232" t="n">
         <v>0</v>
       </c>
       <c r="AD232" t="n">
         <v>0</v>
       </c>
       <c r="AE232" t="inlineStr"/>
       <c r="AF232" t="n">
         <v>0</v>
       </c>
       <c r="AG232" t="n">
         <v>0</v>
       </c>
       <c r="AH232" t="inlineStr"/>
       <c r="AI232" t="n">
         <v>0</v>
       </c>
       <c r="AJ232" t="n">
         <v>0</v>
       </c>
       <c r="AK232" t="inlineStr"/>
       <c r="AL232" t="n">
         <v>0</v>
       </c>
       <c r="AM232" t="n">
         <v>0</v>
       </c>
       <c r="AN232" t="inlineStr"/>
       <c r="AO232" t="n">
         <v>0</v>
       </c>
       <c r="AP232" t="n">
         <v>0</v>
       </c>
       <c r="AQ232" t="inlineStr"/>
       <c r="AR232" t="n">
         <v>0</v>
       </c>
       <c r="AS232" t="n">
         <v>0</v>
       </c>
-      <c r="AT232" t="inlineStr"/>
+      <c r="AT232" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-royal-red-ginseng-youth-care-hand-cream</t>
+        </is>
+      </c>
       <c r="AU232" t="n">
         <v>0</v>
       </c>
       <c r="AV232" t="n">
         <v>0</v>
       </c>
       <c r="AW232" t="inlineStr"/>
       <c r="AX232" t="n">
         <v>0</v>
       </c>
       <c r="AY232" t="n">
         <v>0</v>
       </c>
       <c r="AZ232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
           <t>330172</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
@@ -36155,131 +36508,135 @@
       <c r="E233" t="n">
         <v>0</v>
       </c>
       <c r="F233" t="n">
         <v>0</v>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="n">
         <v>0</v>
       </c>
       <c r="I233" t="n">
         <v>0</v>
       </c>
       <c r="J233" t="inlineStr"/>
       <c r="K233" t="n">
         <v>0</v>
       </c>
       <c r="L233" t="n">
         <v>0</v>
       </c>
       <c r="M233" t="inlineStr"/>
       <c r="N233" t="n">
         <v>0</v>
       </c>
       <c r="O233" t="n">
-        <v>1650</v>
+        <v>0</v>
       </c>
       <c r="P233" t="inlineStr">
         <is>
           <t>https://aumishop.ru/obnovlyayuschij-nochnoj-krem-s-ekstraktom-krasnogo-zhenshenya-protiv-pervyh-morschin-oriko-royal-red-ginseng-youth-care-night-cream-50ml/</t>
         </is>
       </c>
       <c r="Q233" t="n">
         <v>0</v>
       </c>
       <c r="R233" t="n">
         <v>0</v>
       </c>
       <c r="S233" t="inlineStr"/>
       <c r="T233" t="n">
         <v>0</v>
       </c>
       <c r="U233" t="n">
         <v>0</v>
       </c>
       <c r="V233" t="inlineStr"/>
       <c r="W233" t="n">
         <v>0</v>
       </c>
       <c r="X233" t="n">
         <v>0</v>
       </c>
       <c r="Y233" t="inlineStr"/>
       <c r="Z233" t="n">
         <v>0</v>
       </c>
       <c r="AA233" t="n">
-        <v>1220</v>
+        <v>0</v>
       </c>
       <c r="AB233" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000421972-royal-red-ginseng</t>
         </is>
       </c>
       <c r="AC233" t="n">
         <v>0</v>
       </c>
       <c r="AD233" t="n">
         <v>0</v>
       </c>
       <c r="AE233" t="inlineStr"/>
       <c r="AF233" t="n">
         <v>0</v>
       </c>
       <c r="AG233" t="n">
         <v>0</v>
       </c>
       <c r="AH233" t="inlineStr"/>
       <c r="AI233" t="n">
         <v>0</v>
       </c>
       <c r="AJ233" t="n">
         <v>0</v>
       </c>
       <c r="AK233" t="inlineStr"/>
       <c r="AL233" t="n">
         <v>0</v>
       </c>
       <c r="AM233" t="n">
         <v>0</v>
       </c>
       <c r="AN233" t="inlineStr"/>
       <c r="AO233" t="n">
         <v>0</v>
       </c>
       <c r="AP233" t="n">
         <v>0</v>
       </c>
       <c r="AQ233" t="inlineStr"/>
       <c r="AR233" t="n">
         <v>0</v>
       </c>
       <c r="AS233" t="n">
         <v>0</v>
       </c>
-      <c r="AT233" t="inlineStr"/>
+      <c r="AT233" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-royal-red-ginseng-youth-care-night-cream</t>
+        </is>
+      </c>
       <c r="AU233" t="n">
         <v>0</v>
       </c>
       <c r="AV233" t="n">
         <v>0</v>
       </c>
       <c r="AW233" t="inlineStr"/>
       <c r="AX233" t="n">
         <v>0</v>
       </c>
       <c r="AY233" t="n">
         <v>0</v>
       </c>
       <c r="AZ233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>610951</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
@@ -36290,136 +36647,144 @@
         </is>
       </c>
       <c r="D234" t="n">
         <v>1210</v>
       </c>
       <c r="E234" t="n">
         <v>0</v>
       </c>
       <c r="F234" t="n">
         <v>0</v>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="n">
         <v>0</v>
       </c>
       <c r="I234" t="n">
         <v>0</v>
       </c>
       <c r="J234" t="inlineStr"/>
       <c r="K234" t="n">
         <v>0</v>
       </c>
       <c r="L234" t="n">
         <v>0</v>
       </c>
-      <c r="M234" t="inlineStr"/>
+      <c r="M234" t="inlineStr">
+        <is>
+          <t>https://angel37.ru/katalog/detail/oriko_toniziruyushchaya_syvorotka_s_ekstr_krasnogo_zhenshenya_50_ml/</t>
+        </is>
+      </c>
       <c r="N234" t="n">
         <v>0</v>
       </c>
       <c r="O234" t="n">
-        <v>1665</v>
+        <v>0</v>
       </c>
       <c r="P234" t="inlineStr">
         <is>
           <t>https://aumishop.ru/toniziruyuschaya-syvorotka-s-ekstraktom-krasnogo-zhenshenya-protiv-pervyh-morschin-oriko-royal-red-ginseng-youth-care-serum-50ml/</t>
         </is>
       </c>
       <c r="Q234" t="n">
         <v>0</v>
       </c>
       <c r="R234" t="n">
         <v>0</v>
       </c>
       <c r="S234" t="inlineStr"/>
       <c r="T234" t="n">
         <v>0</v>
       </c>
       <c r="U234" t="n">
         <v>0</v>
       </c>
       <c r="V234" t="inlineStr"/>
       <c r="W234" t="n">
         <v>0</v>
       </c>
       <c r="X234" t="n">
         <v>0</v>
       </c>
       <c r="Y234" t="inlineStr"/>
       <c r="Z234" t="n">
         <v>0</v>
       </c>
       <c r="AA234" t="n">
-        <v>1330</v>
+        <v>0</v>
       </c>
       <c r="AB234" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000421986-royal-red-ginseng</t>
         </is>
       </c>
       <c r="AC234" t="n">
         <v>0</v>
       </c>
       <c r="AD234" t="n">
         <v>0</v>
       </c>
       <c r="AE234" t="inlineStr"/>
       <c r="AF234" t="n">
         <v>0</v>
       </c>
       <c r="AG234" t="n">
         <v>0</v>
       </c>
       <c r="AH234" t="inlineStr"/>
       <c r="AI234" t="n">
         <v>0</v>
       </c>
       <c r="AJ234" t="n">
         <v>0</v>
       </c>
       <c r="AK234" t="inlineStr"/>
       <c r="AL234" t="n">
         <v>0</v>
       </c>
       <c r="AM234" t="n">
         <v>0</v>
       </c>
       <c r="AN234" t="inlineStr"/>
       <c r="AO234" t="n">
         <v>0</v>
       </c>
       <c r="AP234" t="n">
         <v>0</v>
       </c>
       <c r="AQ234" t="inlineStr"/>
       <c r="AR234" t="n">
         <v>0</v>
       </c>
       <c r="AS234" t="n">
         <v>0</v>
       </c>
-      <c r="AT234" t="inlineStr"/>
+      <c r="AT234" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-royal-red-ginseng-youth-care-serum</t>
+        </is>
+      </c>
       <c r="AU234" t="n">
         <v>0</v>
       </c>
       <c r="AV234" t="n">
         <v>0</v>
       </c>
       <c r="AW234" t="inlineStr"/>
       <c r="AX234" t="n">
         <v>0</v>
       </c>
       <c r="AY234" t="n">
         <v>0</v>
       </c>
       <c r="AZ234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>330196</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
@@ -36435,131 +36800,135 @@
       <c r="E235" t="n">
         <v>0</v>
       </c>
       <c r="F235" t="n">
         <v>0</v>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="n">
         <v>0</v>
       </c>
       <c r="I235" t="n">
         <v>0</v>
       </c>
       <c r="J235" t="inlineStr"/>
       <c r="K235" t="n">
         <v>0</v>
       </c>
       <c r="L235" t="n">
         <v>0</v>
       </c>
       <c r="M235" t="inlineStr"/>
       <c r="N235" t="n">
         <v>0</v>
       </c>
       <c r="O235" t="n">
-        <v>1725</v>
+        <v>0</v>
       </c>
       <c r="P235" t="inlineStr">
         <is>
           <t>https://aumishop.ru/toniziruyuschij-toner-s-ekstraktom-krasnogo-zhenshenya-protiv-pervyh-morschin-oriko-royal-red-ginseng-youth-care-toner-120ml/</t>
         </is>
       </c>
       <c r="Q235" t="n">
         <v>0</v>
       </c>
       <c r="R235" t="n">
         <v>0</v>
       </c>
       <c r="S235" t="inlineStr"/>
       <c r="T235" t="n">
         <v>0</v>
       </c>
       <c r="U235" t="n">
         <v>0</v>
       </c>
       <c r="V235" t="inlineStr"/>
       <c r="W235" t="n">
         <v>0</v>
       </c>
       <c r="X235" t="n">
         <v>0</v>
       </c>
       <c r="Y235" t="inlineStr"/>
       <c r="Z235" t="n">
         <v>0</v>
       </c>
       <c r="AA235" t="n">
-        <v>1370</v>
+        <v>0</v>
       </c>
       <c r="AB235" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000421988-royal-red-ginseng</t>
         </is>
       </c>
       <c r="AC235" t="n">
         <v>0</v>
       </c>
       <c r="AD235" t="n">
         <v>0</v>
       </c>
       <c r="AE235" t="inlineStr"/>
       <c r="AF235" t="n">
         <v>0</v>
       </c>
       <c r="AG235" t="n">
         <v>0</v>
       </c>
       <c r="AH235" t="inlineStr"/>
       <c r="AI235" t="n">
         <v>0</v>
       </c>
       <c r="AJ235" t="n">
         <v>0</v>
       </c>
       <c r="AK235" t="inlineStr"/>
       <c r="AL235" t="n">
         <v>0</v>
       </c>
       <c r="AM235" t="n">
         <v>0</v>
       </c>
       <c r="AN235" t="inlineStr"/>
       <c r="AO235" t="n">
         <v>0</v>
       </c>
       <c r="AP235" t="n">
         <v>0</v>
       </c>
       <c r="AQ235" t="inlineStr"/>
       <c r="AR235" t="n">
         <v>0</v>
       </c>
       <c r="AS235" t="n">
         <v>0</v>
       </c>
-      <c r="AT235" t="inlineStr"/>
+      <c r="AT235" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-royal-red-ginseng-youth-care-toner</t>
+        </is>
+      </c>
       <c r="AU235" t="n">
         <v>0</v>
       </c>
       <c r="AV235" t="n">
         <v>0</v>
       </c>
       <c r="AW235" t="inlineStr"/>
       <c r="AX235" t="n">
         <v>0</v>
       </c>
       <c r="AY235" t="n">
         <v>0</v>
       </c>
       <c r="AZ235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
           <t>162710</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
@@ -36575,143 +36944,147 @@
       <c r="E236" t="n">
         <v>0</v>
       </c>
       <c r="F236" t="n">
         <v>0</v>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="n">
         <v>0</v>
       </c>
       <c r="I236" t="n">
         <v>0</v>
       </c>
       <c r="J236" t="inlineStr"/>
       <c r="K236" t="n">
         <v>0</v>
       </c>
       <c r="L236" t="n">
         <v>0</v>
       </c>
       <c r="M236" t="inlineStr"/>
       <c r="N236" t="n">
         <v>0</v>
       </c>
       <c r="O236" t="n">
-        <v>1625</v>
+        <v>0</v>
       </c>
       <c r="P236" t="inlineStr">
         <is>
           <t>https://aumishop.ru/gel-dlya-umyvaniya-vosstanavlivayuschij-oriko-repair-cleansing-gel-microbiome-care-150ml/</t>
         </is>
       </c>
       <c r="Q236" t="n">
         <v>0</v>
       </c>
       <c r="R236" t="n">
         <v>0</v>
       </c>
       <c r="S236" t="inlineStr"/>
       <c r="T236" t="n">
         <v>0</v>
       </c>
       <c r="U236" t="n">
         <v>0</v>
       </c>
       <c r="V236" t="inlineStr"/>
       <c r="W236" t="n">
         <v>0</v>
       </c>
       <c r="X236" t="n">
         <v>0</v>
       </c>
       <c r="Y236" t="inlineStr"/>
       <c r="Z236" t="n">
         <v>0</v>
       </c>
       <c r="AA236" t="n">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="AB236" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000421966-repair-microbiome</t>
         </is>
       </c>
       <c r="AC236" t="n">
         <v>0</v>
       </c>
       <c r="AD236" t="n">
         <v>0</v>
       </c>
       <c r="AE236" t="inlineStr"/>
       <c r="AF236" t="n">
         <v>0</v>
       </c>
       <c r="AG236" t="n">
         <v>0</v>
       </c>
       <c r="AH236" t="inlineStr"/>
       <c r="AI236" t="n">
         <v>0</v>
       </c>
       <c r="AJ236" t="n">
         <v>0</v>
       </c>
       <c r="AK236" t="inlineStr"/>
       <c r="AL236" t="n">
         <v>0</v>
       </c>
       <c r="AM236" t="n">
         <v>0</v>
       </c>
       <c r="AN236" t="inlineStr"/>
       <c r="AO236" t="n">
         <v>0</v>
       </c>
       <c r="AP236" t="n">
         <v>0</v>
       </c>
       <c r="AQ236" t="inlineStr"/>
       <c r="AR236" t="n">
         <v>0</v>
       </c>
       <c r="AS236" t="n">
         <v>0</v>
       </c>
-      <c r="AT236" t="inlineStr"/>
+      <c r="AT236" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-microbiome-care-repair-cleansing-gel</t>
+        </is>
+      </c>
       <c r="AU236" t="n">
         <v>0</v>
       </c>
       <c r="AV236" t="n">
         <v>0</v>
       </c>
       <c r="AW236" t="inlineStr"/>
       <c r="AX236" t="n">
         <v>0</v>
       </c>
       <c r="AY236" t="n">
-        <v>1275</v>
+        <v>0</v>
       </c>
       <c r="AZ236" t="inlineStr">
         <is>
           <t>https://zodiacos.ru/catalog/ukhod_za_litsom/penki_i_geli/oriko_gel_dlya_umyvaniya_vosstanavlivayushchiy_repair_cleansing_gel_microbiome_care_150_ml/</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>162741</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>ORIKO Repair day cream Microbiome care Дневной крем для лица, восстанавливающий микробиом кожи 50мл</t>
         </is>
       </c>
       <c r="D237" t="n">
         <v>1110</v>
@@ -36719,131 +37092,135 @@
       <c r="E237" t="n">
         <v>0</v>
       </c>
       <c r="F237" t="n">
         <v>0</v>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="n">
         <v>0</v>
       </c>
       <c r="I237" t="n">
         <v>0</v>
       </c>
       <c r="J237" t="inlineStr"/>
       <c r="K237" t="n">
         <v>0</v>
       </c>
       <c r="L237" t="n">
         <v>0</v>
       </c>
       <c r="M237" t="inlineStr"/>
       <c r="N237" t="n">
         <v>0</v>
       </c>
       <c r="O237" t="n">
-        <v>1525</v>
+        <v>0</v>
       </c>
       <c r="P237" t="inlineStr">
         <is>
           <t>https://aumishop.ru/dnevnoj-krem-dlya-lica-vosstanavlivayuschij-mikrobiom-kozhi-oriko-repair-day-cream-microbiome-care-50ml/</t>
         </is>
       </c>
       <c r="Q237" t="n">
         <v>0</v>
       </c>
       <c r="R237" t="n">
         <v>0</v>
       </c>
       <c r="S237" t="inlineStr"/>
       <c r="T237" t="n">
         <v>0</v>
       </c>
       <c r="U237" t="n">
         <v>0</v>
       </c>
       <c r="V237" t="inlineStr"/>
       <c r="W237" t="n">
         <v>0</v>
       </c>
       <c r="X237" t="n">
         <v>0</v>
       </c>
       <c r="Y237" t="inlineStr"/>
       <c r="Z237" t="n">
         <v>0</v>
       </c>
       <c r="AA237" t="n">
-        <v>1220</v>
+        <v>0</v>
       </c>
       <c r="AB237" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000421969-repair-microbiome</t>
         </is>
       </c>
       <c r="AC237" t="n">
         <v>0</v>
       </c>
       <c r="AD237" t="n">
         <v>0</v>
       </c>
       <c r="AE237" t="inlineStr"/>
       <c r="AF237" t="n">
         <v>0</v>
       </c>
       <c r="AG237" t="n">
         <v>0</v>
       </c>
       <c r="AH237" t="inlineStr"/>
       <c r="AI237" t="n">
         <v>0</v>
       </c>
       <c r="AJ237" t="n">
         <v>0</v>
       </c>
       <c r="AK237" t="inlineStr"/>
       <c r="AL237" t="n">
         <v>0</v>
       </c>
       <c r="AM237" t="n">
         <v>0</v>
       </c>
       <c r="AN237" t="inlineStr"/>
       <c r="AO237" t="n">
         <v>0</v>
       </c>
       <c r="AP237" t="n">
         <v>0</v>
       </c>
       <c r="AQ237" t="inlineStr"/>
       <c r="AR237" t="n">
         <v>0</v>
       </c>
       <c r="AS237" t="n">
         <v>0</v>
       </c>
-      <c r="AT237" t="inlineStr"/>
+      <c r="AT237" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-microbiome-care-repair-day-cream</t>
+        </is>
+      </c>
       <c r="AU237" t="n">
         <v>0</v>
       </c>
       <c r="AV237" t="n">
         <v>0</v>
       </c>
       <c r="AW237" t="inlineStr"/>
       <c r="AX237" t="n">
         <v>0</v>
       </c>
       <c r="AY237" t="n">
         <v>0</v>
       </c>
       <c r="AZ237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>162758</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
@@ -36859,131 +37236,135 @@
       <c r="E238" t="n">
         <v>0</v>
       </c>
       <c r="F238" t="n">
         <v>0</v>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="n">
         <v>0</v>
       </c>
       <c r="I238" t="n">
         <v>0</v>
       </c>
       <c r="J238" t="inlineStr"/>
       <c r="K238" t="n">
         <v>0</v>
       </c>
       <c r="L238" t="n">
         <v>0</v>
       </c>
       <c r="M238" t="inlineStr"/>
       <c r="N238" t="n">
         <v>0</v>
       </c>
       <c r="O238" t="n">
-        <v>1650</v>
+        <v>0</v>
       </c>
       <c r="P238" t="inlineStr">
         <is>
           <t>https://aumishop.ru/nochnoj-krem-dlya-lica-vosstanavlivayuschij-mikrobiom-kozhi-oriko-repair-night-cream-microbiome-care-50ml/</t>
         </is>
       </c>
       <c r="Q238" t="n">
         <v>0</v>
       </c>
       <c r="R238" t="n">
         <v>0</v>
       </c>
       <c r="S238" t="inlineStr"/>
       <c r="T238" t="n">
         <v>0</v>
       </c>
       <c r="U238" t="n">
         <v>0</v>
       </c>
       <c r="V238" t="inlineStr"/>
       <c r="W238" t="n">
         <v>0</v>
       </c>
       <c r="X238" t="n">
         <v>0</v>
       </c>
       <c r="Y238" t="inlineStr"/>
       <c r="Z238" t="n">
         <v>0</v>
       </c>
       <c r="AA238" t="n">
-        <v>1220</v>
+        <v>0</v>
       </c>
       <c r="AB238" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000421971-repair-microbiome</t>
         </is>
       </c>
       <c r="AC238" t="n">
         <v>0</v>
       </c>
       <c r="AD238" t="n">
         <v>0</v>
       </c>
       <c r="AE238" t="inlineStr"/>
       <c r="AF238" t="n">
         <v>0</v>
       </c>
       <c r="AG238" t="n">
         <v>0</v>
       </c>
       <c r="AH238" t="inlineStr"/>
       <c r="AI238" t="n">
         <v>0</v>
       </c>
       <c r="AJ238" t="n">
         <v>0</v>
       </c>
       <c r="AK238" t="inlineStr"/>
       <c r="AL238" t="n">
         <v>0</v>
       </c>
       <c r="AM238" t="n">
         <v>0</v>
       </c>
       <c r="AN238" t="inlineStr"/>
       <c r="AO238" t="n">
         <v>0</v>
       </c>
       <c r="AP238" t="n">
         <v>0</v>
       </c>
       <c r="AQ238" t="inlineStr"/>
       <c r="AR238" t="n">
         <v>0</v>
       </c>
       <c r="AS238" t="n">
         <v>0</v>
       </c>
-      <c r="AT238" t="inlineStr"/>
+      <c r="AT238" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-microbiome-care-repair-night-cream</t>
+        </is>
+      </c>
       <c r="AU238" t="n">
         <v>0</v>
       </c>
       <c r="AV238" t="n">
         <v>0</v>
       </c>
       <c r="AW238" t="inlineStr"/>
       <c r="AX238" t="n">
         <v>0</v>
       </c>
       <c r="AY238" t="n">
         <v>0</v>
       </c>
       <c r="AZ238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>162734</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
@@ -37001,77 +37382,81 @@
       </c>
       <c r="F239" t="n">
         <v>0</v>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="n">
         <v>0</v>
       </c>
       <c r="I239" t="n">
         <v>0</v>
       </c>
       <c r="J239" t="inlineStr"/>
       <c r="K239" t="n">
         <v>0</v>
       </c>
       <c r="L239" t="n">
         <v>0</v>
       </c>
       <c r="M239" t="inlineStr"/>
       <c r="N239" t="n">
         <v>0</v>
       </c>
       <c r="O239" t="n">
         <v>0</v>
       </c>
-      <c r="P239" t="inlineStr"/>
+      <c r="P239" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/oriko-repair-serum-microbiome-care-syvorotka-dlya-lica-vosstanavlivayuschij-mikrobiom-kozhi-30ml/</t>
+        </is>
+      </c>
       <c r="Q239" t="n">
         <v>0</v>
       </c>
       <c r="R239" t="n">
         <v>0</v>
       </c>
       <c r="S239" t="inlineStr"/>
       <c r="T239" t="n">
         <v>0</v>
       </c>
       <c r="U239" t="n">
         <v>0</v>
       </c>
       <c r="V239" t="inlineStr"/>
       <c r="W239" t="n">
         <v>0</v>
       </c>
       <c r="X239" t="n">
         <v>0</v>
       </c>
       <c r="Y239" t="inlineStr"/>
       <c r="Z239" t="n">
         <v>0</v>
       </c>
       <c r="AA239" t="n">
-        <v>1120</v>
+        <v>0</v>
       </c>
       <c r="AB239" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000421985-repair-microbiome</t>
         </is>
       </c>
       <c r="AC239" t="n">
         <v>0</v>
       </c>
       <c r="AD239" t="n">
         <v>0</v>
       </c>
       <c r="AE239" t="inlineStr"/>
       <c r="AF239" t="n">
         <v>0</v>
       </c>
       <c r="AG239" t="n">
         <v>0</v>
       </c>
       <c r="AH239" t="inlineStr"/>
       <c r="AI239" t="n">
         <v>0</v>
       </c>
       <c r="AJ239" t="n">
         <v>0</v>
@@ -37135,131 +37520,135 @@
       <c r="E240" t="n">
         <v>0</v>
       </c>
       <c r="F240" t="n">
         <v>0</v>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="n">
         <v>0</v>
       </c>
       <c r="I240" t="n">
         <v>0</v>
       </c>
       <c r="J240" t="inlineStr"/>
       <c r="K240" t="n">
         <v>0</v>
       </c>
       <c r="L240" t="n">
         <v>0</v>
       </c>
       <c r="M240" t="inlineStr"/>
       <c r="N240" t="n">
         <v>0</v>
       </c>
       <c r="O240" t="n">
-        <v>1725</v>
+        <v>0</v>
       </c>
       <c r="P240" t="inlineStr">
         <is>
           <t>https://aumishop.ru/toner-dlya-lica-vosstanavlivayuschij-mikrobiom-kozhi-oriko-repair-toner-microbiome-care-120ml/</t>
         </is>
       </c>
       <c r="Q240" t="n">
         <v>0</v>
       </c>
       <c r="R240" t="n">
         <v>0</v>
       </c>
       <c r="S240" t="inlineStr"/>
       <c r="T240" t="n">
         <v>0</v>
       </c>
       <c r="U240" t="n">
         <v>0</v>
       </c>
       <c r="V240" t="inlineStr"/>
       <c r="W240" t="n">
         <v>0</v>
       </c>
       <c r="X240" t="n">
         <v>0</v>
       </c>
       <c r="Y240" t="inlineStr"/>
       <c r="Z240" t="n">
         <v>0</v>
       </c>
       <c r="AA240" t="n">
-        <v>1370</v>
+        <v>0</v>
       </c>
       <c r="AB240" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000421987-repair-microbiome</t>
         </is>
       </c>
       <c r="AC240" t="n">
         <v>0</v>
       </c>
       <c r="AD240" t="n">
         <v>0</v>
       </c>
       <c r="AE240" t="inlineStr"/>
       <c r="AF240" t="n">
         <v>0</v>
       </c>
       <c r="AG240" t="n">
         <v>0</v>
       </c>
       <c r="AH240" t="inlineStr"/>
       <c r="AI240" t="n">
         <v>0</v>
       </c>
       <c r="AJ240" t="n">
         <v>0</v>
       </c>
       <c r="AK240" t="inlineStr"/>
       <c r="AL240" t="n">
         <v>0</v>
       </c>
       <c r="AM240" t="n">
         <v>0</v>
       </c>
       <c r="AN240" t="inlineStr"/>
       <c r="AO240" t="n">
         <v>0</v>
       </c>
       <c r="AP240" t="n">
         <v>0</v>
       </c>
       <c r="AQ240" t="inlineStr"/>
       <c r="AR240" t="n">
         <v>0</v>
       </c>
       <c r="AS240" t="n">
         <v>0</v>
       </c>
-      <c r="AT240" t="inlineStr"/>
+      <c r="AT240" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-microbiome-sare-repair-toner</t>
+        </is>
+      </c>
       <c r="AU240" t="n">
         <v>0</v>
       </c>
       <c r="AV240" t="n">
         <v>0</v>
       </c>
       <c r="AW240" t="inlineStr"/>
       <c r="AX240" t="n">
         <v>0</v>
       </c>
       <c r="AY240" t="n">
         <v>0</v>
       </c>
       <c r="AZ240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>330240</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
@@ -37270,132 +37659,144 @@
         </is>
       </c>
       <c r="D241" t="n">
         <v>1110</v>
       </c>
       <c r="E241" t="n">
         <v>0</v>
       </c>
       <c r="F241" t="n">
         <v>0</v>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="n">
         <v>0</v>
       </c>
       <c r="I241" t="n">
         <v>0</v>
       </c>
       <c r="J241" t="inlineStr"/>
       <c r="K241" t="n">
         <v>0</v>
       </c>
       <c r="L241" t="n">
         <v>0</v>
       </c>
-      <c r="M241" t="inlineStr"/>
+      <c r="M241" t="inlineStr">
+        <is>
+          <t>https://angel37.ru/katalog/detail/oriko_dnevnoy_krem_d_litsa_uspokaivayushchiy_50_ml/</t>
+        </is>
+      </c>
       <c r="N241" t="n">
         <v>0</v>
       </c>
       <c r="O241" t="n">
         <v>0</v>
       </c>
-      <c r="P241" t="inlineStr"/>
+      <c r="P241" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/oriko-calming-care-day-cream-with-houttuynia-cordata-extract-uspokaivayuschij-dnevnoj-krem-dlya-lica-s-ekstraktom-hauttyujnii-i-gialuronovoj-kislotoj-50ml/</t>
+        </is>
+      </c>
       <c r="Q241" t="n">
         <v>0</v>
       </c>
       <c r="R241" t="n">
         <v>0</v>
       </c>
       <c r="S241" t="inlineStr"/>
       <c r="T241" t="n">
         <v>0</v>
       </c>
       <c r="U241" t="n">
         <v>0</v>
       </c>
       <c r="V241" t="inlineStr"/>
       <c r="W241" t="n">
         <v>0</v>
       </c>
       <c r="X241" t="n">
         <v>0</v>
       </c>
       <c r="Y241" t="inlineStr"/>
       <c r="Z241" t="n">
         <v>0</v>
       </c>
       <c r="AA241" t="n">
-        <v>1220</v>
+        <v>0</v>
       </c>
       <c r="AB241" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000425822-houttuynia-cordata-extract</t>
         </is>
       </c>
       <c r="AC241" t="n">
         <v>0</v>
       </c>
       <c r="AD241" t="n">
         <v>0</v>
       </c>
       <c r="AE241" t="inlineStr"/>
       <c r="AF241" t="n">
         <v>0</v>
       </c>
       <c r="AG241" t="n">
         <v>0</v>
       </c>
       <c r="AH241" t="inlineStr"/>
       <c r="AI241" t="n">
         <v>0</v>
       </c>
       <c r="AJ241" t="n">
         <v>0</v>
       </c>
       <c r="AK241" t="inlineStr"/>
       <c r="AL241" t="n">
         <v>0</v>
       </c>
       <c r="AM241" t="n">
         <v>0</v>
       </c>
       <c r="AN241" t="inlineStr"/>
       <c r="AO241" t="n">
         <v>0</v>
       </c>
       <c r="AP241" t="n">
         <v>0</v>
       </c>
       <c r="AQ241" t="inlineStr"/>
       <c r="AR241" t="n">
         <v>0</v>
       </c>
       <c r="AS241" t="n">
         <v>0</v>
       </c>
-      <c r="AT241" t="inlineStr"/>
+      <c r="AT241" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-houttuynia-cordata-calming-care-day-cream</t>
+        </is>
+      </c>
       <c r="AU241" t="n">
         <v>0</v>
       </c>
       <c r="AV241" t="n">
         <v>0</v>
       </c>
       <c r="AW241" t="inlineStr"/>
       <c r="AX241" t="n">
         <v>0</v>
       </c>
       <c r="AY241" t="n">
         <v>0</v>
       </c>
       <c r="AZ241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>330257</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
@@ -37406,132 +37807,144 @@
         </is>
       </c>
       <c r="D242" t="n">
         <v>1200</v>
       </c>
       <c r="E242" t="n">
         <v>0</v>
       </c>
       <c r="F242" t="n">
         <v>0</v>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="n">
         <v>0</v>
       </c>
       <c r="I242" t="n">
         <v>0</v>
       </c>
       <c r="J242" t="inlineStr"/>
       <c r="K242" t="n">
         <v>0</v>
       </c>
       <c r="L242" t="n">
         <v>0</v>
       </c>
-      <c r="M242" t="inlineStr"/>
+      <c r="M242" t="inlineStr">
+        <is>
+          <t>https://angel37.ru/katalog/detail/oriko_nochnoy_krem_d_litsa_uspokaivayushchiy_50_ml/</t>
+        </is>
+      </c>
       <c r="N242" t="n">
         <v>0</v>
       </c>
       <c r="O242" t="n">
         <v>0</v>
       </c>
-      <c r="P242" t="inlineStr"/>
+      <c r="P242" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/oriko-calming-care-night-cream-with-houttuynia-cordata-extract-uspokaivayuschij-nochnoj-krem-dlya-lica-s-ekstraktom-hauttyujnii-i-gialuronovoj-kislotoj-50ml/</t>
+        </is>
+      </c>
       <c r="Q242" t="n">
         <v>0</v>
       </c>
       <c r="R242" t="n">
         <v>0</v>
       </c>
       <c r="S242" t="inlineStr"/>
       <c r="T242" t="n">
         <v>0</v>
       </c>
       <c r="U242" t="n">
         <v>0</v>
       </c>
       <c r="V242" t="inlineStr"/>
       <c r="W242" t="n">
         <v>0</v>
       </c>
       <c r="X242" t="n">
         <v>0</v>
       </c>
       <c r="Y242" t="inlineStr"/>
       <c r="Z242" t="n">
         <v>0</v>
       </c>
       <c r="AA242" t="n">
-        <v>1320</v>
+        <v>0</v>
       </c>
       <c r="AB242" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000425825-houttuynia-cordata-extract</t>
         </is>
       </c>
       <c r="AC242" t="n">
         <v>0</v>
       </c>
       <c r="AD242" t="n">
         <v>0</v>
       </c>
       <c r="AE242" t="inlineStr"/>
       <c r="AF242" t="n">
         <v>0</v>
       </c>
       <c r="AG242" t="n">
         <v>0</v>
       </c>
       <c r="AH242" t="inlineStr"/>
       <c r="AI242" t="n">
         <v>0</v>
       </c>
       <c r="AJ242" t="n">
         <v>0</v>
       </c>
       <c r="AK242" t="inlineStr"/>
       <c r="AL242" t="n">
         <v>0</v>
       </c>
       <c r="AM242" t="n">
         <v>0</v>
       </c>
       <c r="AN242" t="inlineStr"/>
       <c r="AO242" t="n">
         <v>0</v>
       </c>
       <c r="AP242" t="n">
         <v>0</v>
       </c>
       <c r="AQ242" t="inlineStr"/>
       <c r="AR242" t="n">
         <v>0</v>
       </c>
       <c r="AS242" t="n">
         <v>0</v>
       </c>
-      <c r="AT242" t="inlineStr"/>
+      <c r="AT242" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-houttuynia-cordata-calming-care-night-cream</t>
+        </is>
+      </c>
       <c r="AU242" t="n">
         <v>0</v>
       </c>
       <c r="AV242" t="n">
         <v>0</v>
       </c>
       <c r="AW242" t="inlineStr"/>
       <c r="AX242" t="n">
         <v>0</v>
       </c>
       <c r="AY242" t="n">
         <v>0</v>
       </c>
       <c r="AZ242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>330233</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
@@ -37549,125 +37962,133 @@
       </c>
       <c r="F243" t="n">
         <v>0</v>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="n">
         <v>0</v>
       </c>
       <c r="I243" t="n">
         <v>0</v>
       </c>
       <c r="J243" t="inlineStr"/>
       <c r="K243" t="n">
         <v>0</v>
       </c>
       <c r="L243" t="n">
         <v>0</v>
       </c>
       <c r="M243" t="inlineStr"/>
       <c r="N243" t="n">
         <v>0</v>
       </c>
       <c r="O243" t="n">
         <v>0</v>
       </c>
-      <c r="P243" t="inlineStr"/>
+      <c r="P243" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/oriko-calming-care-serum-with-houttuynia-cordata-extract-uspokaivayuschaya-syvorotka-dlya-lica-s-ekstraktom-hauttyujnii-i-gialuronovoj-kislotoj-50ml/</t>
+        </is>
+      </c>
       <c r="Q243" t="n">
         <v>0</v>
       </c>
       <c r="R243" t="n">
         <v>0</v>
       </c>
       <c r="S243" t="inlineStr"/>
       <c r="T243" t="n">
         <v>0</v>
       </c>
       <c r="U243" t="n">
         <v>0</v>
       </c>
       <c r="V243" t="inlineStr"/>
       <c r="W243" t="n">
         <v>0</v>
       </c>
       <c r="X243" t="n">
         <v>0</v>
       </c>
       <c r="Y243" t="inlineStr"/>
       <c r="Z243" t="n">
         <v>0</v>
       </c>
       <c r="AA243" t="n">
-        <v>1330</v>
+        <v>0</v>
       </c>
       <c r="AB243" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000425823-houttuynia-cordata-extract</t>
         </is>
       </c>
       <c r="AC243" t="n">
         <v>0</v>
       </c>
       <c r="AD243" t="n">
         <v>0</v>
       </c>
       <c r="AE243" t="inlineStr"/>
       <c r="AF243" t="n">
         <v>0</v>
       </c>
       <c r="AG243" t="n">
         <v>0</v>
       </c>
       <c r="AH243" t="inlineStr"/>
       <c r="AI243" t="n">
         <v>0</v>
       </c>
       <c r="AJ243" t="n">
         <v>0</v>
       </c>
       <c r="AK243" t="inlineStr"/>
       <c r="AL243" t="n">
         <v>0</v>
       </c>
       <c r="AM243" t="n">
         <v>0</v>
       </c>
       <c r="AN243" t="inlineStr"/>
       <c r="AO243" t="n">
         <v>0</v>
       </c>
       <c r="AP243" t="n">
         <v>0</v>
       </c>
       <c r="AQ243" t="inlineStr"/>
       <c r="AR243" t="n">
         <v>0</v>
       </c>
       <c r="AS243" t="n">
         <v>0</v>
       </c>
-      <c r="AT243" t="inlineStr"/>
+      <c r="AT243" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-houttuynia-cordata-calming-care-serum</t>
+        </is>
+      </c>
       <c r="AU243" t="n">
         <v>0</v>
       </c>
       <c r="AV243" t="n">
         <v>0</v>
       </c>
       <c r="AW243" t="inlineStr"/>
       <c r="AX243" t="n">
         <v>0</v>
       </c>
       <c r="AY243" t="n">
         <v>0</v>
       </c>
       <c r="AZ243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>330226</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>ORIKO</t>
         </is>
@@ -37685,125 +38106,133 @@
       </c>
       <c r="F244" t="n">
         <v>0</v>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="n">
         <v>0</v>
       </c>
       <c r="I244" t="n">
         <v>0</v>
       </c>
       <c r="J244" t="inlineStr"/>
       <c r="K244" t="n">
         <v>0</v>
       </c>
       <c r="L244" t="n">
         <v>0</v>
       </c>
       <c r="M244" t="inlineStr"/>
       <c r="N244" t="n">
         <v>0</v>
       </c>
       <c r="O244" t="n">
         <v>0</v>
       </c>
-      <c r="P244" t="inlineStr"/>
+      <c r="P244" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/oriko-calming-care-toner-with-houttuynia-cordata-extract-uspokaivayuschij-toner-dlya-lica-s-ekstraktom-hauttyujnii-i-gialuronovoj-kislotoj-120ml/</t>
+        </is>
+      </c>
       <c r="Q244" t="n">
         <v>0</v>
       </c>
       <c r="R244" t="n">
         <v>0</v>
       </c>
       <c r="S244" t="inlineStr"/>
       <c r="T244" t="n">
         <v>0</v>
       </c>
       <c r="U244" t="n">
         <v>0</v>
       </c>
       <c r="V244" t="inlineStr"/>
       <c r="W244" t="n">
         <v>0</v>
       </c>
       <c r="X244" t="n">
         <v>0</v>
       </c>
       <c r="Y244" t="inlineStr"/>
       <c r="Z244" t="n">
         <v>0</v>
       </c>
       <c r="AA244" t="n">
-        <v>1370</v>
+        <v>0</v>
       </c>
       <c r="AB244" t="inlineStr">
         <is>
           <t>https://goldapple.ru/19000425824-houttuynia-cordata-extract</t>
         </is>
       </c>
       <c r="AC244" t="n">
         <v>0</v>
       </c>
       <c r="AD244" t="n">
         <v>0</v>
       </c>
       <c r="AE244" t="inlineStr"/>
       <c r="AF244" t="n">
         <v>0</v>
       </c>
       <c r="AG244" t="n">
         <v>0</v>
       </c>
       <c r="AH244" t="inlineStr"/>
       <c r="AI244" t="n">
         <v>0</v>
       </c>
       <c r="AJ244" t="n">
         <v>0</v>
       </c>
       <c r="AK244" t="inlineStr"/>
       <c r="AL244" t="n">
         <v>0</v>
       </c>
       <c r="AM244" t="n">
         <v>0</v>
       </c>
       <c r="AN244" t="inlineStr"/>
       <c r="AO244" t="n">
         <v>0</v>
       </c>
       <c r="AP244" t="n">
         <v>0</v>
       </c>
       <c r="AQ244" t="inlineStr"/>
       <c r="AR244" t="n">
         <v>0</v>
       </c>
       <c r="AS244" t="n">
         <v>0</v>
       </c>
-      <c r="AT244" t="inlineStr"/>
+      <c r="AT244" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-houttuynia-cordata-calming-care-toner</t>
+        </is>
+      </c>
       <c r="AU244" t="n">
         <v>0</v>
       </c>
       <c r="AV244" t="n">
         <v>0</v>
       </c>
       <c r="AW244" t="inlineStr"/>
       <c r="AX244" t="n">
         <v>0</v>
       </c>
       <c r="AY244" t="n">
         <v>0</v>
       </c>
       <c r="AZ244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>109712</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>AMIJOLI</t>
         </is>
@@ -37821,79 +38250,87 @@
       </c>
       <c r="F245" t="n">
         <v>0</v>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="n">
         <v>0</v>
       </c>
       <c r="I245" t="n">
         <v>0</v>
       </c>
       <c r="J245" t="inlineStr"/>
       <c r="K245" t="n">
         <v>0</v>
       </c>
       <c r="L245" t="n">
         <v>0</v>
       </c>
       <c r="M245" t="inlineStr"/>
       <c r="N245" t="n">
         <v>0</v>
       </c>
       <c r="O245" t="n">
         <v>0</v>
       </c>
-      <c r="P245" t="inlineStr"/>
+      <c r="P245" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-dual-phase-soothing-night-sream-calming-magnolia-kapsulnyj-nochnoj-krem-dlya-chuvstvitelnoj-kozhi-s-ekstraktom-magnolii-i-ceramidami-50ml/</t>
+        </is>
+      </c>
       <c r="Q245" t="n">
         <v>0</v>
       </c>
       <c r="R245" t="n">
         <v>0</v>
       </c>
       <c r="S245" t="inlineStr"/>
       <c r="T245" t="n">
         <v>0</v>
       </c>
       <c r="U245" t="n">
         <v>0</v>
       </c>
       <c r="V245" t="inlineStr"/>
       <c r="W245" t="n">
         <v>0</v>
       </c>
       <c r="X245" t="n">
         <v>0</v>
       </c>
       <c r="Y245" t="inlineStr"/>
       <c r="Z245" t="n">
         <v>0</v>
       </c>
       <c r="AA245" t="n">
         <v>0</v>
       </c>
-      <c r="AB245" t="inlineStr"/>
+      <c r="AB245" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000448599-dual-phase-soothing-night</t>
+        </is>
+      </c>
       <c r="AC245" t="n">
         <v>0</v>
       </c>
       <c r="AD245" t="n">
         <v>0</v>
       </c>
       <c r="AE245" t="inlineStr"/>
       <c r="AF245" t="n">
         <v>0</v>
       </c>
       <c r="AG245" t="n">
         <v>0</v>
       </c>
       <c r="AH245" t="inlineStr"/>
       <c r="AI245" t="n">
         <v>0</v>
       </c>
       <c r="AJ245" t="n">
         <v>0</v>
       </c>
       <c r="AK245" t="inlineStr"/>
       <c r="AL245" t="n">
         <v>0</v>
       </c>
       <c r="AM245" t="n">
@@ -37953,51 +38390,55 @@
       </c>
       <c r="F246" t="n">
         <v>0</v>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="n">
         <v>0</v>
       </c>
       <c r="I246" t="n">
         <v>0</v>
       </c>
       <c r="J246" t="inlineStr"/>
       <c r="K246" t="n">
         <v>0</v>
       </c>
       <c r="L246" t="n">
         <v>0</v>
       </c>
       <c r="M246" t="inlineStr"/>
       <c r="N246" t="n">
         <v>0</v>
       </c>
       <c r="O246" t="n">
         <v>0</v>
       </c>
-      <c r="P246" t="inlineStr"/>
+      <c r="P246" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/mistic-vanda-orchid-shower-gel-gel-dlya-dusha-orhideya-vanda-s-ekstraktami-centelly-i-zelenogo-chaya-400ml/</t>
+        </is>
+      </c>
       <c r="Q246" t="n">
         <v>0</v>
       </c>
       <c r="R246" t="n">
         <v>0</v>
       </c>
       <c r="S246" t="inlineStr"/>
       <c r="T246" t="n">
         <v>0</v>
       </c>
       <c r="U246" t="n">
         <v>0</v>
       </c>
       <c r="V246" t="inlineStr"/>
       <c r="W246" t="n">
         <v>0</v>
       </c>
       <c r="X246" t="n">
         <v>0</v>
       </c>
       <c r="Y246" t="inlineStr"/>
       <c r="Z246" t="n">
         <v>0</v>
       </c>
       <c r="AA246" t="n">
@@ -38085,51 +38526,55 @@
       </c>
       <c r="F247" t="n">
         <v>0</v>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="n">
         <v>0</v>
       </c>
       <c r="I247" t="n">
         <v>0</v>
       </c>
       <c r="J247" t="inlineStr"/>
       <c r="K247" t="n">
         <v>0</v>
       </c>
       <c r="L247" t="n">
         <v>0</v>
       </c>
       <c r="M247" t="inlineStr"/>
       <c r="N247" t="n">
         <v>0</v>
       </c>
       <c r="O247" t="n">
         <v>0</v>
       </c>
-      <c r="P247" t="inlineStr"/>
+      <c r="P247" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/mistic-super-food-antioxidant-gel-antioksidantnyj-gel-superfud-s-allantoinom-i-tripeptidnym-kompleksom-400ml/</t>
+        </is>
+      </c>
       <c r="Q247" t="n">
         <v>0</v>
       </c>
       <c r="R247" t="n">
         <v>0</v>
       </c>
       <c r="S247" t="inlineStr"/>
       <c r="T247" t="n">
         <v>0</v>
       </c>
       <c r="U247" t="n">
         <v>0</v>
       </c>
       <c r="V247" t="inlineStr"/>
       <c r="W247" t="n">
         <v>0</v>
       </c>
       <c r="X247" t="n">
         <v>0</v>
       </c>
       <c r="Y247" t="inlineStr"/>
       <c r="Z247" t="n">
         <v>0</v>
       </c>
       <c r="AA247" t="n">
@@ -38217,121 +38662,133 @@
       </c>
       <c r="F248" t="n">
         <v>0</v>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="n">
         <v>0</v>
       </c>
       <c r="I248" t="n">
         <v>0</v>
       </c>
       <c r="J248" t="inlineStr"/>
       <c r="K248" t="n">
         <v>0</v>
       </c>
       <c r="L248" t="n">
         <v>0</v>
       </c>
       <c r="M248" t="inlineStr"/>
       <c r="N248" t="n">
         <v>0</v>
       </c>
       <c r="O248" t="n">
         <v>0</v>
       </c>
-      <c r="P248" t="inlineStr"/>
+      <c r="P248" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/soo-san-balancing-gel-cream-with-calamansi-gel-krem-s-dlya-zhirnogo-tipa-kozhi-s-ekstraktom-kalamansi-dlya-problemnoj-kozhi-50ml/</t>
+        </is>
+      </c>
       <c r="Q248" t="n">
         <v>0</v>
       </c>
       <c r="R248" t="n">
         <v>0</v>
       </c>
       <c r="S248" t="inlineStr"/>
       <c r="T248" t="n">
         <v>0</v>
       </c>
       <c r="U248" t="n">
         <v>0</v>
       </c>
       <c r="V248" t="inlineStr"/>
       <c r="W248" t="n">
         <v>0</v>
       </c>
       <c r="X248" t="n">
         <v>0</v>
       </c>
       <c r="Y248" t="inlineStr"/>
       <c r="Z248" t="n">
         <v>0</v>
       </c>
       <c r="AA248" t="n">
         <v>0</v>
       </c>
-      <c r="AB248" t="inlineStr"/>
+      <c r="AB248" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000441772-balancing-calamansi</t>
+        </is>
+      </c>
       <c r="AC248" t="n">
         <v>0</v>
       </c>
       <c r="AD248" t="n">
         <v>0</v>
       </c>
       <c r="AE248" t="inlineStr"/>
       <c r="AF248" t="n">
         <v>0</v>
       </c>
       <c r="AG248" t="n">
         <v>0</v>
       </c>
       <c r="AH248" t="inlineStr"/>
       <c r="AI248" t="n">
         <v>0</v>
       </c>
       <c r="AJ248" t="n">
         <v>0</v>
       </c>
       <c r="AK248" t="inlineStr"/>
       <c r="AL248" t="n">
         <v>0</v>
       </c>
       <c r="AM248" t="n">
         <v>0</v>
       </c>
       <c r="AN248" t="inlineStr"/>
       <c r="AO248" t="n">
         <v>0</v>
       </c>
       <c r="AP248" t="n">
         <v>0</v>
       </c>
       <c r="AQ248" t="inlineStr"/>
       <c r="AR248" t="n">
         <v>0</v>
       </c>
       <c r="AS248" t="n">
         <v>0</v>
       </c>
-      <c r="AT248" t="inlineStr"/>
+      <c r="AT248" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-calamansi-balancing-gel-cream</t>
+        </is>
+      </c>
       <c r="AU248" t="n">
         <v>0</v>
       </c>
       <c r="AV248" t="n">
         <v>0</v>
       </c>
       <c r="AW248" t="inlineStr"/>
       <c r="AX248" t="n">
         <v>0</v>
       </c>
       <c r="AY248" t="n">
         <v>0</v>
       </c>
       <c r="AZ248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
           <t>070560</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
@@ -38342,128 +38799,144 @@
         </is>
       </c>
       <c r="D249" t="n">
         <v>535</v>
       </c>
       <c r="E249" t="n">
         <v>0</v>
       </c>
       <c r="F249" t="n">
         <v>0</v>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="n">
         <v>0</v>
       </c>
       <c r="I249" t="n">
         <v>0</v>
       </c>
       <c r="J249" t="inlineStr"/>
       <c r="K249" t="n">
         <v>0</v>
       </c>
       <c r="L249" t="n">
         <v>0</v>
       </c>
-      <c r="M249" t="inlineStr"/>
+      <c r="M249" t="inlineStr">
+        <is>
+          <t>https://angel37.ru/katalog/detail/soosan_krem_d_litsa_s_ekstraktom_noni_50ml/</t>
+        </is>
+      </c>
       <c r="N249" t="n">
         <v>0</v>
       </c>
       <c r="O249" t="n">
         <v>0</v>
       </c>
-      <c r="P249" t="inlineStr"/>
+      <c r="P249" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/soosan-calming-cream-with-noni-uspokaivayuschij-krem-dlya-lica-s-ekstraktom-noni-dlya-chuvstvitelnoj-kozhi-50ml/</t>
+        </is>
+      </c>
       <c r="Q249" t="n">
         <v>0</v>
       </c>
       <c r="R249" t="n">
         <v>0</v>
       </c>
       <c r="S249" t="inlineStr"/>
       <c r="T249" t="n">
         <v>0</v>
       </c>
       <c r="U249" t="n">
         <v>0</v>
       </c>
       <c r="V249" t="inlineStr"/>
       <c r="W249" t="n">
         <v>0</v>
       </c>
       <c r="X249" t="n">
         <v>0</v>
       </c>
       <c r="Y249" t="inlineStr"/>
       <c r="Z249" t="n">
         <v>0</v>
       </c>
       <c r="AA249" t="n">
         <v>0</v>
       </c>
-      <c r="AB249" t="inlineStr"/>
+      <c r="AB249" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000441804-calming-noni</t>
+        </is>
+      </c>
       <c r="AC249" t="n">
         <v>0</v>
       </c>
       <c r="AD249" t="n">
         <v>0</v>
       </c>
       <c r="AE249" t="inlineStr"/>
       <c r="AF249" t="n">
         <v>0</v>
       </c>
       <c r="AG249" t="n">
         <v>0</v>
       </c>
       <c r="AH249" t="inlineStr"/>
       <c r="AI249" t="n">
         <v>0</v>
       </c>
       <c r="AJ249" t="n">
         <v>0</v>
       </c>
       <c r="AK249" t="inlineStr"/>
       <c r="AL249" t="n">
         <v>0</v>
       </c>
       <c r="AM249" t="n">
         <v>0</v>
       </c>
       <c r="AN249" t="inlineStr"/>
       <c r="AO249" t="n">
         <v>0</v>
       </c>
       <c r="AP249" t="n">
         <v>0</v>
       </c>
       <c r="AQ249" t="inlineStr"/>
       <c r="AR249" t="n">
         <v>0</v>
       </c>
       <c r="AS249" t="n">
         <v>0</v>
       </c>
-      <c r="AT249" t="inlineStr"/>
+      <c r="AT249" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-noni-calming-cream</t>
+        </is>
+      </c>
       <c r="AU249" t="n">
         <v>0</v>
       </c>
       <c r="AV249" t="n">
         <v>0</v>
       </c>
       <c r="AW249" t="inlineStr"/>
       <c r="AX249" t="n">
         <v>0</v>
       </c>
       <c r="AY249" t="n">
         <v>0</v>
       </c>
       <c r="AZ249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
           <t>070577</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
@@ -38474,58 +38947,66 @@
         </is>
       </c>
       <c r="D250" t="n">
         <v>535</v>
       </c>
       <c r="E250" t="n">
         <v>0</v>
       </c>
       <c r="F250" t="n">
         <v>0</v>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="n">
         <v>0</v>
       </c>
       <c r="I250" t="n">
         <v>0</v>
       </c>
       <c r="J250" t="inlineStr"/>
       <c r="K250" t="n">
         <v>0</v>
       </c>
       <c r="L250" t="n">
         <v>0</v>
       </c>
-      <c r="M250" t="inlineStr"/>
+      <c r="M250" t="inlineStr">
+        <is>
+          <t>https://angel37.ru/katalog/detail/soosan_krem_d_litsa_s_ekstraktom_persika_50ml/</t>
+        </is>
+      </c>
       <c r="N250" t="n">
         <v>0</v>
       </c>
       <c r="O250" t="n">
         <v>0</v>
       </c>
-      <c r="P250" t="inlineStr"/>
+      <c r="P250" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/soo-san-moisturizing-cream-with-peach-uvlazhnyayuschij-krem-dlya-lica-s-ekstraktom-persika-50ml/</t>
+        </is>
+      </c>
       <c r="Q250" t="n">
         <v>0</v>
       </c>
       <c r="R250" t="n">
         <v>0</v>
       </c>
       <c r="S250" t="inlineStr"/>
       <c r="T250" t="n">
         <v>0</v>
       </c>
       <c r="U250" t="n">
         <v>0</v>
       </c>
       <c r="V250" t="inlineStr"/>
       <c r="W250" t="n">
         <v>0</v>
       </c>
       <c r="X250" t="n">
         <v>0</v>
       </c>
       <c r="Y250" t="inlineStr"/>
       <c r="Z250" t="n">
         <v>0</v>
       </c>
       <c r="AA250" t="n">
@@ -38551,51 +39032,55 @@
       </c>
       <c r="AJ250" t="n">
         <v>0</v>
       </c>
       <c r="AK250" t="inlineStr"/>
       <c r="AL250" t="n">
         <v>0</v>
       </c>
       <c r="AM250" t="n">
         <v>0</v>
       </c>
       <c r="AN250" t="inlineStr"/>
       <c r="AO250" t="n">
         <v>0</v>
       </c>
       <c r="AP250" t="n">
         <v>0</v>
       </c>
       <c r="AQ250" t="inlineStr"/>
       <c r="AR250" t="n">
         <v>0</v>
       </c>
       <c r="AS250" t="n">
         <v>0</v>
       </c>
-      <c r="AT250" t="inlineStr"/>
+      <c r="AT250" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-peach-moisturizing-cream</t>
+        </is>
+      </c>
       <c r="AU250" t="n">
         <v>0</v>
       </c>
       <c r="AV250" t="n">
         <v>0</v>
       </c>
       <c r="AW250" t="inlineStr"/>
       <c r="AX250" t="n">
         <v>0</v>
       </c>
       <c r="AY250" t="n">
         <v>0</v>
       </c>
       <c r="AZ250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
           <t>070584</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>SOOSAN</t>
         </is>
@@ -38613,130 +39098,3343 @@
       </c>
       <c r="F251" t="n">
         <v>0</v>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="n">
         <v>0</v>
       </c>
       <c r="I251" t="n">
         <v>0</v>
       </c>
       <c r="J251" t="inlineStr"/>
       <c r="K251" t="n">
         <v>0</v>
       </c>
       <c r="L251" t="n">
         <v>0</v>
       </c>
       <c r="M251" t="inlineStr"/>
       <c r="N251" t="n">
         <v>0</v>
       </c>
       <c r="O251" t="n">
         <v>0</v>
       </c>
-      <c r="P251" t="inlineStr"/>
+      <c r="P251" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/soosan-peptide-cream-with-fig-tree-pitatelnyj-krem-dlya-lica-s-ekstraktom-inzhira-i-peptidami-50ml/</t>
+        </is>
+      </c>
       <c r="Q251" t="n">
         <v>0</v>
       </c>
       <c r="R251" t="n">
         <v>0</v>
       </c>
       <c r="S251" t="inlineStr"/>
       <c r="T251" t="n">
         <v>0</v>
       </c>
       <c r="U251" t="n">
         <v>0</v>
       </c>
       <c r="V251" t="inlineStr"/>
       <c r="W251" t="n">
         <v>0</v>
       </c>
       <c r="X251" t="n">
         <v>0</v>
       </c>
       <c r="Y251" t="inlineStr"/>
       <c r="Z251" t="n">
         <v>0</v>
       </c>
       <c r="AA251" t="n">
         <v>0</v>
       </c>
-      <c r="AB251" t="inlineStr"/>
+      <c r="AB251" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000441805-peptide-fig-tree</t>
+        </is>
+      </c>
       <c r="AC251" t="n">
         <v>0</v>
       </c>
       <c r="AD251" t="n">
         <v>0</v>
       </c>
       <c r="AE251" t="inlineStr"/>
       <c r="AF251" t="n">
         <v>0</v>
       </c>
       <c r="AG251" t="n">
         <v>0</v>
       </c>
       <c r="AH251" t="inlineStr"/>
       <c r="AI251" t="n">
         <v>0</v>
       </c>
       <c r="AJ251" t="n">
         <v>0</v>
       </c>
       <c r="AK251" t="inlineStr"/>
       <c r="AL251" t="n">
         <v>0</v>
       </c>
       <c r="AM251" t="n">
         <v>0</v>
       </c>
       <c r="AN251" t="inlineStr"/>
       <c r="AO251" t="n">
         <v>0</v>
       </c>
       <c r="AP251" t="n">
         <v>0</v>
       </c>
       <c r="AQ251" t="inlineStr"/>
       <c r="AR251" t="n">
         <v>0</v>
       </c>
       <c r="AS251" t="n">
         <v>0</v>
       </c>
-      <c r="AT251" t="inlineStr"/>
+      <c r="AT251" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/soosan-fig-tree-peptide-cream</t>
+        </is>
+      </c>
       <c r="AU251" t="n">
         <v>0</v>
       </c>
       <c r="AV251" t="n">
         <v>0</v>
       </c>
       <c r="AW251" t="inlineStr"/>
       <c r="AX251" t="n">
         <v>0</v>
       </c>
       <c r="AY251" t="n">
         <v>0</v>
       </c>
       <c r="AZ251" t="inlineStr"/>
+    </row>
+    <row r="252">
+      <c r="A252" t="inlineStr">
+        <is>
+          <t>150206</t>
+        </is>
+      </c>
+      <c r="B252" t="inlineStr">
+        <is>
+          <t>MISTIC</t>
+        </is>
+      </c>
+      <c r="C252" t="inlineStr">
+        <is>
+          <t>MISTIC 6-YEAR OLD KOREAN RED GINSENG+VIT C SUPERPOWER JELLY STICKS Экстракт красного 6-летнего женьшеня в желе с витамином С 15шт.*15г/кор</t>
+        </is>
+      </c>
+      <c r="D252" t="n">
+        <v>1578</v>
+      </c>
+      <c r="E252" t="n">
+        <v>0</v>
+      </c>
+      <c r="F252" t="n">
+        <v>0</v>
+      </c>
+      <c r="G252" t="inlineStr"/>
+      <c r="H252" t="n">
+        <v>0</v>
+      </c>
+      <c r="I252" t="n">
+        <v>0</v>
+      </c>
+      <c r="J252" t="inlineStr"/>
+      <c r="K252" t="n">
+        <v>0</v>
+      </c>
+      <c r="L252" t="n">
+        <v>0</v>
+      </c>
+      <c r="M252" t="inlineStr"/>
+      <c r="N252" t="n">
+        <v>0</v>
+      </c>
+      <c r="O252" t="n">
+        <v>0</v>
+      </c>
+      <c r="P252" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/mistic-6-year-old-korean-red-ginsengvit-c-superpower-jelly-sticks-superpauer-zhelejnye-palochki-s-6-letnim-korejskim-krasnym-zhenshenem-i-vitaminom-s-15/</t>
+        </is>
+      </c>
+      <c r="Q252" t="n">
+        <v>0</v>
+      </c>
+      <c r="R252" t="n">
+        <v>0</v>
+      </c>
+      <c r="S252" t="inlineStr"/>
+      <c r="T252" t="n">
+        <v>0</v>
+      </c>
+      <c r="U252" t="n">
+        <v>0</v>
+      </c>
+      <c r="V252" t="inlineStr"/>
+      <c r="W252" t="n">
+        <v>0</v>
+      </c>
+      <c r="X252" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y252" t="inlineStr"/>
+      <c r="Z252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB252" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000322031-ekstrakt-krasnogo-zen-sena-40-mg-vitamin-s-10-mg</t>
+        </is>
+      </c>
+      <c r="AC252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE252" t="inlineStr"/>
+      <c r="AF252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH252" t="inlineStr"/>
+      <c r="AI252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK252" t="inlineStr"/>
+      <c r="AL252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN252" t="inlineStr">
+        <is>
+          <t>https://randewoo.ru/product/zhele-s-ekstraktom-krasnogo-koreyskogo-zhenshenya-i-vitaminom-s-v-stikah-6-year-oil-korean-red-ginseng-vit-c-superpower-jelly-sticks-15-15g</t>
+        </is>
+      </c>
+      <c r="AO252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ252" t="inlineStr"/>
+      <c r="AR252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT252" t="inlineStr"/>
+      <c r="AU252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW252" t="inlineStr"/>
+      <c r="AX252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY252" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ252" t="inlineStr"/>
+    </row>
+    <row r="253">
+      <c r="A253" t="inlineStr">
+        <is>
+          <t>873333</t>
+        </is>
+      </c>
+      <c r="B253" t="inlineStr">
+        <is>
+          <t>ORIKO</t>
+        </is>
+      </c>
+      <c r="C253" t="inlineStr">
+        <is>
+          <t>ORIKO Sebum Control Toner Acne Care Тонер для лица для проблемной кожи с ниацинамидом 120мл</t>
+        </is>
+      </c>
+      <c r="D253" t="n">
+        <v>1396</v>
+      </c>
+      <c r="E253" t="n">
+        <v>0</v>
+      </c>
+      <c r="F253" t="n">
+        <v>0</v>
+      </c>
+      <c r="G253" t="inlineStr"/>
+      <c r="H253" t="n">
+        <v>0</v>
+      </c>
+      <c r="I253" t="n">
+        <v>0</v>
+      </c>
+      <c r="J253" t="inlineStr"/>
+      <c r="K253" t="n">
+        <v>0</v>
+      </c>
+      <c r="L253" t="n">
+        <v>0</v>
+      </c>
+      <c r="M253" t="inlineStr"/>
+      <c r="N253" t="n">
+        <v>0</v>
+      </c>
+      <c r="O253" t="n">
+        <v>0</v>
+      </c>
+      <c r="P253" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/oriko-sebum-control-toner-acne-care-toner-dlya-lica-dlya-problemnoj-kozhi-s-niacinamidom-120ml/</t>
+        </is>
+      </c>
+      <c r="Q253" t="n">
+        <v>0</v>
+      </c>
+      <c r="R253" t="n">
+        <v>0</v>
+      </c>
+      <c r="S253" t="inlineStr"/>
+      <c r="T253" t="n">
+        <v>0</v>
+      </c>
+      <c r="U253" t="n">
+        <v>0</v>
+      </c>
+      <c r="V253" t="inlineStr"/>
+      <c r="W253" t="n">
+        <v>0</v>
+      </c>
+      <c r="X253" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y253" t="inlineStr"/>
+      <c r="Z253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB253" t="inlineStr"/>
+      <c r="AC253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE253" t="inlineStr"/>
+      <c r="AF253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH253" t="inlineStr"/>
+      <c r="AI253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK253" t="inlineStr"/>
+      <c r="AL253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN253" t="inlineStr"/>
+      <c r="AO253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ253" t="inlineStr"/>
+      <c r="AR253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT253" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-acne-care-sebum-control-toner</t>
+        </is>
+      </c>
+      <c r="AU253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW253" t="inlineStr"/>
+      <c r="AX253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY253" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ253" t="inlineStr"/>
+    </row>
+    <row r="254">
+      <c r="A254" t="inlineStr">
+        <is>
+          <t>330264</t>
+        </is>
+      </c>
+      <c r="B254" t="inlineStr">
+        <is>
+          <t>ORIKO</t>
+        </is>
+      </c>
+      <c r="C254" t="inlineStr">
+        <is>
+          <t>ORIKO Calming care eye cream with Houttuynia cordata extract Успокаивающий крем для век с экстрактом хауттюйнии и гиалуроновой кислотой 25мл</t>
+        </is>
+      </c>
+      <c r="D254" t="n">
+        <v>772</v>
+      </c>
+      <c r="E254" t="n">
+        <v>0</v>
+      </c>
+      <c r="F254" t="n">
+        <v>0</v>
+      </c>
+      <c r="G254" t="inlineStr"/>
+      <c r="H254" t="n">
+        <v>0</v>
+      </c>
+      <c r="I254" t="n">
+        <v>0</v>
+      </c>
+      <c r="J254" t="inlineStr"/>
+      <c r="K254" t="n">
+        <v>0</v>
+      </c>
+      <c r="L254" t="n">
+        <v>0</v>
+      </c>
+      <c r="M254" t="inlineStr"/>
+      <c r="N254" t="n">
+        <v>0</v>
+      </c>
+      <c r="O254" t="n">
+        <v>0</v>
+      </c>
+      <c r="P254" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/oriko-calming-care-eye-cream-with-houttuynia-cordata-extract-uspokaivayuschij-krem-dlya-vek-s-ekstraktom-hauttyujnii-i-gialuronovoj-kislotoj-25ml/</t>
+        </is>
+      </c>
+      <c r="Q254" t="n">
+        <v>0</v>
+      </c>
+      <c r="R254" t="n">
+        <v>0</v>
+      </c>
+      <c r="S254" t="inlineStr"/>
+      <c r="T254" t="n">
+        <v>0</v>
+      </c>
+      <c r="U254" t="n">
+        <v>0</v>
+      </c>
+      <c r="V254" t="inlineStr"/>
+      <c r="W254" t="n">
+        <v>0</v>
+      </c>
+      <c r="X254" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y254" t="inlineStr"/>
+      <c r="Z254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB254" t="inlineStr"/>
+      <c r="AC254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE254" t="inlineStr"/>
+      <c r="AF254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH254" t="inlineStr"/>
+      <c r="AI254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK254" t="inlineStr"/>
+      <c r="AL254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN254" t="inlineStr"/>
+      <c r="AO254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ254" t="inlineStr"/>
+      <c r="AR254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT254" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-houttuynia-cordata-calming-care-eye-cream</t>
+        </is>
+      </c>
+      <c r="AU254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW254" t="inlineStr"/>
+      <c r="AX254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY254" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ254" t="inlineStr"/>
+    </row>
+    <row r="255">
+      <c r="A255" t="inlineStr">
+        <is>
+          <t>873357</t>
+        </is>
+      </c>
+      <c r="B255" t="inlineStr">
+        <is>
+          <t>ORIKO</t>
+        </is>
+      </c>
+      <c r="C255" t="inlineStr">
+        <is>
+          <t>ORIKO Sebum Control Face Cream Acne Care Крем для лица для проблемной кожи с кислотами 50мл</t>
+        </is>
+      </c>
+      <c r="D255" t="n">
+        <v>1596</v>
+      </c>
+      <c r="E255" t="n">
+        <v>0</v>
+      </c>
+      <c r="F255" t="n">
+        <v>0</v>
+      </c>
+      <c r="G255" t="inlineStr"/>
+      <c r="H255" t="n">
+        <v>0</v>
+      </c>
+      <c r="I255" t="n">
+        <v>0</v>
+      </c>
+      <c r="J255" t="inlineStr"/>
+      <c r="K255" t="n">
+        <v>0</v>
+      </c>
+      <c r="L255" t="n">
+        <v>0</v>
+      </c>
+      <c r="M255" t="inlineStr"/>
+      <c r="N255" t="n">
+        <v>0</v>
+      </c>
+      <c r="O255" t="n">
+        <v>0</v>
+      </c>
+      <c r="P255" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/oriko-sebum-control-face-cream-acne-care-dnevnoj-krem-dlya-lica-dlya-problemnoj-kozhi-s-kislotami-50ml/</t>
+        </is>
+      </c>
+      <c r="Q255" t="n">
+        <v>0</v>
+      </c>
+      <c r="R255" t="n">
+        <v>0</v>
+      </c>
+      <c r="S255" t="inlineStr"/>
+      <c r="T255" t="n">
+        <v>0</v>
+      </c>
+      <c r="U255" t="n">
+        <v>0</v>
+      </c>
+      <c r="V255" t="inlineStr"/>
+      <c r="W255" t="n">
+        <v>0</v>
+      </c>
+      <c r="X255" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y255" t="inlineStr"/>
+      <c r="Z255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB255" t="inlineStr"/>
+      <c r="AC255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE255" t="inlineStr"/>
+      <c r="AF255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH255" t="inlineStr"/>
+      <c r="AI255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK255" t="inlineStr"/>
+      <c r="AL255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN255" t="inlineStr"/>
+      <c r="AO255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ255" t="inlineStr"/>
+      <c r="AR255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT255" t="inlineStr"/>
+      <c r="AU255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW255" t="inlineStr"/>
+      <c r="AX255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY255" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ255" t="inlineStr"/>
+    </row>
+    <row r="256">
+      <c r="A256" t="inlineStr">
+        <is>
+          <t>873340</t>
+        </is>
+      </c>
+      <c r="B256" t="inlineStr">
+        <is>
+          <t>ORIKO</t>
+        </is>
+      </c>
+      <c r="C256" t="inlineStr">
+        <is>
+          <t>ORIKO Sebum Control Serum Acne Care Сыворотка для лица для проблемной кожи с кислотами 50мл</t>
+        </is>
+      </c>
+      <c r="D256" t="n">
+        <v>1576</v>
+      </c>
+      <c r="E256" t="n">
+        <v>0</v>
+      </c>
+      <c r="F256" t="n">
+        <v>0</v>
+      </c>
+      <c r="G256" t="inlineStr"/>
+      <c r="H256" t="n">
+        <v>0</v>
+      </c>
+      <c r="I256" t="n">
+        <v>0</v>
+      </c>
+      <c r="J256" t="inlineStr"/>
+      <c r="K256" t="n">
+        <v>0</v>
+      </c>
+      <c r="L256" t="n">
+        <v>0</v>
+      </c>
+      <c r="M256" t="inlineStr"/>
+      <c r="N256" t="n">
+        <v>0</v>
+      </c>
+      <c r="O256" t="n">
+        <v>0</v>
+      </c>
+      <c r="P256" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/oriko-sebum-control-serum-acne-care-syvorotka-dlya-lica-dlya-problemnoj-kozhi-s-kislotami-50ml/</t>
+        </is>
+      </c>
+      <c r="Q256" t="n">
+        <v>0</v>
+      </c>
+      <c r="R256" t="n">
+        <v>0</v>
+      </c>
+      <c r="S256" t="inlineStr"/>
+      <c r="T256" t="n">
+        <v>0</v>
+      </c>
+      <c r="U256" t="n">
+        <v>0</v>
+      </c>
+      <c r="V256" t="inlineStr"/>
+      <c r="W256" t="n">
+        <v>0</v>
+      </c>
+      <c r="X256" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y256" t="inlineStr"/>
+      <c r="Z256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB256" t="inlineStr"/>
+      <c r="AC256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE256" t="inlineStr"/>
+      <c r="AF256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH256" t="inlineStr"/>
+      <c r="AI256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK256" t="inlineStr"/>
+      <c r="AL256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN256" t="inlineStr"/>
+      <c r="AO256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ256" t="inlineStr"/>
+      <c r="AR256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT256" t="inlineStr">
+        <is>
+          <t>https://rivegauche.ru/product/oriko-acne-care-sebum-control-serum</t>
+        </is>
+      </c>
+      <c r="AU256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW256" t="inlineStr"/>
+      <c r="AX256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY256" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ256" t="inlineStr"/>
+    </row>
+    <row r="257">
+      <c r="A257" t="inlineStr">
+        <is>
+          <t>151029</t>
+        </is>
+      </c>
+      <c r="B257" t="inlineStr">
+        <is>
+          <t>ORIKO</t>
+        </is>
+      </c>
+      <c r="C257" t="inlineStr">
+        <is>
+          <t>ORIKO Calming care cleansing gel with Houttuynia cordata extract Успокаивающий гель для умывания с экстрактом хауттюйнии и гиалуроновой кислотой 150м</t>
+        </is>
+      </c>
+      <c r="D257" t="n">
+        <v>1394</v>
+      </c>
+      <c r="E257" t="n">
+        <v>0</v>
+      </c>
+      <c r="F257" t="n">
+        <v>0</v>
+      </c>
+      <c r="G257" t="inlineStr"/>
+      <c r="H257" t="n">
+        <v>0</v>
+      </c>
+      <c r="I257" t="n">
+        <v>0</v>
+      </c>
+      <c r="J257" t="inlineStr"/>
+      <c r="K257" t="n">
+        <v>0</v>
+      </c>
+      <c r="L257" t="n">
+        <v>0</v>
+      </c>
+      <c r="M257" t="inlineStr"/>
+      <c r="N257" t="n">
+        <v>0</v>
+      </c>
+      <c r="O257" t="n">
+        <v>0</v>
+      </c>
+      <c r="P257" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/oriko-calming-care-cleansing-gel-with-houttuynia-cordata-extract-uspokaivayuschij-gel-dlya-umyvaniya-s-ekstraktom-hauttyujnii-i-gialuronovoj-kislotoj-150-m/</t>
+        </is>
+      </c>
+      <c r="Q257" t="n">
+        <v>0</v>
+      </c>
+      <c r="R257" t="n">
+        <v>0</v>
+      </c>
+      <c r="S257" t="inlineStr"/>
+      <c r="T257" t="n">
+        <v>0</v>
+      </c>
+      <c r="U257" t="n">
+        <v>0</v>
+      </c>
+      <c r="V257" t="inlineStr"/>
+      <c r="W257" t="n">
+        <v>0</v>
+      </c>
+      <c r="X257" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y257" t="inlineStr"/>
+      <c r="Z257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB257" t="inlineStr"/>
+      <c r="AC257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE257" t="inlineStr"/>
+      <c r="AF257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH257" t="inlineStr"/>
+      <c r="AI257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK257" t="inlineStr"/>
+      <c r="AL257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN257" t="inlineStr"/>
+      <c r="AO257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ257" t="inlineStr"/>
+      <c r="AR257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT257" t="inlineStr"/>
+      <c r="AU257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW257" t="inlineStr"/>
+      <c r="AX257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY257" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ257" t="inlineStr"/>
+    </row>
+    <row r="258">
+      <c r="A258" t="inlineStr">
+        <is>
+          <t>150503</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C258" t="inlineStr">
+        <is>
+          <t>AMIJOLI  Second Skin Sun Shield SPF50+/PA+++ Yuzu&amp;Resveratrol 
+  Солнцезащитный крем для лица  SPF 50+/PA+++ c экстрактом юдзу и ресвератролом  50мл</t>
+        </is>
+      </c>
+      <c r="D258" t="n">
+        <v>1670</v>
+      </c>
+      <c r="E258" t="n">
+        <v>0</v>
+      </c>
+      <c r="F258" t="n">
+        <v>0</v>
+      </c>
+      <c r="G258" t="inlineStr"/>
+      <c r="H258" t="n">
+        <v>0</v>
+      </c>
+      <c r="I258" t="n">
+        <v>0</v>
+      </c>
+      <c r="J258" t="inlineStr"/>
+      <c r="K258" t="n">
+        <v>0</v>
+      </c>
+      <c r="L258" t="n">
+        <v>0</v>
+      </c>
+      <c r="M258" t="inlineStr"/>
+      <c r="N258" t="n">
+        <v>0</v>
+      </c>
+      <c r="O258" t="n">
+        <v>0</v>
+      </c>
+      <c r="P258" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-yuzu-and-resveratrol-second-skin-sun-shield-spf50-pa-solnschezaschitnyj-krem-dlya-lica-s-uf-filtrom-c-ekstraktom-yudzu-50ml/</t>
+        </is>
+      </c>
+      <c r="Q258" t="n">
+        <v>0</v>
+      </c>
+      <c r="R258" t="n">
+        <v>0</v>
+      </c>
+      <c r="S258" t="inlineStr"/>
+      <c r="T258" t="n">
+        <v>0</v>
+      </c>
+      <c r="U258" t="n">
+        <v>0</v>
+      </c>
+      <c r="V258" t="inlineStr"/>
+      <c r="W258" t="n">
+        <v>0</v>
+      </c>
+      <c r="X258" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y258" t="inlineStr"/>
+      <c r="Z258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB258" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000457684-yuzu-resveratrol</t>
+        </is>
+      </c>
+      <c r="AC258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE258" t="inlineStr"/>
+      <c r="AF258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH258" t="inlineStr"/>
+      <c r="AI258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK258" t="inlineStr"/>
+      <c r="AL258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN258" t="inlineStr"/>
+      <c r="AO258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ258" t="inlineStr"/>
+      <c r="AR258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT258" t="inlineStr"/>
+      <c r="AU258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW258" t="inlineStr"/>
+      <c r="AX258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY258" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ258" t="inlineStr"/>
+    </row>
+    <row r="259">
+      <c r="A259" t="inlineStr">
+        <is>
+          <t>150435</t>
+        </is>
+      </c>
+      <c r="B259" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C259" t="inlineStr">
+        <is>
+          <t>AMIJOLI Antioxidant  Mild Gel cleanser  Yuzu&amp;Resveratrol Мягкий гель для умывания с экстрактом юдзу и ресвератролом 150мл</t>
+        </is>
+      </c>
+      <c r="D259" t="n">
+        <v>1832</v>
+      </c>
+      <c r="E259" t="n">
+        <v>0</v>
+      </c>
+      <c r="F259" t="n">
+        <v>0</v>
+      </c>
+      <c r="G259" t="inlineStr"/>
+      <c r="H259" t="n">
+        <v>0</v>
+      </c>
+      <c r="I259" t="n">
+        <v>0</v>
+      </c>
+      <c r="J259" t="inlineStr"/>
+      <c r="K259" t="n">
+        <v>0</v>
+      </c>
+      <c r="L259" t="n">
+        <v>0</v>
+      </c>
+      <c r="M259" t="inlineStr"/>
+      <c r="N259" t="n">
+        <v>0</v>
+      </c>
+      <c r="O259" t="n">
+        <v>0</v>
+      </c>
+      <c r="P259" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-yuzu-and-resveratrol-mild-gel-cleanser-myagkij-gel-dlya-umyvaniya-s-ekstraktom-yudzu-i-resveratrolom-150ml/</t>
+        </is>
+      </c>
+      <c r="Q259" t="n">
+        <v>0</v>
+      </c>
+      <c r="R259" t="n">
+        <v>0</v>
+      </c>
+      <c r="S259" t="inlineStr"/>
+      <c r="T259" t="n">
+        <v>0</v>
+      </c>
+      <c r="U259" t="n">
+        <v>0</v>
+      </c>
+      <c r="V259" t="inlineStr"/>
+      <c r="W259" t="n">
+        <v>0</v>
+      </c>
+      <c r="X259" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y259" t="inlineStr"/>
+      <c r="Z259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB259" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000457678-yuzu-resveratrol</t>
+        </is>
+      </c>
+      <c r="AC259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE259" t="inlineStr"/>
+      <c r="AF259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH259" t="inlineStr"/>
+      <c r="AI259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK259" t="inlineStr"/>
+      <c r="AL259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN259" t="inlineStr"/>
+      <c r="AO259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ259" t="inlineStr"/>
+      <c r="AR259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT259" t="inlineStr"/>
+      <c r="AU259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW259" t="inlineStr"/>
+      <c r="AX259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY259" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ259" t="inlineStr"/>
+    </row>
+    <row r="260">
+      <c r="A260" t="inlineStr">
+        <is>
+          <t>150442</t>
+        </is>
+      </c>
+      <c r="B260" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C260" t="inlineStr">
+        <is>
+          <t>AMIJOLI Antioxidant Cleansing Oil   Yuzu&amp;Resveratrol Гидрофильное масло для снятие макияжа с экстрактом юдзу и ресвератролом 120мл</t>
+        </is>
+      </c>
+      <c r="D260" t="n">
+        <v>2162</v>
+      </c>
+      <c r="E260" t="n">
+        <v>0</v>
+      </c>
+      <c r="F260" t="n">
+        <v>0</v>
+      </c>
+      <c r="G260" t="inlineStr"/>
+      <c r="H260" t="n">
+        <v>0</v>
+      </c>
+      <c r="I260" t="n">
+        <v>0</v>
+      </c>
+      <c r="J260" t="inlineStr"/>
+      <c r="K260" t="n">
+        <v>0</v>
+      </c>
+      <c r="L260" t="n">
+        <v>0</v>
+      </c>
+      <c r="M260" t="inlineStr"/>
+      <c r="N260" t="n">
+        <v>0</v>
+      </c>
+      <c r="O260" t="n">
+        <v>0</v>
+      </c>
+      <c r="P260" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-yuzu-and-resveratrol-balancing-cleansing-oil-gidrofilnoe-maslo-dlya-snyatie-makiyazha-s-ekstraktom-yudzu-i-resveratrolom-120ml/</t>
+        </is>
+      </c>
+      <c r="Q260" t="n">
+        <v>0</v>
+      </c>
+      <c r="R260" t="n">
+        <v>0</v>
+      </c>
+      <c r="S260" t="inlineStr"/>
+      <c r="T260" t="n">
+        <v>0</v>
+      </c>
+      <c r="U260" t="n">
+        <v>0</v>
+      </c>
+      <c r="V260" t="inlineStr"/>
+      <c r="W260" t="n">
+        <v>0</v>
+      </c>
+      <c r="X260" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y260" t="inlineStr"/>
+      <c r="Z260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB260" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000457679-yuzu-resveratrol</t>
+        </is>
+      </c>
+      <c r="AC260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE260" t="inlineStr"/>
+      <c r="AF260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH260" t="inlineStr"/>
+      <c r="AI260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK260" t="inlineStr"/>
+      <c r="AL260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN260" t="inlineStr"/>
+      <c r="AO260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ260" t="inlineStr"/>
+      <c r="AR260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT260" t="inlineStr"/>
+      <c r="AU260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW260" t="inlineStr"/>
+      <c r="AX260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY260" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ260" t="inlineStr"/>
+    </row>
+    <row r="261">
+      <c r="A261" t="inlineStr">
+        <is>
+          <t>150480</t>
+        </is>
+      </c>
+      <c r="B261" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C261" t="inlineStr">
+        <is>
+          <t>AMIJOLI Antioxidant Eye Cream Yuzu&amp;Resveratrol  Антиоксидантный крем для век с  экстрактом юдзу и ресвератролом против первых морщин 25мл</t>
+        </is>
+      </c>
+      <c r="D261" t="n">
+        <v>1522</v>
+      </c>
+      <c r="E261" t="n">
+        <v>0</v>
+      </c>
+      <c r="F261" t="n">
+        <v>0</v>
+      </c>
+      <c r="G261" t="inlineStr"/>
+      <c r="H261" t="n">
+        <v>0</v>
+      </c>
+      <c r="I261" t="n">
+        <v>0</v>
+      </c>
+      <c r="J261" t="inlineStr"/>
+      <c r="K261" t="n">
+        <v>0</v>
+      </c>
+      <c r="L261" t="n">
+        <v>0</v>
+      </c>
+      <c r="M261" t="inlineStr"/>
+      <c r="N261" t="n">
+        <v>0</v>
+      </c>
+      <c r="O261" t="n">
+        <v>0</v>
+      </c>
+      <c r="P261" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-yuzu-and-resveratrol-antioxidant-eye-cream-antioksidantnyj-krem-dlya-glaz-s-s-ekstraktom-yudzu-i-resveratrolom-30ml/</t>
+        </is>
+      </c>
+      <c r="Q261" t="n">
+        <v>0</v>
+      </c>
+      <c r="R261" t="n">
+        <v>0</v>
+      </c>
+      <c r="S261" t="inlineStr"/>
+      <c r="T261" t="n">
+        <v>0</v>
+      </c>
+      <c r="U261" t="n">
+        <v>0</v>
+      </c>
+      <c r="V261" t="inlineStr"/>
+      <c r="W261" t="n">
+        <v>0</v>
+      </c>
+      <c r="X261" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y261" t="inlineStr"/>
+      <c r="Z261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB261" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000457682-yuzu-resveratrol</t>
+        </is>
+      </c>
+      <c r="AC261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE261" t="inlineStr"/>
+      <c r="AF261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH261" t="inlineStr"/>
+      <c r="AI261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK261" t="inlineStr"/>
+      <c r="AL261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN261" t="inlineStr"/>
+      <c r="AO261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ261" t="inlineStr"/>
+      <c r="AR261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT261" t="inlineStr"/>
+      <c r="AU261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW261" t="inlineStr"/>
+      <c r="AX261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY261" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ261" t="inlineStr"/>
+    </row>
+    <row r="262">
+      <c r="A262" t="inlineStr">
+        <is>
+          <t>150459</t>
+        </is>
+      </c>
+      <c r="B262" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C262" t="inlineStr">
+        <is>
+          <t>AMIJOLI Antioxidant Hydrating Mist  Yuzu&amp;Resveratrol  Двухфазный антиоксидантный мист  c экстрактом юдзу и ресвератролом 80мл</t>
+        </is>
+      </c>
+      <c r="D262" t="n">
+        <v>1858</v>
+      </c>
+      <c r="E262" t="n">
+        <v>0</v>
+      </c>
+      <c r="F262" t="n">
+        <v>0</v>
+      </c>
+      <c r="G262" t="inlineStr"/>
+      <c r="H262" t="n">
+        <v>0</v>
+      </c>
+      <c r="I262" t="n">
+        <v>0</v>
+      </c>
+      <c r="J262" t="inlineStr"/>
+      <c r="K262" t="n">
+        <v>0</v>
+      </c>
+      <c r="L262" t="n">
+        <v>0</v>
+      </c>
+      <c r="M262" t="inlineStr"/>
+      <c r="N262" t="n">
+        <v>0</v>
+      </c>
+      <c r="O262" t="n">
+        <v>0</v>
+      </c>
+      <c r="P262" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-yuzu-and-resveratrol-hydrating-antioxidant-mist-uvlazhnyayuschij-antioksidantnyj-mist-sprej-c-ekstraktom-yudzu-i-resveratrolom-80ml/</t>
+        </is>
+      </c>
+      <c r="Q262" t="n">
+        <v>0</v>
+      </c>
+      <c r="R262" t="n">
+        <v>0</v>
+      </c>
+      <c r="S262" t="inlineStr"/>
+      <c r="T262" t="n">
+        <v>0</v>
+      </c>
+      <c r="U262" t="n">
+        <v>0</v>
+      </c>
+      <c r="V262" t="inlineStr"/>
+      <c r="W262" t="n">
+        <v>0</v>
+      </c>
+      <c r="X262" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y262" t="inlineStr"/>
+      <c r="Z262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB262" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000458992-antioxidant-hydrating-yuzu-resveratrol</t>
+        </is>
+      </c>
+      <c r="AC262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE262" t="inlineStr"/>
+      <c r="AF262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH262" t="inlineStr"/>
+      <c r="AI262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK262" t="inlineStr"/>
+      <c r="AL262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN262" t="inlineStr"/>
+      <c r="AO262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ262" t="inlineStr"/>
+      <c r="AR262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT262" t="inlineStr"/>
+      <c r="AU262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW262" t="inlineStr"/>
+      <c r="AX262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY262" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ262" t="inlineStr"/>
+    </row>
+    <row r="263">
+      <c r="A263" t="inlineStr">
+        <is>
+          <t>150473</t>
+        </is>
+      </c>
+      <c r="B263" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C263" t="inlineStr">
+        <is>
+          <t>AMIJOLI Antioxidant Moistruzing Face Cream Yuzu&amp;Resveratrol  Aнтиоксидантный крем для лица с экстрактом юдзу и ресвератролом 50мл</t>
+        </is>
+      </c>
+      <c r="D263" t="n">
+        <v>2128</v>
+      </c>
+      <c r="E263" t="n">
+        <v>0</v>
+      </c>
+      <c r="F263" t="n">
+        <v>0</v>
+      </c>
+      <c r="G263" t="inlineStr"/>
+      <c r="H263" t="n">
+        <v>0</v>
+      </c>
+      <c r="I263" t="n">
+        <v>0</v>
+      </c>
+      <c r="J263" t="inlineStr"/>
+      <c r="K263" t="n">
+        <v>0</v>
+      </c>
+      <c r="L263" t="n">
+        <v>0</v>
+      </c>
+      <c r="M263" t="inlineStr"/>
+      <c r="N263" t="n">
+        <v>0</v>
+      </c>
+      <c r="O263" t="n">
+        <v>0</v>
+      </c>
+      <c r="P263" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-yuzu-and-resveratrol-moisturizing-antioxidant-face-cream-uvlazhnyayuschij-antioksidantnyj-krem-dlya-lica-s-ekstraktom-yudzu-i-resveratrolom-50ml/</t>
+        </is>
+      </c>
+      <c r="Q263" t="n">
+        <v>0</v>
+      </c>
+      <c r="R263" t="n">
+        <v>0</v>
+      </c>
+      <c r="S263" t="inlineStr"/>
+      <c r="T263" t="n">
+        <v>0</v>
+      </c>
+      <c r="U263" t="n">
+        <v>0</v>
+      </c>
+      <c r="V263" t="inlineStr"/>
+      <c r="W263" t="n">
+        <v>0</v>
+      </c>
+      <c r="X263" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y263" t="inlineStr"/>
+      <c r="Z263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB263" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000457681-yuzu-resveratrol</t>
+        </is>
+      </c>
+      <c r="AC263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE263" t="inlineStr"/>
+      <c r="AF263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH263" t="inlineStr"/>
+      <c r="AI263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK263" t="inlineStr"/>
+      <c r="AL263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN263" t="inlineStr"/>
+      <c r="AO263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ263" t="inlineStr"/>
+      <c r="AR263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT263" t="inlineStr"/>
+      <c r="AU263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW263" t="inlineStr"/>
+      <c r="AX263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY263" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ263" t="inlineStr"/>
+    </row>
+    <row r="264">
+      <c r="A264" t="inlineStr">
+        <is>
+          <t>610944</t>
+        </is>
+      </c>
+      <c r="B264" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C264" t="inlineStr">
+        <is>
+          <t>AMIJOLI Clarifying spot treatment for acne with niacinamide and lotus extract Jeju clay&amp;Lotus Гель для точечного применения против акне с ниацинамидом и экстрактом лотоса 20мл</t>
+        </is>
+      </c>
+      <c r="D264" t="n">
+        <v>990</v>
+      </c>
+      <c r="E264" t="n">
+        <v>0</v>
+      </c>
+      <c r="F264" t="n">
+        <v>0</v>
+      </c>
+      <c r="G264" t="inlineStr"/>
+      <c r="H264" t="n">
+        <v>0</v>
+      </c>
+      <c r="I264" t="n">
+        <v>0</v>
+      </c>
+      <c r="J264" t="inlineStr"/>
+      <c r="K264" t="n">
+        <v>0</v>
+      </c>
+      <c r="L264" t="n">
+        <v>0</v>
+      </c>
+      <c r="M264" t="inlineStr"/>
+      <c r="N264" t="n">
+        <v>0</v>
+      </c>
+      <c r="O264" t="n">
+        <v>0</v>
+      </c>
+      <c r="P264" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-acne-line-spot-treatment-for-acne-with-azelaine-acid-and-lotus-extract-gel-dlya-tochechnogo-primeneniya-protiv-akne-s-azelainovoj-kislotoj-20ml/</t>
+        </is>
+      </c>
+      <c r="Q264" t="n">
+        <v>0</v>
+      </c>
+      <c r="R264" t="n">
+        <v>0</v>
+      </c>
+      <c r="S264" t="inlineStr"/>
+      <c r="T264" t="n">
+        <v>0</v>
+      </c>
+      <c r="U264" t="n">
+        <v>0</v>
+      </c>
+      <c r="V264" t="inlineStr"/>
+      <c r="W264" t="n">
+        <v>0</v>
+      </c>
+      <c r="X264" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y264" t="inlineStr"/>
+      <c r="Z264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB264" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000457677-niacinamide-and-lotus-extract-jeju-slay-lotus</t>
+        </is>
+      </c>
+      <c r="AC264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE264" t="inlineStr"/>
+      <c r="AF264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH264" t="inlineStr"/>
+      <c r="AI264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK264" t="inlineStr"/>
+      <c r="AL264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN264" t="inlineStr"/>
+      <c r="AO264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ264" t="inlineStr"/>
+      <c r="AR264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT264" t="inlineStr"/>
+      <c r="AU264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW264" t="inlineStr"/>
+      <c r="AX264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY264" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ264" t="inlineStr"/>
+    </row>
+    <row r="265">
+      <c r="A265" t="inlineStr">
+        <is>
+          <t>150466</t>
+        </is>
+      </c>
+      <c r="B265" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C265" t="inlineStr">
+        <is>
+          <t>AMIJOLI Antioxidant Serum With Vitamin C  Yuzu&amp;Resveratrol  Антиоксидантная сыворотка с витамином С и экстрактом юдзу и ресвератролом 30мл</t>
+        </is>
+      </c>
+      <c r="D265" t="n">
+        <v>2190</v>
+      </c>
+      <c r="E265" t="n">
+        <v>0</v>
+      </c>
+      <c r="F265" t="n">
+        <v>0</v>
+      </c>
+      <c r="G265" t="inlineStr"/>
+      <c r="H265" t="n">
+        <v>0</v>
+      </c>
+      <c r="I265" t="n">
+        <v>0</v>
+      </c>
+      <c r="J265" t="inlineStr"/>
+      <c r="K265" t="n">
+        <v>0</v>
+      </c>
+      <c r="L265" t="n">
+        <v>0</v>
+      </c>
+      <c r="M265" t="inlineStr"/>
+      <c r="N265" t="n">
+        <v>0</v>
+      </c>
+      <c r="O265" t="n">
+        <v>0</v>
+      </c>
+      <c r="P265" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-yuzu-and-resveratrol-antioxidant-serum-with-vitamin-c-antioksidantnaya-syvorotka-s-vitaminom-s-i-ekstraktom-yudzu-i-resveratrolom-30-ml/</t>
+        </is>
+      </c>
+      <c r="Q265" t="n">
+        <v>0</v>
+      </c>
+      <c r="R265" t="n">
+        <v>0</v>
+      </c>
+      <c r="S265" t="inlineStr"/>
+      <c r="T265" t="n">
+        <v>0</v>
+      </c>
+      <c r="U265" t="n">
+        <v>0</v>
+      </c>
+      <c r="V265" t="inlineStr"/>
+      <c r="W265" t="n">
+        <v>0</v>
+      </c>
+      <c r="X265" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y265" t="inlineStr"/>
+      <c r="Z265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB265" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000457680-yuzu-resveratrol-vitamin-c</t>
+        </is>
+      </c>
+      <c r="AC265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE265" t="inlineStr"/>
+      <c r="AF265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH265" t="inlineStr"/>
+      <c r="AI265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK265" t="inlineStr"/>
+      <c r="AL265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN265" t="inlineStr"/>
+      <c r="AO265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ265" t="inlineStr"/>
+      <c r="AR265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT265" t="inlineStr"/>
+      <c r="AU265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW265" t="inlineStr"/>
+      <c r="AX265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY265" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ265" t="inlineStr"/>
+    </row>
+    <row r="266">
+      <c r="A266" t="inlineStr">
+        <is>
+          <t>242336</t>
+        </is>
+      </c>
+      <c r="B266" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C266" t="inlineStr">
+        <is>
+          <t>AMIJOLI Clarifying Tightening Serum JeJu Сlay&amp;Lotus Cыворотка для лица с кислотами, вулканической глиной и экстрактом лотоса против несовершенств кожи 30мл</t>
+        </is>
+      </c>
+      <c r="D266" t="n">
+        <v>2100</v>
+      </c>
+      <c r="E266" t="n">
+        <v>0</v>
+      </c>
+      <c r="F266" t="n">
+        <v>0</v>
+      </c>
+      <c r="G266" t="inlineStr"/>
+      <c r="H266" t="n">
+        <v>0</v>
+      </c>
+      <c r="I266" t="n">
+        <v>0</v>
+      </c>
+      <c r="J266" t="inlineStr"/>
+      <c r="K266" t="n">
+        <v>0</v>
+      </c>
+      <c r="L266" t="n">
+        <v>0</v>
+      </c>
+      <c r="M266" t="inlineStr"/>
+      <c r="N266" t="n">
+        <v>0</v>
+      </c>
+      <c r="O266" t="n">
+        <v>0</v>
+      </c>
+      <c r="P266" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-claryfing-serum-jeju-and-lotus-cyvorotka-dlya-problemnoj-kozhi-s-s-kislotami-vulkanicheskoj-glinoj-i-ekstraktom-lotusa-30ml/</t>
+        </is>
+      </c>
+      <c r="Q266" t="n">
+        <v>0</v>
+      </c>
+      <c r="R266" t="n">
+        <v>0</v>
+      </c>
+      <c r="S266" t="inlineStr"/>
+      <c r="T266" t="n">
+        <v>0</v>
+      </c>
+      <c r="U266" t="n">
+        <v>0</v>
+      </c>
+      <c r="V266" t="inlineStr"/>
+      <c r="W266" t="n">
+        <v>0</v>
+      </c>
+      <c r="X266" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y266" t="inlineStr"/>
+      <c r="Z266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB266" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000457676-jeju-slay-lotus</t>
+        </is>
+      </c>
+      <c r="AC266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE266" t="inlineStr"/>
+      <c r="AF266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH266" t="inlineStr"/>
+      <c r="AI266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK266" t="inlineStr"/>
+      <c r="AL266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN266" t="inlineStr"/>
+      <c r="AO266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ266" t="inlineStr"/>
+      <c r="AR266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT266" t="inlineStr"/>
+      <c r="AU266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW266" t="inlineStr"/>
+      <c r="AX266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY266" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ266" t="inlineStr"/>
+    </row>
+    <row r="267">
+      <c r="A267" t="inlineStr">
+        <is>
+          <t>242312</t>
+        </is>
+      </c>
+      <c r="B267" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C267" t="inlineStr">
+        <is>
+          <t>AMIJOLI Clarifying Gel Cleanser JeJu Clay&amp;Lotus Очищающий гель для умывания с кислотами, вулканической глиной и экстрактом лотоса 150мл</t>
+        </is>
+      </c>
+      <c r="D267" t="n">
+        <v>1853</v>
+      </c>
+      <c r="E267" t="n">
+        <v>0</v>
+      </c>
+      <c r="F267" t="n">
+        <v>0</v>
+      </c>
+      <c r="G267" t="inlineStr"/>
+      <c r="H267" t="n">
+        <v>0</v>
+      </c>
+      <c r="I267" t="n">
+        <v>0</v>
+      </c>
+      <c r="J267" t="inlineStr"/>
+      <c r="K267" t="n">
+        <v>0</v>
+      </c>
+      <c r="L267" t="n">
+        <v>0</v>
+      </c>
+      <c r="M267" t="inlineStr"/>
+      <c r="N267" t="n">
+        <v>0</v>
+      </c>
+      <c r="O267" t="n">
+        <v>0</v>
+      </c>
+      <c r="P267" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-claryfing-gel-cleanser-jeju-and-lotus-gel-dlya-umyvaniya-s-kislotami-vulkanicheskoj-glinoj-i-ekstraktom-lotusa-150ml/</t>
+        </is>
+      </c>
+      <c r="Q267" t="n">
+        <v>0</v>
+      </c>
+      <c r="R267" t="n">
+        <v>0</v>
+      </c>
+      <c r="S267" t="inlineStr"/>
+      <c r="T267" t="n">
+        <v>0</v>
+      </c>
+      <c r="U267" t="n">
+        <v>0</v>
+      </c>
+      <c r="V267" t="inlineStr"/>
+      <c r="W267" t="n">
+        <v>0</v>
+      </c>
+      <c r="X267" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y267" t="inlineStr"/>
+      <c r="Z267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB267" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000457674-jeju-slay-lotus</t>
+        </is>
+      </c>
+      <c r="AC267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE267" t="inlineStr"/>
+      <c r="AF267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH267" t="inlineStr"/>
+      <c r="AI267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK267" t="inlineStr"/>
+      <c r="AL267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN267" t="inlineStr"/>
+      <c r="AO267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ267" t="inlineStr"/>
+      <c r="AR267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT267" t="inlineStr"/>
+      <c r="AU267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW267" t="inlineStr"/>
+      <c r="AX267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY267" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ267" t="inlineStr"/>
+    </row>
+    <row r="268">
+      <c r="A268" t="inlineStr">
+        <is>
+          <t>150497</t>
+        </is>
+      </c>
+      <c r="B268" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C268" t="inlineStr">
+        <is>
+          <t>AMIJOLI Antioxidant Night Serum With Retinol Yuzu&amp;Resveratrol Ночная обновляющая сыворотка с ретинолом, экстрактом юдзу и ресвератролом против первых возрастных изменений 30мл</t>
+        </is>
+      </c>
+      <c r="D268" t="n">
+        <v>2346</v>
+      </c>
+      <c r="E268" t="n">
+        <v>0</v>
+      </c>
+      <c r="F268" t="n">
+        <v>0</v>
+      </c>
+      <c r="G268" t="inlineStr"/>
+      <c r="H268" t="n">
+        <v>0</v>
+      </c>
+      <c r="I268" t="n">
+        <v>0</v>
+      </c>
+      <c r="J268" t="inlineStr"/>
+      <c r="K268" t="n">
+        <v>0</v>
+      </c>
+      <c r="L268" t="n">
+        <v>0</v>
+      </c>
+      <c r="M268" t="inlineStr"/>
+      <c r="N268" t="n">
+        <v>0</v>
+      </c>
+      <c r="O268" t="n">
+        <v>0</v>
+      </c>
+      <c r="P268" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-yuzu-and-resveratrol-night-renew-serum-with-retinol-nochnaya-obnovlyayuschaya-syvorotka-s-retinolom-i-ekstraktom-yudzu-i-resveratrolom-30-ml-nochnaya-obnovlyayuschaya-syvorotka-s-retinolom-i-ekstraktom-yudzu-i-resveratrolom-30ml/</t>
+        </is>
+      </c>
+      <c r="Q268" t="n">
+        <v>0</v>
+      </c>
+      <c r="R268" t="n">
+        <v>0</v>
+      </c>
+      <c r="S268" t="inlineStr"/>
+      <c r="T268" t="n">
+        <v>0</v>
+      </c>
+      <c r="U268" t="n">
+        <v>0</v>
+      </c>
+      <c r="V268" t="inlineStr"/>
+      <c r="W268" t="n">
+        <v>0</v>
+      </c>
+      <c r="X268" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y268" t="inlineStr"/>
+      <c r="Z268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB268" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000457683-yuzu-resveratrol-retinol</t>
+        </is>
+      </c>
+      <c r="AC268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE268" t="inlineStr"/>
+      <c r="AF268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH268" t="inlineStr"/>
+      <c r="AI268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK268" t="inlineStr"/>
+      <c r="AL268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN268" t="inlineStr"/>
+      <c r="AO268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ268" t="inlineStr"/>
+      <c r="AR268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT268" t="inlineStr"/>
+      <c r="AU268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW268" t="inlineStr"/>
+      <c r="AX268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY268" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ268" t="inlineStr"/>
+    </row>
+    <row r="269">
+      <c r="A269" t="inlineStr">
+        <is>
+          <t>005957</t>
+        </is>
+      </c>
+      <c r="B269" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C269" t="inlineStr">
+        <is>
+          <t>AMIJOLI Brightening Gel Cleanser Sakura Radiance Гель для умывания с экстрактом сакуры для выравнивания тона кожи 150мл</t>
+        </is>
+      </c>
+      <c r="D269" t="n">
+        <v>2140</v>
+      </c>
+      <c r="E269" t="n">
+        <v>0</v>
+      </c>
+      <c r="F269" t="n">
+        <v>0</v>
+      </c>
+      <c r="G269" t="inlineStr"/>
+      <c r="H269" t="n">
+        <v>0</v>
+      </c>
+      <c r="I269" t="n">
+        <v>0</v>
+      </c>
+      <c r="J269" t="inlineStr"/>
+      <c r="K269" t="n">
+        <v>0</v>
+      </c>
+      <c r="L269" t="n">
+        <v>0</v>
+      </c>
+      <c r="M269" t="inlineStr"/>
+      <c r="N269" t="n">
+        <v>0</v>
+      </c>
+      <c r="O269" t="n">
+        <v>0</v>
+      </c>
+      <c r="P269" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-brightening-gel-cleanser-sakura-radiance-gel-dlya-umyvaniya-s-ekstraktom-sakury-150ml/</t>
+        </is>
+      </c>
+      <c r="Q269" t="n">
+        <v>0</v>
+      </c>
+      <c r="R269" t="n">
+        <v>0</v>
+      </c>
+      <c r="S269" t="inlineStr"/>
+      <c r="T269" t="n">
+        <v>0</v>
+      </c>
+      <c r="U269" t="n">
+        <v>0</v>
+      </c>
+      <c r="V269" t="inlineStr"/>
+      <c r="W269" t="n">
+        <v>0</v>
+      </c>
+      <c r="X269" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y269" t="inlineStr"/>
+      <c r="Z269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB269" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000457685-sakura-radiance</t>
+        </is>
+      </c>
+      <c r="AC269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE269" t="inlineStr"/>
+      <c r="AF269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH269" t="inlineStr"/>
+      <c r="AI269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK269" t="inlineStr"/>
+      <c r="AL269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN269" t="inlineStr"/>
+      <c r="AO269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ269" t="inlineStr"/>
+      <c r="AR269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT269" t="inlineStr"/>
+      <c r="AU269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW269" t="inlineStr"/>
+      <c r="AX269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY269" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ269" t="inlineStr"/>
+    </row>
+    <row r="270">
+      <c r="A270" t="inlineStr">
+        <is>
+          <t>005308</t>
+        </is>
+      </c>
+      <c r="B270" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C270" t="inlineStr">
+        <is>
+          <t>AMIJOLI Brightening Eye Cream Sakura Radiance Крем для области вокруг глаз с экстрактом сакуры для сияния кожи 25мл</t>
+        </is>
+      </c>
+      <c r="D270" t="n">
+        <v>1914</v>
+      </c>
+      <c r="E270" t="n">
+        <v>0</v>
+      </c>
+      <c r="F270" t="n">
+        <v>0</v>
+      </c>
+      <c r="G270" t="inlineStr"/>
+      <c r="H270" t="n">
+        <v>0</v>
+      </c>
+      <c r="I270" t="n">
+        <v>0</v>
+      </c>
+      <c r="J270" t="inlineStr"/>
+      <c r="K270" t="n">
+        <v>0</v>
+      </c>
+      <c r="L270" t="n">
+        <v>0</v>
+      </c>
+      <c r="M270" t="inlineStr"/>
+      <c r="N270" t="n">
+        <v>0</v>
+      </c>
+      <c r="O270" t="n">
+        <v>0</v>
+      </c>
+      <c r="P270" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-brightening-eye-cream-sakura-radiance-krem-dlya-glaz-podsvechivayuschij-s-ekstraktom-sakury-25ml/</t>
+        </is>
+      </c>
+      <c r="Q270" t="n">
+        <v>0</v>
+      </c>
+      <c r="R270" t="n">
+        <v>0</v>
+      </c>
+      <c r="S270" t="inlineStr"/>
+      <c r="T270" t="n">
+        <v>0</v>
+      </c>
+      <c r="U270" t="n">
+        <v>0</v>
+      </c>
+      <c r="V270" t="inlineStr"/>
+      <c r="W270" t="n">
+        <v>0</v>
+      </c>
+      <c r="X270" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y270" t="inlineStr"/>
+      <c r="Z270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB270" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000457686-sakura-radiance</t>
+        </is>
+      </c>
+      <c r="AC270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE270" t="inlineStr"/>
+      <c r="AF270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH270" t="inlineStr"/>
+      <c r="AI270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK270" t="inlineStr"/>
+      <c r="AL270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN270" t="inlineStr"/>
+      <c r="AO270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ270" t="inlineStr"/>
+      <c r="AR270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT270" t="inlineStr"/>
+      <c r="AU270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW270" t="inlineStr"/>
+      <c r="AX270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY270" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ270" t="inlineStr"/>
+    </row>
+    <row r="271">
+      <c r="A271" t="inlineStr">
+        <is>
+          <t>242343</t>
+        </is>
+      </c>
+      <c r="B271" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C271" t="inlineStr">
+        <is>
+          <t>AMIJOLI Clarifying Cream JeJu Clay &amp;Lotus Увлажняющий крем для проблемной кожи c вулканической глиной и экстрактом лотоса 50мл</t>
+        </is>
+      </c>
+      <c r="D271" t="n">
+        <v>2230</v>
+      </c>
+      <c r="E271" t="n">
+        <v>0</v>
+      </c>
+      <c r="F271" t="n">
+        <v>0</v>
+      </c>
+      <c r="G271" t="inlineStr"/>
+      <c r="H271" t="n">
+        <v>0</v>
+      </c>
+      <c r="I271" t="n">
+        <v>0</v>
+      </c>
+      <c r="J271" t="inlineStr"/>
+      <c r="K271" t="n">
+        <v>0</v>
+      </c>
+      <c r="L271" t="n">
+        <v>0</v>
+      </c>
+      <c r="M271" t="inlineStr"/>
+      <c r="N271" t="n">
+        <v>0</v>
+      </c>
+      <c r="O271" t="n">
+        <v>0</v>
+      </c>
+      <c r="P271" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-claryfing-cream-jeju-and-lotus-krem-dlya-lica-dlya-zhirnoj-kozhi-lica-s-kislotami-vulkanicheskoj-glinoj-i-ekstraktom-lotusa-50ml/</t>
+        </is>
+      </c>
+      <c r="Q271" t="n">
+        <v>0</v>
+      </c>
+      <c r="R271" t="n">
+        <v>0</v>
+      </c>
+      <c r="S271" t="inlineStr"/>
+      <c r="T271" t="n">
+        <v>0</v>
+      </c>
+      <c r="U271" t="n">
+        <v>0</v>
+      </c>
+      <c r="V271" t="inlineStr"/>
+      <c r="W271" t="n">
+        <v>0</v>
+      </c>
+      <c r="X271" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y271" t="inlineStr"/>
+      <c r="Z271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB271" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000458991-jeju-clay-lotus-clarifying</t>
+        </is>
+      </c>
+      <c r="AC271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE271" t="inlineStr"/>
+      <c r="AF271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH271" t="inlineStr"/>
+      <c r="AI271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK271" t="inlineStr"/>
+      <c r="AL271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN271" t="inlineStr"/>
+      <c r="AO271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ271" t="inlineStr"/>
+      <c r="AR271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT271" t="inlineStr"/>
+      <c r="AU271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW271" t="inlineStr"/>
+      <c r="AX271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY271" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ271" t="inlineStr"/>
+    </row>
+    <row r="272">
+      <c r="A272" t="inlineStr">
+        <is>
+          <t>242329</t>
+        </is>
+      </c>
+      <c r="B272" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C272" t="inlineStr">
+        <is>
+          <t>AMIJOLI Clarifying Аcid Toner JeJu Сlay&amp;Lotus Очищающий тонер с кислотами, вулканической глиной и экстрактом лотоса 150мл</t>
+        </is>
+      </c>
+      <c r="D272" t="n">
+        <v>1709</v>
+      </c>
+      <c r="E272" t="n">
+        <v>0</v>
+      </c>
+      <c r="F272" t="n">
+        <v>0</v>
+      </c>
+      <c r="G272" t="inlineStr"/>
+      <c r="H272" t="n">
+        <v>0</v>
+      </c>
+      <c r="I272" t="n">
+        <v>0</v>
+      </c>
+      <c r="J272" t="inlineStr"/>
+      <c r="K272" t="n">
+        <v>0</v>
+      </c>
+      <c r="L272" t="n">
+        <v>0</v>
+      </c>
+      <c r="M272" t="inlineStr"/>
+      <c r="N272" t="n">
+        <v>0</v>
+      </c>
+      <c r="O272" t="n">
+        <v>0</v>
+      </c>
+      <c r="P272" t="inlineStr">
+        <is>
+          <t>https://aumishop.ru/amijoli-claryfing-acid-toner-jejulotus-ochischayuschij-toner-s-kislotami-vulkanicheskoj-glinoj-i-ekstraktom-lotusa-150ml/</t>
+        </is>
+      </c>
+      <c r="Q272" t="n">
+        <v>0</v>
+      </c>
+      <c r="R272" t="n">
+        <v>0</v>
+      </c>
+      <c r="S272" t="inlineStr"/>
+      <c r="T272" t="n">
+        <v>0</v>
+      </c>
+      <c r="U272" t="n">
+        <v>0</v>
+      </c>
+      <c r="V272" t="inlineStr"/>
+      <c r="W272" t="n">
+        <v>0</v>
+      </c>
+      <c r="X272" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y272" t="inlineStr"/>
+      <c r="Z272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB272" t="inlineStr">
+        <is>
+          <t>https://goldapple.ru/19000457675-jeju-slay-lotus</t>
+        </is>
+      </c>
+      <c r="AC272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE272" t="inlineStr"/>
+      <c r="AF272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH272" t="inlineStr"/>
+      <c r="AI272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK272" t="inlineStr"/>
+      <c r="AL272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN272" t="inlineStr"/>
+      <c r="AO272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ272" t="inlineStr"/>
+      <c r="AR272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT272" t="inlineStr"/>
+      <c r="AU272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW272" t="inlineStr"/>
+      <c r="AX272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY272" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ272" t="inlineStr"/>
+    </row>
+    <row r="273">
+      <c r="A273" t="inlineStr">
+        <is>
+          <t>005261</t>
+        </is>
+      </c>
+      <c r="B273" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C273" t="inlineStr">
+        <is>
+          <t>AMIJOLI Brightening Night Repair Serum Sakura Radiance Ночная сыворотка с экстрактом сакуры и транексамовой кислотой для выравнивания тона кожи 50мл</t>
+        </is>
+      </c>
+      <c r="D273" t="n">
+        <v>2850</v>
+      </c>
+      <c r="E273" t="n">
+        <v>0</v>
+      </c>
+      <c r="F273" t="n">
+        <v>0</v>
+      </c>
+      <c r="G273" t="inlineStr"/>
+      <c r="H273" t="n">
+        <v>0</v>
+      </c>
+      <c r="I273" t="n">
+        <v>0</v>
+      </c>
+      <c r="J273" t="inlineStr"/>
+      <c r="K273" t="n">
+        <v>0</v>
+      </c>
+      <c r="L273" t="n">
+        <v>0</v>
+      </c>
+      <c r="M273" t="inlineStr"/>
+      <c r="N273" t="n">
+        <v>0</v>
+      </c>
+      <c r="O273" t="n">
+        <v>0</v>
+      </c>
+      <c r="P273" t="inlineStr"/>
+      <c r="Q273" t="n">
+        <v>0</v>
+      </c>
+      <c r="R273" t="n">
+        <v>0</v>
+      </c>
+      <c r="S273" t="inlineStr"/>
+      <c r="T273" t="n">
+        <v>0</v>
+      </c>
+      <c r="U273" t="n">
+        <v>0</v>
+      </c>
+      <c r="V273" t="inlineStr"/>
+      <c r="W273" t="n">
+        <v>0</v>
+      </c>
+      <c r="X273" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y273" t="inlineStr"/>
+      <c r="Z273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB273" t="inlineStr"/>
+      <c r="AC273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE273" t="inlineStr"/>
+      <c r="AF273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH273" t="inlineStr"/>
+      <c r="AI273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK273" t="inlineStr"/>
+      <c r="AL273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN273" t="inlineStr"/>
+      <c r="AO273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ273" t="inlineStr"/>
+      <c r="AR273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT273" t="inlineStr"/>
+      <c r="AU273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW273" t="inlineStr"/>
+      <c r="AX273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY273" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ273" t="inlineStr"/>
+    </row>
+    <row r="274">
+      <c r="A274" t="inlineStr">
+        <is>
+          <t>005254</t>
+        </is>
+      </c>
+      <c r="B274" t="inlineStr">
+        <is>
+          <t>AMIJOLI</t>
+        </is>
+      </c>
+      <c r="C274" t="inlineStr">
+        <is>
+          <t>AMIJOLI Brightening Toner Sakura Radiance Тонер для лица с экстрактом сакуры для выравнивания тона кожи 150мл</t>
+        </is>
+      </c>
+      <c r="D274" t="n">
+        <v>2172</v>
+      </c>
+      <c r="E274" t="n">
+        <v>0</v>
+      </c>
+      <c r="F274" t="n">
+        <v>0</v>
+      </c>
+      <c r="G274" t="inlineStr"/>
+      <c r="H274" t="n">
+        <v>0</v>
+      </c>
+      <c r="I274" t="n">
+        <v>0</v>
+      </c>
+      <c r="J274" t="inlineStr"/>
+      <c r="K274" t="n">
+        <v>0</v>
+      </c>
+      <c r="L274" t="n">
+        <v>0</v>
+      </c>
+      <c r="M274" t="inlineStr"/>
+      <c r="N274" t="n">
+        <v>0</v>
+      </c>
+      <c r="O274" t="n">
+        <v>0</v>
+      </c>
+      <c r="P274" t="inlineStr"/>
+      <c r="Q274" t="n">
+        <v>0</v>
+      </c>
+      <c r="R274" t="n">
+        <v>0</v>
+      </c>
+      <c r="S274" t="inlineStr"/>
+      <c r="T274" t="n">
+        <v>0</v>
+      </c>
+      <c r="U274" t="n">
+        <v>0</v>
+      </c>
+      <c r="V274" t="inlineStr"/>
+      <c r="W274" t="n">
+        <v>0</v>
+      </c>
+      <c r="X274" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y274" t="inlineStr"/>
+      <c r="Z274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB274" t="inlineStr"/>
+      <c r="AC274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE274" t="inlineStr"/>
+      <c r="AF274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AG274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH274" t="inlineStr"/>
+      <c r="AI274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AK274" t="inlineStr"/>
+      <c r="AL274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AM274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AN274" t="inlineStr"/>
+      <c r="AO274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ274" t="inlineStr"/>
+      <c r="AR274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT274" t="inlineStr"/>
+      <c r="AU274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW274" t="inlineStr"/>
+      <c r="AX274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY274" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ274" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>